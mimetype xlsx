--- v0 (2025-10-05)
+++ v1 (2026-03-12)
@@ -48,327 +48,327 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2025/8995/lei_1_872_25_16092025_151734.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2025/8995/lei_1_872_25_16092025_151734.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>8414</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2024/8414/lei_n.1_830__24_09042024_163601.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2024/8414/lei_n.1_830__24_09042024_163601.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria para o exercício de 2.025 e dá outras providências.</t>
   </si>
   <si>
     <t>8112</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2023/8112/lei_1_774_23_20230815_151105.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2023/8112/lei_1_774_23_20230815_151105.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício de 2.024 e dá outras providências.</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2022/7897/lei_1_731_22_20230209_152656.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2022/7897/lei_1_731_22_20230209_152656.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal nº 1.704, de 21 de junho de 2022 - LDO 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>6928</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6928/lei_1602_20_000371.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6928/lei_1602_20_000371.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal n.1.493. de 26 de junho de 2019 - LDO 2020 e da outras providencias.</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6764/lei_1_566_20_000140.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6764/lei_1_566_20_000140.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício de 2.021 e dá outras providências.</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6670/lei_1_548_000015.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6670/lei_1_548_000015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar e dá outras providencias.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6571/lei_1_526_1916122019.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6571/lei_1_526_1916122019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial e dá  outras providências.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6567/lei_1_522_1916122019.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6567/lei_1_522_1916122019.pdf</t>
   </si>
   <si>
     <t>dispõe sobre alteração na lei municipal n.1.493, de 26 de junho de 2019 - LDO 2.020 e dá outras providências.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2019/6469/6469_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2019/6469/6469_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2.020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2018/6188/6188_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2018/6188/6188_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2.019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6092</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6092/6092_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6092/6092_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI N°1.391/17(LDO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6088/6088_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6088/6088_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS MUNICIPAIS N°1.351/2016, 1.370/2016, 1.402/17 E 1.372/2016 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6037/6037_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6037/6037_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS MUNICIPAIS N°1.230/2013,1.351/2016 E 1.372/2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/5959/5959_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/5959/5959_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXECÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2016/5539/5539_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2016/5539/5539_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5470/5470_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5470/5470_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N°1.316/15 LEI DE DIRETRIZES ORÇAMENTÁRIAS 2016 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5342/5342_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5342/5342_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2014/5083/5083_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2014/5083/5083_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2013/4641/4641_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2013/4641/4641_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIOS FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2012/4247/4247_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2012/4247/4247_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -675,66 +675,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2025/8995/lei_1_872_25_16092025_151734.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2024/8414/lei_n.1_830__24_09042024_163601.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2023/8112/lei_1_774_23_20230815_151105.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2022/7897/lei_1_731_22_20230209_152656.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6928/lei_1602_20_000371.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6764/lei_1_566_20_000140.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6670/lei_1_548_000015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6571/lei_1_526_1916122019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6567/lei_1_522_1916122019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2019/6469/6469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2018/6188/6188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6092/6092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6088/6088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6037/6037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/5959/5959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2016/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2014/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2013/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2012/4247/4247_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2025/8995/lei_1_872_25_16092025_151734.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2024/8414/lei_n.1_830__24_09042024_163601.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2023/8112/lei_1_774_23_20230815_151105.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2022/7897/lei_1_731_22_20230209_152656.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6928/lei_1602_20_000371.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6764/lei_1_566_20_000140.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2020/6670/lei_1_548_000015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6571/lei_1_526_1916122019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/normajuridica/2019/6567/lei_1_522_1916122019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2019/6469/6469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2018/6188/6188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6092/6092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6088/6088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/6037/6037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2017/5959/5959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2016/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2014/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2013/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/normajuridica/2012/4247/4247_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="115.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>