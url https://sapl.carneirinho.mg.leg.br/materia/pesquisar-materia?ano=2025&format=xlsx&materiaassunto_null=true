--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3132" uniqueCount="1146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4356" uniqueCount="1539">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2379,50 +2379,674 @@
   <si>
     <t>251</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Senhor Prefeito Municipal a construção de um terminal rodoviário na Sede do município, bem como,  a articulação junto às empresas de transporte para implantação de linhas de ônibus entre os distritos, a Sede e as cidades vizinhas.</t>
   </si>
   <si>
     <t>7199</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que determine ao setor competente para que proceda a substituição das lousa de giz por lousas brancas  em toda a rede municipal de ensino.</t>
   </si>
   <si>
     <t>7200</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Senhor Prefeito Municipal a doação de kits com as bandeiras do Brasil, do Estado, do Município e do Mercosul para igrejas, escolas municipais e creches, além do suporte para instalação das bandeiras.</t>
   </si>
   <si>
+    <t>7216</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal o recapeamento das ruas do Distrito de Fátima do Pontal.</t>
+  </si>
+  <si>
+    <t>7217</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja providenciada a instalação de câmeras de monitoramento nos ônibus escolares do município.</t>
+  </si>
+  <si>
+    <t>7218</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a reforma dos banheiros das praças públicas localizadas na sede do Município de Carneirinho, promovendo melhorias na estrutura física, hidráulica e elétrica, além da adequação para acessibilidade e melhores condições de higiene e conservação.</t>
+  </si>
+  <si>
+    <t>7222</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal aquisição e instalação de climatizadores nas cozinhas das escolas da sede do município e dos distritos de Carneirinho-MG.</t>
+  </si>
+  <si>
+    <t>7223</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a aquisição de um veículo destinado à Secretaria Municipal de Cultura e Turismo e à Diretoria de Comunicação.</t>
+  </si>
+  <si>
+    <t>7224</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que determine ao setor competente para instalar placas de sinalização na entrada da Sede do Município, bem como, dos distritos alertando os motoristas de caminhões quanto a altura máxima da carga permitida na zona urbana.</t>
+  </si>
+  <si>
+    <t>7225</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que determine a Secretária Municipal de Saúde a aquisição de aparelhos de raio-X odontológico para serem instalados nas unidades de saúde/ESF dos distritos do município de Carneirinho-MG</t>
+  </si>
+  <si>
+    <t>7226</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a construção de uma ponte na região da Comunidade Valinho, ligando os municípios de Carneirinho e Iturama.</t>
+  </si>
+  <si>
+    <t>7227</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>No sentido de solicitar ao Prefeito Municipal a construção de uma pracinha no Bairro Joaquim Luiz Ferreira</t>
+  </si>
+  <si>
+    <t>7228</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>que faça a instalação de pontos de água potável na Avenida Carlos Santa Rosa.</t>
+  </si>
+  <si>
+    <t>7230</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho a construção de uma pista dedicada aos romeiros ao longo do acesso Joaquim Realino de Oliveira e da Rodovia MGT-497, bem como, a sinalização do trecho compreendido entre São Sebastião do Pontal e a Ponte do Porto Alencastro, visando garantir a segurança e o bem-estar dos peregrinos que realizam o percurso da fé.</t>
+  </si>
+  <si>
+    <t>7234</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a construção de Estacionamento Público no lote de propriedade do município, localizado ao lado do Cemitério do Distrito de São Sebastião do Pontal.</t>
+  </si>
+  <si>
+    <t>7236</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho a construção de pista, com sinalização, dedicada aos romeiros ao longo do acesso Jeronimo Kamilo, na sede do município, continuando pela  Rodovia MGT-497, até o distrito de Alexandrita, visando garantir a segurança e o bem-estar dos peregrinos que realizam o percurso da fé.</t>
+  </si>
+  <si>
+    <t>7237</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja construído um espaço destinado à Pastoral da Igreja, a fim de que possam ser realizados brechós e a organização de doações de roupas e outros itens, de forma adequada e permanente. Sugere-se que o referido espaço seja viabilizado por meio de doação, ou, caso o Executivo entenda necessário, que seja adotada outra forma que atinja a mesma finalidade, garantindo a execução do projeto em benefício da comunidade.</t>
+  </si>
+  <si>
+    <t>7238</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que seja realizada a reforma do antigo prédio da Prefeitura, visando sua adaptação para instalação de outros departamentos públicos.</t>
+  </si>
+  <si>
+    <t>7239</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>Que seja disponibilizado um trator para realizar a limpeza do distrito de Fátima do Pontal.</t>
+  </si>
+  <si>
+    <t>7240</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho a  construção de canteiro na area verde existente na Avenida Onizio Queiroz de Lima, no distrito Industrial, na sede do Municipio de Carneirinho.</t>
+  </si>
+  <si>
+    <t>7241</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal a ampliação da rede de distribuição de energia elétrica e, consequentemente, a implantação de iluminação pública em toda a extensão da Avenida Guilherme Rosa da Silva, bairro Maria Honória de Queiroz, na Sede do município de Carneirinho-MG.</t>
+  </si>
+  <si>
+    <t>7242</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja avaliada a possibilidade de realização de processo seletivo para formação de cadastro reserva de estagiários, sem ônus para o Município, podendo participar exclusivamente os estudantes matriculados e com frequência efetiva em instituições de ensino de nível superior, públicas ou particulares.</t>
+  </si>
+  <si>
+    <t>7243</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que através do Departamento de Esportes, seja disponibilizado um instrutor esportivo para atuar nas aulas de futevôlei, a fim de proporcionar melhor acompanhamento técnico e incentivar a prática esportiva no município.</t>
+  </si>
+  <si>
+    <t>7244</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que determine ao setor competente a realização de um estudo de viabilidade urbana visando transformar a Rua Dr. Ulysses Guimarães em via de sentido único de tráfego, com a criação de vagas de estacionamento inclinado (em ângulo) e a instalação de semáforos em pontos estratégico.</t>
+  </si>
+  <si>
+    <t>7245</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar o senhor Prefeito Municipal a instituição de abonos “aniversário da cidade” e “abono natalino” no valor de um salário-mínimo para todos os servidores públicos do Município de Carneirinho.</t>
+  </si>
+  <si>
+    <t>7246</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal instalação de iluminação pública nas entradas de São Sebastião do Pontal, bem como, a instalação de refletoes luminosos na imagem no  trevo de São Sebastião do Pontal e nos dois letreiros “EU AMO SÃO SEBASTIÃO DO PONTAL”.</t>
+  </si>
+  <si>
+    <t>7247</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>sentido de solicitar ao Senhor Prefeito Municipal  a construção de alambrados em volta da “Cidade da Criança” no distrito de São Sebastião do Pontal, bem como a  posterior construção de   banheiros feminino, masculino e familiar no local.</t>
+  </si>
+  <si>
+    <t>7248</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal o recapeamento do trevo do Distrito de São Sebastião do Pontal, bem como a manutenção das pontes sobre os Córregos do Frango (Tiaguinho) e do córrego do Bebedouro (Balangão).</t>
+  </si>
+  <si>
+    <t>7249</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal que determine a aquisição e instalação de internet Starlink nos veículos de propriedade do município, principalmente, os veiculos  lotados na Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>7250</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a demarcação de pista para caminhada e ciclismo ao longo da Vicinal Realino Alves de Oliveira e do Anel Viário do distrito de São Sebastião do Pontal, bem como,  a arborização das vias de acesso e a instalação de sinalização indicativa e informativa no anel viário.</t>
+  </si>
+  <si>
+    <t>7251</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho a aquisição de imóvel e a posterior construção de uma área de lazer, com parque infantil, piscinas, quadras de vôlei, basquete, handebol e beach tennis, mine campo para futebol e diversos entretenimento no distrito de São Sebastião do Pontal.</t>
+  </si>
+  <si>
+    <t>7252</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a instituição do Programa Municipal “Dignidade Menstrual”, através da farmácia municipal, que visa a distribuição de absorventes higiênicos para mulheres em situação de vulnerabilidade social, bem como, a distribuição de absorventes nas escolas com palestras educativas.</t>
+  </si>
+  <si>
+    <t>7260</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho que determine ao setor competente para que promova campeonatos municipais de futsal masculino e feminino, vôlei, futebol de campo, minicampo e demais categorias para valoriza nossos esportistas.</t>
+  </si>
+  <si>
+    <t>7273</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a disponibilização de smartphones em todas as unidades dos PSFs e ESFs do município e dos distritos.</t>
+  </si>
+  <si>
+    <t>7274</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>Que faça a instalação de placas identificando os bairros na sede do município, bem como a colocação de uma placa com o mapa da sede destacando os bairros, na entrada da cidade.</t>
+  </si>
+  <si>
+    <t>7275</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>Que senhor prefeito interceda junto a CEMIG, para resolver a grave situação de qualidade dos serviços de fornecimento de energia elétrica na região da Comunidade da Formiga.</t>
+  </si>
+  <si>
+    <t>7277</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a aquisição de mobiliários para a Escola Municipal Santa Madalena do  Distrito de Fátima do Pontal, tais como, lousa digital e branca, ares-condicionados, computadores, impressoras carteira,  fogão, geladeira, bebedouro industrial de água, cortinas, armário e  cadeiras e complementação dos utensílios domésticos.</t>
+  </si>
+  <si>
+    <t>7279</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>no sentido de reiterar os termos da indicação 124/2025, datada de 12/05/2025 que solicitou  ao Senhor Prefeito Municipal a aquisição e instalação de ventiladores ou climatizadores nos pátios das Escolas Municipais, com especial atenção à Escola Municipal Vicente Luiz Alves.</t>
+  </si>
+  <si>
+    <t>7280</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a aquisição de cadeiras para banho, muletas e camas hospitalares para serem emprestadas em regime de comodato para as pessoas carentes do nosso Município acometidas de enfermidade.</t>
+  </si>
+  <si>
+    <t>7281</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>Que faça o plantio de palmeiras no final da Avenida Firmino Luiz de Oliveira e próximo a BR497 e no canteiro próximo ao trevo da antena.</t>
+  </si>
+  <si>
+    <t>7286</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a reforma do Estádio Municipal Sebastião Felício, localizado no Distrito de São Sebastião do Pontal, incluindo a execução de calçadas em todo o entorno, implantação de arborização, melhorias na iluminação e realização dos reparos necessários nas estruturas físicas.</t>
+  </si>
+  <si>
+    <t>7287</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja promovido um evento em comemoração ao Dia do Servidor Público no município de Carneirinho e em cada um de seus distritos.</t>
+  </si>
+  <si>
+    <t>7288</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a construção de um minicampo no Município de Carneirinho, devidamente estruturado com vestiários masculino e feminino, banheiros públicos, lanchonete com cozinha adequada para o preparo de lanches, alambrado, arquibancada, área de convivência e iluminação apropriada para atividades noturnas.</t>
+  </si>
+  <si>
+    <t>7290</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>Edna Cristina de Lima, Liz Queli Patrícia Diniz</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja providenciada a organização de uma viagem recreativa para os membros da Terceira Idade de nosso Município, com destino à praia, proporcionando à melhor idade a oportunidade de conhecer o mar, vivenciar momentos de lazer, integração e bem-estar.</t>
+  </si>
+  <si>
+    <t>7291</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a contratação da Banda Hero's para abrilhantar os baile da terceira idade e  as Festas das comunidades rurais do Município.</t>
+  </si>
+  <si>
+    <t>7304</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a construção de uma Praça Sensorial no Município de Carneirinho, destinada a estimular os sentidos  tato, audição, visão, olfato e equilíbrio, por meio de ambientes interativos, seguros e inclusivos.</t>
+  </si>
+  <si>
+    <t>7305</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja realizada a reforma do Barracão da Comunidade da Formiga, visando melhorar a estrutura e garantir condições adequadas para o uso da população.</t>
+  </si>
+  <si>
+    <t>7306</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>Que faça a reforma de uma casa localizada no bairro Joaquim Luiz Ferreira .</t>
+  </si>
+  <si>
+    <t>7307</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>Que providencie a construção a construção de um barracão na comunidade Bom Sucesso.</t>
+  </si>
+  <si>
+    <t>7308</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a aquisição de um veículo destinado ao setor de saúde do Distrito de Estrela da Barra, para atender às necessidades de transporte de pacientes, equipes de saúde, campanhas de vacinação, visitas domiciliares e ações básicas de atendimento pré-hospitalar.</t>
+  </si>
+  <si>
+    <t>7309</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor prefeito municipal a  revitalização da Praça Adélia Adélia Soares Vilela, localizada na Sede do município,  tais como,  a  construção de estrutura  cobertura (quiosque) para os idosos jogarem baralho de atividades comerciais, culturais ou de apoio aos frequentadores da praça,  portal  de entrada  e coreto.</t>
+  </si>
+  <si>
+    <t>7310</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho   a reforma e ampliação do prédio da Escola Municipal Vicente Luiz Alves na Sede do município.</t>
+  </si>
+  <si>
+    <t>7311</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a aquisição de um veículo modelo Chevrolet Spin destinado ao CRAS Volante, com o objetivo de aprimorar o atendimento social nos distritos e vilas do Município.</t>
+  </si>
+  <si>
+    <t>7313</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que busquem parceria com o Cartório Eleitoral de Iturama para realizar, na Escola Estadual Bom Sucesso, um atendimento itinerante voltado aos jovens que já possuem idade para o alistamento eleitoral.</t>
+  </si>
+  <si>
+    <t>7315</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor prefeito municipal a construção de redutores de velocidade na avenida Vital Luiz Alves, próximo ao Beach Point em Carneirinho-MG.</t>
+  </si>
+  <si>
+    <t>7317</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao senhor Prefeito Municipal a aquisição de retroescavadeira hidráulica e uma carreta prancha p atender as demandas  do  nosso município.</t>
+  </si>
+  <si>
+    <t>7321</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>a implementação de transporte coletivo,  todos os dias,  para a cidade de Iturama para atender às necessidades da população que busca serviços de saúde, serviços bancários e outros serviços públicos.</t>
+  </si>
+  <si>
+    <t>7322</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a doação de uniformes esportivos às equipes e atletas que participam dos campeonatos realizados no município, em todas as modalidades esportivas.</t>
+  </si>
+  <si>
+    <t>7324</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a aquisição de um veículo destinado ao setor de saúde do distrito de Fátima do Pontal, para atender às necessidades de transporte de pacientes, equipes de saúde, campanhas de vacinação, visitas domiciliares e ações básicas de atendimento pré-hospitalar.</t>
+  </si>
+  <si>
+    <t>7326</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja providenciada a aquisição de um veículo destinado às coordenadoras da Terceira Idade, visando melhorar o transporte dos cafés da manhã e demais materiais utilizados nas atividades desenvolvidas com o grupo.</t>
+  </si>
+  <si>
+    <t>7327</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja disponibilizado, uma vez por mês, o ônibus da Prefeitura Municipal para transportar munícipes até a cidade de Fernandópolis-SP, com a finalidade de doação de sangue.</t>
+  </si>
+  <si>
+    <t>7328</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja realizada a instalação de braço de luz com luminária de LED no acesso Jerônimo Kamilo, no município de Carneirinho.</t>
+  </si>
+  <si>
+    <t>7329</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a realização de um evento de corrida de rua no Município, com o objetivo de incentivar a prática de atividades físicas e a promoção da saúde da população.</t>
+  </si>
+  <si>
+    <t>7330</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja realizada a doação de brinquedos e/ou presentes para as crianças do Município, em período alusivo às comemorações natalinas.</t>
+  </si>
+  <si>
+    <t>7331</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que seja avaliada a possibilidade de utilização de fogos de artifício silenciosos ou de baixo ruído nas comemorações, festividades e eventos realizados no Município.</t>
+  </si>
+  <si>
+    <t>7332</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal aquisição de tendas destinadas ao empréstimo para associações, eventos comunitários, festas culturais e demais atividades realizadas em nosso município.</t>
+  </si>
+  <si>
+    <t>7334</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>no sentindo de solicitar ao Senhor Prefeito Municipal a aquisição de monitores cardíacos hospitalares para o para o Departamento de Saúde de Carneirinho, para atender a demanda do Municipio.</t>
+  </si>
+  <si>
+    <t>7335</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal que, por meio do departamento competente, sejam adotadas as providências necessárias para sanar o problema de acúmulo de água no bairro Maria da Luz, bem como em outros pontos críticos do Município.</t>
+  </si>
+  <si>
+    <t>7337</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>Que determine a Secretaria Municipal de Educação para  iniciar o expediente das creches municipais às  6:00 horas,  tendo em vista que várias pessoas iniciam seu expediente de trabalho neste horário, requer ainda que as atividades da creche sejam permanentes durante todo o ano.</t>
+  </si>
+  <si>
+    <t>7342</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal aquisição e disponibilização de um veículo destinado exclusivamente ao transporte de crianças e adolescentes com Transtorno do Espectro Autista (TEA) para as unidades escolares do Município.</t>
+  </si>
+  <si>
+    <t>7343</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal para ampliar os dias de atendimento médico no Distrito de Gracilândia, bem como implantar atendimento em período noturno ao menos uma vez por semana na unidade de saúde local.</t>
+  </si>
+  <si>
+    <t>7345</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>no sentido de solicitar ao Senhor Prefeito Municipal a reforma do prédio do CEMEI - Centro Municipal de Educação Infantil Elizabete Rodrigues da Silva Ferreira- "TIA BETE, localizado no Município de Carneirinho.</t>
+  </si>
+  <si>
     <t>6852</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” a Senhora VILDEIR MARIA DA SILVA, funcionária pública municipal , pelo excelente trabalho que desempenho das suas funções de auxiliar de serviços urbanos  e pelo bom atendimento prestado aos nossos munícipes, agindo sempre com moral e responsabilidade.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” ao senhor DONIZETE GARRIGO ZANETONE, comerciante à 49 anos na sede do município, sempre desempenhando   suas funções com competência e responsabilidade e pelo bom atendimento prestado aos nossos munícipes, agindo sempre com moral e eficiência.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” ao senhor LEOMAR ZANETONE, comerciante à 47 anos na sede do município, sempre desempenhando   suas funções com competência e responsabilidade e pelo bom atendimento prestado aos nossos munícipes, agindo sempre com moral e eficiência.</t>
   </si>
   <si>
     <t>6855</t>
@@ -2451,590 +3075,887 @@
   <si>
     <t>7027</t>
   </si>
   <si>
     <t>moção de aplauso à Agropecuária São Pedro.</t>
   </si>
   <si>
     <t>7154</t>
   </si>
   <si>
     <t>requer ao Plenário que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO a Professora NILFA LEONEL BARBOSA pelos relevantes serviços prestados à comunidade escolar do Município de Carneirinho. Ao longo de sua carreira como educadora, demonstrou um compromisso inabalável com a valorização da Educação, atuando sempre com eficiência e eficácia.  Exemplo de profissionalismo e dedicação, inspirando colegas e alunos com sua paixão pelo ensino e seu compromisso com a formação de cidadãos conscientes e preparados para os desafios do futuro. Além disso, é importante destacar sua garra como profissional que encerrou a sua trajetória profissional com a aposentadoria compulsória por excelência na educação.</t>
   </si>
   <si>
     <t>7168</t>
   </si>
   <si>
     <t>Moção de aplauso e reconhecimento senhor Lourenço Rodrigues da Silva.</t>
   </si>
   <si>
     <t>7197</t>
   </si>
   <si>
     <t>Moção de aplauso para senhora Maria Madalena da Visitação.</t>
   </si>
   <si>
+    <t>7219</t>
+  </si>
+  <si>
+    <t>moção de aplauso ao senhor Edwaine Borges da Silva</t>
+  </si>
+  <si>
+    <t>7220</t>
+  </si>
+  <si>
+    <t>Moção de aplauso e reconhecimento para senhor Celson Aparecido Pereira Silva</t>
+  </si>
+  <si>
+    <t>7221</t>
+  </si>
+  <si>
+    <t>Moção de aplauso ao senhor Simei Von Anckem</t>
+  </si>
+  <si>
+    <t>7229</t>
+  </si>
+  <si>
+    <t>moção de aplauso ao senhor Samuel Von Ancken</t>
+  </si>
+  <si>
+    <t>7231</t>
+  </si>
+  <si>
+    <t>moção de aplauso a senhora Durcelei Vieira de Almeida Ancken.</t>
+  </si>
+  <si>
+    <t>7263</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Jovem RODRIGO CHAVES DA SILVA, por representar com excelência o município de Carneirinho nas feiras de robótica, levando o nome da nossa cidade para além de nossas fronteiras e inspirando outros jovens a buscarem conhecimento, inovação e desenvolvimento científico.</t>
+  </si>
+  <si>
+    <t>7276</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor ELSON GOMES DA SILVA, chefe dos serviços do cemitério</t>
+  </si>
+  <si>
+    <t>7278</t>
+  </si>
+  <si>
+    <t>Moção de aplauso e reconhecimento a senhora Maria Silva de Socorro( Maria da vacina)</t>
+  </si>
+  <si>
+    <t>7289</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” a Senhora FÁTIMA APARECIDA ROSSI, pelos relevantes serviços prestados à comunidade carneirinhense, sempre pautados pela solidariedade, generosidade e comprometimento com o bem comum. Ela é amplamente respeitada e admirada por todos os moradores do município, sendo exemplo de dedicação e amor ao próximo. Ao longo dos anos, tem se destacado por sua atuação voluntária e gratuita, contribuindo com inúmeras ações em prol da população, especialmente através da preparação de alimentos e refeições para os mais variados eventos realizados no município, sempre com alegria, disposição e espírito de servir.</t>
+  </si>
+  <si>
+    <t>7312</t>
+  </si>
+  <si>
+    <t>moção de aplauso e reconhecimento para Mauri José de Oliveira - diretor de assessoria de comunicação.</t>
+  </si>
+  <si>
+    <t>7314</t>
+  </si>
+  <si>
+    <t>moção de aplauso e reconhecimento a senhora Luciana Aparecida Cardozo Loquette.</t>
+  </si>
+  <si>
+    <t>7333</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor ABRAÃO CABRAL DE MELO, morador de São Sebastião do Pontal, em razão dos relevantes serviços prestados à comunidade, sendo exemplo de cidadania, responsabilidade e amor ao próximo. Ao longo de sua trajetória, destacou-se por sua conduta ética, espírito colaborativo e constante disponibilidade em servir à população, construindo um legado de respeito e admiração entre todos que o conhecem. Ressalta-se, ainda, sua valorosa contribuição como prestador de serviços da Prefeitura Municipal, onde atuou por 18 (dezoito) anos, dedicando-se com empenho, seriedade e compromisso às atividades desenvolvidas, sempre visando o bem-estar da coletividade e o desenvolvimento do município.</t>
+  </si>
+  <si>
+    <t>7336</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor JOSÉ ERNESTO CARNEIRO LEÃO, pelos relevantes e inestimáveis serviços prestados à população do Município de Carneirinho, destacando-se especialmente nas áreas religiosa, assistencial e comunitária, bem como por sua atuação como Produtor Rural, sempre pautada pela honestidade, responsabilidade social e compromisso com o desenvolvimento humano e coletivo, com especial reconhecimento ao seu apoio ao Hospital do Amor, o qual ocorreu por meio de doações, demonstrando seu espírito solidário e sua sensibilidade quanto às necessidades da área da saúde.</t>
+  </si>
+  <si>
+    <t>7338</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor Eduarte Rosa de Oliveira, servidor público municipal aposentado, em gratidão e reconhecimento pelos relevantes serviços prestados à população de Vila Aparecida do Paranaíba. Durante sua trajetória no serviço público, atuando como Auxiliar de Serviços Urbanos, dedicou anos de trabalho com zelo, responsabilidade e compromisso com a coletividade, destacando-se especialmente pelos cuidados com a praça da comunidade, mantendo-a sempre em ótimas condições para uso da população. Sua atuação foi marcada pelo esforço incansável, pelo respeito ao bem público e pelo carinho com que exercia suas funções diariamente, contribuindo para a melhoria da qualidade de vida dos moradores e para o embelezamento dos espaços públicos. Seu trabalho ultrapassou o dever funcional, tornando-se exemplo de dedicação, simplicidade e amor pela comunidade.</t>
+  </si>
+  <si>
+    <t>7339</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO ao Senhor ANTÔNIO CÂNDIDO NETO, servidor municipal aposentado, em razão dos relevantes e inestimáveis serviços prestados ao Município ao longo de sua vida funcional. Durante sua trajetória como motorista da Prefeitura Municipal, exerceu suas funções com extrema dedicação, zelo e responsabilidade, sendo exemplo de compromisso com o serviço público. Sempre solícito e atencioso, desempenhou seu trabalho com profissionalismo, contribuindo de forma direta para o bom funcionamento da administração municipal e para o atendimento digno da população.</t>
+  </si>
+  <si>
+    <t>7340</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor JORDAMES RODRIGUES DE SOUZA", pelos relevantes serviços prestados à comunidade do Município de Carneirinho. Construiu uma trajetória marcada pelo trabalho digno, pela dedicação ao próximo e pelo compromisso com o bem-estar da população. Atuando há muitos anos como cabeleireiro em nosso Município, exerce sua profissão com zelo, ética e profissionalismo, conquistando ao longo do tempo a confiança e o respeito de seus clientes e da comunidade em geral. Além de sua atuação profissional, exerce atualmente com dedicação a função de Juiz de Paz, desempenhando esse importante papel com responsabilidade, imparcialidade e sensibilidade humana. Nessa função, contribui ativamente para a mediação de conflitos, a formalização de uniões e o fortalecimento dos laços familiares, tornando-se referência de seriedade e compromisso com a justiça e a cidadania em nosso Município.</t>
+  </si>
+  <si>
+    <t>7341</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” a Senhora MARIA GONÇALVES DE SOUZA, pelos relevantes serviços prestados à comunidade do Município de Carneirinho, ao longo de toda uma vida dedicada ao cuidado com o próximo, à solidariedade e ao amor, ao bem comum. É reconhecida por sua trajetória marcada pela simplicidade, generosidade e profundo compromisso com as pessoas de sua comunidade, sempre se colocando à disposição para ajudar quem mais precisa, sem esperar nada em troca, sendo exemplo de cidadania, humanidade e bondade. Construiu sua história pautada em valores sólidos, como o respeito, a fé, o trabalho e a dedicação à família e à comunidade.</t>
+  </si>
+  <si>
+    <t>7347</t>
+  </si>
+  <si>
+    <t>requer ao Plenário que seja dirigida “MOÇÃO DE APLAUSO E RECONHECIMENTO” ao Senhor VICENTE VILELA LIMA", pelos relevantes e inestimáveis serviços prestados à população do Município de Carneirinho. Construiu ao longo dos anos uma trajetória marcada pelo compromisso com o bem comum, destacando-se especialmente nas áreas religiosa, assistencial e comunitária, sempre pautando suas ações na solidariedade, no respeito ao próximo e no fortalecimento dos laços sociais em nosso município. Ressalte-se, ainda, sua importante atuação como Produtores Rurais, contribuindo de forma significativa para o desenvolvimento econômico local, geração de oportunidades e valorização do homem do campo, não medindo esforços para que todos os segmentos da sociedade tenham êxito.</t>
+  </si>
+  <si>
+    <t>7270</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7270/pdl_01_25_25112025_152305.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Honorário de Carneirinho-MG, ao Senhor Dom Irineu Andressa, Bispo Emérito de Ituiutaba.</t>
+  </si>
+  <si>
+    <t>6816</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6816/plc_001_25_pref_04022025_144221.pdf</t>
+  </si>
+  <si>
+    <t>Concede revisão geral e anual dos vencimentos dos empregados públicos municipais e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>6819</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6819/plc_002_25_04022025_143903.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O REGIME DE TELETRABALHO NO ÂMBITO  DA ADMNISTRAÇÃO PÚBLICA MUNICIPAL DE CARNEIRINHO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6873</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6873/plc_003_25_12032025_162553.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de recuperação Fiscal - REFIS MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>6935</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6935/plc_04_25_27052025_135609.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre criação de cargos de provimento em comissão, acréscimo de vagas de cargos de provimento em comissão, ampliação de vagas de cargos de provimento efetivo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7052</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7052/plc_005_25.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a cessão de servidores públicos municipais para outros órgãos dos Poderes Executivo, Legislativo ou Judiciário, da União, do Estado de Minas Gerais, Associações, Consórcios, Fundações, Organizações da Sociedade Civil ou entidade reconhecidamente de utilidade pública e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7105</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7105/plc__06_25_04092025_144649.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 206 da Lei Complementar nº028, de 19 de dezembro de 2005, para conceder benefício tributário a famílias com crianças com Transtorno do Espectro Autista (TEA)</t>
+  </si>
+  <si>
+    <t>7201</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7201/plc_07_25_07102025_164730.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Atendimento e Valorização da Pessoa Idosa "Veteranos da Sabedoria" no Município de Carneirinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7300</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7300/plc_08_25_09122025_163915.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 101, de 06 de novembro de 2023, que dispõe sobre o plano de cargos, carreiras e remuneração dos servidores do Município de Carneirinho.</t>
+  </si>
+  <si>
+    <t>6830</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6830/projeto_de_lei_01_25_26022025_171033.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Carneirinho, a celebrar Convênios, Contratos, Acordos, Ajustes e outros instrumentos congêneres com a União, o Estado, ou Pessoa Jurídica de Direito Público ou Privado.</t>
+  </si>
+  <si>
+    <t>6863</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6863/pl_02_25_12032025_153231.pdf</t>
+  </si>
+  <si>
+    <t>Altera art. 2º da Lei 1.430 de 22 de maio 2018, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6869</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6869/pl_03_25_12032025_153806.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de créditos especial por superávit financeira no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>6870</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6870/pl_04_25_12032025_154142.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de créditos adicionais suplementares por superávit financeira no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>6872</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6872/pl_05_25_12032025_155356.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza pagamento de despesas do exercício anterior e dá outras providências</t>
+  </si>
+  <si>
+    <t>6892</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6892/pl_06_25_12032025_160033.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza pagamento de despesas do exercício anterior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6893</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6893/pl_07_25_12032025_161839.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito especial por excesso de arrecadação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>6894</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6894/pl_08_25_31032025_150804.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cessão de imóvel de propriedade do Município de Carneirinho para uso da comunidade, especificamente para Associação dos Produtores Rurais da região da Água Limpa, e autoriza a limpeza e destinação adequada dos entulhos de construção danificada e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6895</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6895/pl_09_25_31032025_151228.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de créditos adicional suplementares por superavit financeiro no orçamento vigente e da outras providências.</t>
+  </si>
+  <si>
+    <t>6923</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6923/pl_10_25_31032025_151557.pdf</t>
+  </si>
+  <si>
+    <t>Revoga Lei Municipal nº1.471/2019 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6920</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6920/pl_11_25_31032025_152112.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar pareceria e repassar contribuição para o Clube 28 de Abril e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6921</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6921/pl_12_25_31032025_153151.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito suplementar por anulação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>6942</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6942/pl_13_25_27052025_140154.pdf</t>
+  </si>
+  <si>
+    <t>Remunera os incisos do art.3º e Art.14, da Lei Municipal n.1.796/23 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6943</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6943/pl_14_25_27052025_140615.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito especial por superavit financeiro no orçamento vigente e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6944</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6944/pl_15_25_27052025_141101.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do Art. 1. da Lei Municipal n.1.848/25 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6945</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6945/pl_16_25_27052025_141534.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a permissão para utilização do espaço público denominado Parque de Exposição e Rodeio "Izau Vilela Machado", para a realização da 20ª Festa do Peão e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6946</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6946/pl_17_25_27052025_142000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Chefe do Poder Executivo a ceder gratuitamente fração ideal de um imóvel, por meio de termo de cessão de uso ,à S A USINA CORURIPE AÇÚCAR E ALCOOL e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6960</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6960/pl_18_25_08052025_153219.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6984</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6984/pl_19_25_06052025_140128.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PARTICIPAÇÃO DO MUNICÍPIO DE CARNEIRINHO/MG NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÃO E DESENVOLVIMENTO DO ESTADO DE MINAS GERAIS - CINDEMG  E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>6985</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6985/pl_20_25_06052025_133628.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART.1º, INCISO I, DA LEI Nº 1857/25 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>6986</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6986/pl_21_25_06052025_140728.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>7011</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7011/pl_22_25_06122025_125519.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal n.º1.164 de 06 de dezembro de 2012 e dá outras providências..</t>
+  </si>
+  <si>
+    <t>7021</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7021/pl_23_25_07232025_134535.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito especial por anulação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7040</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7040/pl_24_25_07232025_134940.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7041</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7041/pl_25_25_07232025_135655.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional especial por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7050</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7050/pl_26_25_07232025_140149.pdf</t>
+  </si>
+  <si>
+    <t>7051</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7051/pl_27_25_07232025_140637.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial por superávit financeiro no orçamento vigente e contém outras providencias.</t>
+  </si>
+  <si>
+    <t>7064</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7064/pl_28_25_07232025_141252.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar serviços de tapa-buracos e pequenas manutenções na rodovia MGC-497, na extensão situada no território do Município  de Carneirinho/MG e proximidades dos municípios limítrofes.</t>
+  </si>
+  <si>
+    <t>7065</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7065/pl_29_25_07232025_141935.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triangulo Sul-Cistrisul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7067</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7067/pl_30_25_07232025_142403.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7068</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7068/pl_31_25_07232025_142947.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº1.062, de 7 de maio de 2010, que dispõe sobre a estrutura administrativa do Poder Executivo do Município de carneirinho/MG, para incluir a Secretaria Municipal de Almoxarifado, Controle Patrimonial e Arquivos, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>7069</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7069/pl_32_25_07232025_143419.pdf</t>
+  </si>
+  <si>
+    <t>7078</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7078/pl_33_25_08052025_140810.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a desafetação de áreas públicas de propriedade do Município de Carneirinho, convertendo-as da categoria de bens públicos de uso especial para bens dominicais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7090</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7090/pl_34_25_08052025_141230.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município a firmar Termo de Cooperação com Sindicato dos Produtores Rurais de Carneirinho, para realização da 16ª Semac – Semana do Agronegócio de Carneirinho-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7091</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7091/pl_35_25_08052025_141848.pdf</t>
+  </si>
+  <si>
+    <t>7092</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7092/pl_36_25_08052025_142421.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar por superávit financeiro no orçamento vigente e contém outras providências</t>
+  </si>
+  <si>
+    <t>7093</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7093/pl_37_25_08052025_143007.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Esporte de Carneirinho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7101</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7101/pl__38_25_04092025_145305.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre isenção de taxas ao Estado de Minas Gerais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7102</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7102/pl__39_25_04092025_145749.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito adicional suplementar por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7103</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7103/pl__40_25_04092025_150242.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito suplemento por anulação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7104</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7104/pl__41_25_04092025_153306.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a emissão e utilização da Carteira de Autista (CIPTEA) no Município de Carneirinho/MG, estabelecendo direitos, validade, competências da Secretaria Municipal de Assistência Social e Habitação e medidas para garantir prioridade e acessibilidade às pessoas com Transtorno do Espectro Autista(TEA).</t>
+  </si>
+  <si>
+    <t>7143</t>
+  </si>
+  <si>
+    <t>Institui o plano Plurianual de Ação Governamental do Município de Carneirinho, Estado de Minas Gerais para o quadriênio 2026-2029-PPAG 2026-2029.</t>
+  </si>
+  <si>
+    <t>7144</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Carneirinho, MG, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>7156</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7156/pl__44_25_16092025_131149.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 1.459, de 13 de dezembro de 2018, para incluir a alínea 0853-2, nas instituições financeiras autorizadas a firmar convênio com o Município de Carneirinho/MG para concessão de empréstimos aos servidores e agentes políticos.</t>
+  </si>
+  <si>
+    <t>7157</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7157/pl__45_25_16092025_131553.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Carneirinho a realizar aditivo no termo de Cooperação nº 02/2021 com a Associação de Artesãos de Carneirinho – A.A.C., e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7175</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a utilização da água fornecida gratuitamente pelo Município de Carneirinho/MG nas Vilas Gracilândia e Comunidade São João Batista – Ruivinha, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7176</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7176/pl_47_25_30092025_140857.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece critérios e condições para a escolha de Diretor Escolar I e Diretor Escolar II das unidades da Rede Municipal de Ensino de Carneirinho/MG, com base em critérios técnicos de mérito e desempenho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7203</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7203/pl_48_25_07102025_163945.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza ao Município de Carneirinho/MG a promover evento em comemoração ao Dia do Servidor Público e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>7202</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7202/pl_49_25_07102025_164314.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito suplementar por Superávit Financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
     <t>7174</t>
   </si>
   <si>
-    <t>PDL</t>
-[...497 lines deleted...]
-    <t>Autoriza a abertura de credito suplementar por Superávit Financeiro no orçamento vigente e contém outras providências.</t>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7174/pl_50_25_25112025_130210.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a desenvolver ações e aporte de contrapartida municipal para implementar o Programa Minha Casa Minha Vida no âmbito do Município de Carneirinho em conformidade com o disposto nas Leis Federal n.11.977/2099 e 14.620/2023 e também nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>7253</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7253/pl_51_25_25112025_130637.pdf</t>
+  </si>
+  <si>
+    <t>7254</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7254/pl_52_25_25112025_131144.pdf</t>
+  </si>
+  <si>
+    <t>7255</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7255/pl_52_25_25112025_131144.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar a perfuração de poço artesiano equipado com bomba para atendimento das necessidades da Escola Estadual Bom Sucesso, em atendimento aos alunos da rede estadual de ensino do Município de carneirinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7256</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7256/pl_54_25_25112025_134005.pdf</t>
+  </si>
+  <si>
+    <t>7257</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7257/pl_55_25_25112025_135719.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito suplementar por excesso de arrecadação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7258</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7258/pl_56_25_25112025_140118.pdf</t>
+  </si>
+  <si>
+    <t>7259</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7259/pl_57_25_25112025_141001.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar parceria e repassar contribuição para a Associação Jacaré do Asfalto Motoclube e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7282</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7282/pl_58_25_25112025_144711.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito adicional especial por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7283</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7283/pl_59_25_25112025_145054.pdf</t>
+  </si>
+  <si>
+    <t>7284</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7284/pl_60_25_25112025_145610.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito adicional especial por excesso de arrecadação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7285</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7285/pl_61_25_25112025_150536.pdf</t>
+  </si>
+  <si>
+    <t>7298</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7298/pl_62_25_09122025_161355.pdf</t>
+  </si>
+  <si>
+    <t>Altera o valor teto para premiação em eventos a serem definidos pela Administração Municipal, previsto no Anexo Único da Lei Municipal nº 1.668, de 23 de novembro de 2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7299</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7299/pl_63_25_09122025_161742.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.062, de 07 de maio de 2010, que cria a nova estrutura administrativa no Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>7301</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7301/pl_64_25_09122025_162731.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar parceria e repassar contribuição para organização da sociedade civil e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7302</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7302/pl_65_25_09122025_163352.pdf</t>
+  </si>
+  <si>
+    <t>7323</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito suplementar por superávit financeiro no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7344</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo Municipal de Carneirinho/MG, em cooperação com a COPASA - Companhia de Saneamento de Minas Gerais, a celebrar termo de autorização com proprietários de imóveis rurais e urbanos localizados no Distrito de São Sebastião do Pontal, para instituição de servidão gratuita destinada à passagem de emissário coletor de esgoto, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>7352</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de Carneirinho/MG a efetuar pagamento em parcela única referente aos serviços assistenciais prestados no exercício de 2025 pela Unidade de Acolhimento para Crianças e Adolescentes – Casa da Infância e Juventude Dr. Paulo Henrique Delicole de Iturama/MG, mediante celebração de Termo de Mútua Cooperação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7353</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de credito adicional suplementar por excesso de arrecadação no orçamento vigente e contém outras providências.</t>
+  </si>
+  <si>
+    <t>7354</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Natal de luz – Casas Iluminadas”, autoriza a realização do Concurso Cultural de Decoração Natalina Residencial, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7355</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>6924</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6924/pr_01_25_31032025_155218.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal reunir-se à ordinariamente nos dias 14 e 22 de abril de 2025.</t>
   </si>
   <si>
     <t>7009</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/pr_02_25_cm.pdf</t>
   </si>
   <si>
     <t>Inclui, altera e revoga dispositivos da Resolução nº 10, de 18 de maio de 1994.</t>
   </si>
   <si>
     <t>7010</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7010/pr_03_25_06122025_124921.pdf</t>
   </si>
   <si>
     <t>ACRESCE ARTIGO A RESOLUÇÃO Nº 10, DE 18 DE MAIO DE 1994, INSTITUINDO E REGULAMENTANDO A MODALIDADE DE DELIBERAÇÃO COM USO DE TECNOLOGIA POR VIDEOCONFERÊNCIA E HÍBRIDA, E A PARTICIPAÇÃO PELA INTERNET DOS VEREADORES, VISANDO À DISCUSSÃO E VOTAÇÃO DIGITAL DE MATÉRIAS.</t>
   </si>
   <si>
+    <t>7316</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7316/pr_cm_04_25_25112025_151850.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a entrega de Bens Patrimoniais ao Executivo Municipal e dá baixa no patrimônio da Câmara Municipal de Carneirinho.</t>
+  </si>
+  <si>
     <t>6823</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>requer a Vossa Excelência que solicite ao Senhor Prefeito Municipal para que determine aos setores competentes para providenciar o pagamento das férias dos servidores públicos municipais, especialmente da área da Educação, dois dias antes do inicio de gozo.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>Que determine ao setor compete para que providencie o processo licitatório para a construção de alambrado e banheiros na Cidade da Criança no Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
     <t>Que faça a manutenção e se necessário a reforma dos banheiros da Praça da Matriz Laudelina dos Santos no Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>6832</t>
@@ -3348,50 +4269,287 @@
   <si>
     <t>7177</t>
   </si>
   <si>
     <t>Pelo falecimento da senhora Maria dos Santos no dia 13/09/2025 em Uberaba/MG.</t>
   </si>
   <si>
     <t>7178</t>
   </si>
   <si>
     <t>Pelo falecimento da senhora Jerônima Anatalia de Queiroz Oliveira no dia 13/09/2025 em Paranaíba/MS</t>
   </si>
   <si>
     <t>7179</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor Jaime Dias da Rocha no dia 13/09/2025 em  Barretos/SP.</t>
   </si>
   <si>
     <t>7180</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor Fernando Silva Souza no dia 14/09/2025 em Carneirinho/MG.</t>
   </si>
   <si>
+    <t>7204</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Darcio Cerqueira Dultra, ocorrido no dia 19/09/2025, em Gracilândia.</t>
+  </si>
+  <si>
+    <t>7205</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Aldete da Silva Rodrigues, ocorrido no dia 23/09/2025, em Uberaba-MG.</t>
+  </si>
+  <si>
+    <t>7206</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Antônia Maria da Mota, ocorrido no dia 27/09/2025, em Carneirinho-MG.</t>
+  </si>
+  <si>
+    <t>7208</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Orlando Luiz Osório, ocorrido no dia 29/09/2025, em Iturama/MG.</t>
+  </si>
+  <si>
+    <t>7209</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Daliria Ferreira da Maia, ocorrido no dia 02/10/2025, em Iturama/MG.</t>
+  </si>
+  <si>
+    <t>7210</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Alexandrina Maria de Oliveira, ocorrido no dia 03/10/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7211</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Lourenço Rodrigues da Silva, ocorrido no dia 03/10/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7212</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Maria dos Santos, ocorrido no dia 13/09/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7213</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento da senhora Benedita Cardoso Soares, ocorrido no dia 15/09/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7214</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 16ª. (décima sexta) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Hugo Gomes da Costa Querino, ocorrido no dia 22/09/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7215</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Cleder Alves da Silva no dia 04/10/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7232</t>
+  </si>
+  <si>
+    <t>Pelo falecimento da senhora Almantina Maria de Queiroz no dia 10/10/2025 em São José do Rio Preto/SP</t>
+  </si>
+  <si>
+    <t>7233</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Antônio Barbosa no dia 11/10/2025 em Fátima do Pontal/MG.</t>
+  </si>
+  <si>
+    <t>7235</t>
+  </si>
+  <si>
+    <t>Pelo falecimento de Fernanda da Silva no dia 19/10/2025 em Uberaba/MG.</t>
+  </si>
+  <si>
+    <t>7261</t>
+  </si>
+  <si>
+    <t>Pelo falecimento da senhora Jesuina Romana de Jesus dia 29/10/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7262</t>
+  </si>
+  <si>
+    <t>Pelo falecimento da senhora Julia Alves de Socorro no dia 21/10/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7264</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhora Socorra Bento Correia no dia 24/10/2025 em Campo Grande/MS.</t>
+  </si>
+  <si>
+    <t>7265</t>
+  </si>
+  <si>
+    <t>pelo falecimento do senhor Emerson Antônio Mian no dia 26/10/2025 em São Sebastião do Pontal.</t>
+  </si>
+  <si>
+    <t>7266</t>
+  </si>
+  <si>
+    <t>Pelo falecimento da senhora Dorvalina Almeida Saraiva no dia 27/10/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7267</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Raimundo Antônio dos Santos no dia 31/10/2025 em Carneirinho/MG</t>
+  </si>
+  <si>
+    <t>7268</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor José Rosa de Oliveira no dia 01/11/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7269</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Emerson Moreira dos Santos no dia 02/11/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7272</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Joaquim Tiago Severino no dia 03/11/2025 em São Sebastião do Pontal</t>
+  </si>
+  <si>
+    <t>7292</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 19ª. (décima nona) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Pedro Von Ancken, ocorrido no dia 05/11/2025, em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7293</t>
+  </si>
+  <si>
+    <t>requerem que seja feito um minuto de silêncio na 19ª. (décima nona) Reunião Ordinária da Câmara Municipal de Carneirinho que será realizada nesta data, pelo falecimento do senhor Naron Alves de Oliveira, ocorrido no dia 05/11/2025, em São José do Rio Preto/SP.</t>
+  </si>
+  <si>
+    <t>7294</t>
+  </si>
+  <si>
+    <t>MARIA APARECIDA DE OLIVEIRA QUEIROZ, Vereadora do Município de Carneirinho, venho perante esta Secretaria, através deste Requerimento requerer o registro da minha candidatura para concorrer ao Cargo de PRESIDENTE   da Mesa Diretora da Câmara para a Sessão Legislativa de 2026</t>
+  </si>
+  <si>
+    <t>7295</t>
+  </si>
+  <si>
+    <t>Fábio Samartino</t>
+  </si>
+  <si>
+    <t>O Vereador do Município de Carneirinho, que este subscreve, vem perante esta Secretaria, requerer o registro da minha candidatura para concorrer ao Cargo de VICE-PRESIDENTE da Mesa Diretora da Câmara para a Sessão Legislativa de 2026.</t>
+  </si>
+  <si>
+    <t>7297</t>
+  </si>
+  <si>
+    <t>O Vereador do Município de Carneirinho, que este subscreve, vem perante esta Secretaria, requerer o registro da minha candidatura para concorrer ao Cargo de SEGUNDO SECRETÁRIO   da Mesa Diretora da Câmara para a Sessão Legislativa de 2026.</t>
+  </si>
+  <si>
+    <t>7296</t>
+  </si>
+  <si>
+    <t>AVereadora do Município de Carneirinho, que este subscreve, vem perante esta Secretaria, requerer o registro da minha candidatura para concorrer ao Cargo de xxxxxxxxxx   da Mesa Diretora da Câmara para a Sessão Legislativa de 2026.</t>
+  </si>
+  <si>
+    <t>7303</t>
+  </si>
+  <si>
+    <t>requer a Vossa Excelência, solicitar o Prefeito Municipal, a aquisição de aparelho de celulares com chip para disponibilizar aos Secretários Municipais e a para alguns funcionários que são de suma importância a bom desempenho do trabalho público.</t>
+  </si>
+  <si>
+    <t>7318</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Ivaldir Correia de Andrade no dia 19/12/25 em Carneirinho.</t>
+  </si>
+  <si>
+    <t>7319</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor José Gonçalves Rios no dia 22/12/2025 em Carneirinho.</t>
+  </si>
+  <si>
+    <t>7320</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Gerson Ferrari Junior no dia 23/12/2025 em Uberaba/MG.</t>
+  </si>
+  <si>
+    <t>7325</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor José Roberto da Silva  Filho</t>
+  </si>
+  <si>
+    <t>7346</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor José da Silva no dia 01/12/2025 em Uberaba/MG.</t>
+  </si>
+  <si>
+    <t>7348</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Jerônimo Mendes da Silva no dia 03/12/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7349</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Valdeir Martins de Jesus no dia 05/12/2025 em Estrela da Barra.</t>
+  </si>
+  <si>
+    <t>7350</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Luiz Francisco dos Santos no dia 06/12/2025 em Carneirinho/MG.</t>
+  </si>
+  <si>
+    <t>7351</t>
+  </si>
+  <si>
+    <t>Pelo falecimento do senhor Elias Marques da Silva no dia 11/12/2025.</t>
+  </si>
+  <si>
     <t>6818</t>
   </si>
   <si>
     <t>REQP</t>
   </si>
   <si>
     <t>Requerimento ao plenário</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Senhor Prefeito Municipal a necessidade de realizar o pagamento das férias dos servidores públicos municipais, especialmente da área da Educação, antes do início do período de gozo.</t>
   </si>
   <si>
     <t>7125</t>
   </si>
   <si>
     <t>PLLEG</t>
   </si>
   <si>
     <t>Projeto de lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7125/pl_01_25_04092025_141853.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Equoterapia como método terapêutico de tratamento para reabilitação e de pessoas com deficiências físicas e mentais ou necessidades especiais em geral.</t>
@@ -3411,63 +4569,84 @@
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7127/pl_cm_03_25_04092025_143444.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Cemitério Municipal Parque da Saudade.”</t>
   </si>
   <si>
     <t>7128</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7128/pl_cm_04_25_04092025_144218.pdf</t>
   </si>
   <si>
     <t>Dá denominação do Velório Municipal de Carneirinho de “Capela Velório Espírito Santo.”</t>
   </si>
   <si>
     <t>7145</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7145/pl__cm_05_25_16092025_132102.pdf</t>
   </si>
   <si>
     <t>Estabelece multas e sanções administrativas a serem aplicadas a quem cometer maus - tratos ou abandono de animais no âmbito do Município e da outras providências.</t>
   </si>
   <si>
+    <t>7271</t>
+  </si>
+  <si>
+    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7271/pl_cm_06_25_25112025_150910.pdf</t>
+  </si>
+  <si>
+    <t>"Concede folga ao servidor público municipal no dia de seu aniversário e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7357</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.900, de 04 de novembro de 2025, para acrescentar inciso IV ao artigo 2º, e dá outras providências.</t>
+  </si>
+  <si>
     <t>6822</t>
   </si>
   <si>
     <t>PLCLE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar  Legislativo</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6822/plc_001_25_04022025_143443.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e anual dos vencimentos dos servidores públicos da Câmara Municipal de Carneirinho.</t>
+  </si>
+  <si>
+    <t>7356</t>
+  </si>
+  <si>
+    <t>Transforma o cargo de Auxiliar Legislativo, 01 (um) cargo de Assistente Legislativo e 01 (um) de cargo de Assistente de recursos Humanos Legislativo, altera tabela I e III do anexo I da Lei Complementar nº 110/2024 e suas alterações, extingue 01 (uma) vaga de Assessor II, altera tabela I e II constante do Anexo II, e dá outras providências.</t>
   </si>
   <si>
     <t>7191</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Matéria teste (experimento, treinamento, etc)</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7191/teste_substitutivo.pdf</t>
   </si>
   <si>
     <t>Esta é uma matéria experimental, que está sendo utilizada como teste e também como análise de um bug. Não possui valor legal.</t>
   </si>
   <si>
     <t>7194</t>
   </si>
   <si>
     <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7194/anexo_i_-_funcoes_publicas_escolaridades_atribuicoes_jornadas_vencimentos_e_vagas.pdf</t>
   </si>
   <si>
     <t>Lorem ipsum dolor sit amet consectetur adipiscing elit. Quisque faucibus ex sapien vitae pellentesque sem placerat. In id cursus mi pretium tellus duis convallis. Tempus leo eu aenean sed diam urna tempor. Pulvinar vivamus fringilla lacus nec metus bibendum egestas. Iaculis massa nisl malesuada lacinia integer nunc posuere. Ut hendrerit semper vel class aptent taciti sociosqu. Ad litora torquent per conubia nostra inceptos himenaeos.</t>
   </si>
@@ -3795,56 +4974,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6816/plc_001_25_pref_04022025_144221.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6819/plc_002_25_04022025_143903.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6873/plc_003_25_12032025_162553.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6935/plc_04_25_27052025_135609.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7052/plc_005_25.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7105/plc__06_25_04092025_144649.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6830/projeto_de_lei_01_25_26022025_171033.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6863/pl_02_25_12032025_153231.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6869/pl_03_25_12032025_153806.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6870/pl_04_25_12032025_154142.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6872/pl_05_25_12032025_155356.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6892/pl_06_25_12032025_160033.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6893/pl_07_25_12032025_161839.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6894/pl_08_25_31032025_150804.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6895/pl_09_25_31032025_151228.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6923/pl_10_25_31032025_151557.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6920/pl_11_25_31032025_152112.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6921/pl_12_25_31032025_153151.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6942/pl_13_25_27052025_140154.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6943/pl_14_25_27052025_140615.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6944/pl_15_25_27052025_141101.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6945/pl_16_25_27052025_141534.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6946/pl_17_25_27052025_142000.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6960/pl_18_25_08052025_153219.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6984/pl_19_25_06052025_140128.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6985/pl_20_25_06052025_133628.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6986/pl_21_25_06052025_140728.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7011/pl_22_25_06122025_125519.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7021/pl_23_25_07232025_134535.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7040/pl_24_25_07232025_134940.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7041/pl_25_25_07232025_135655.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7050/pl_26_25_07232025_140149.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7051/pl_27_25_07232025_140637.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7064/pl_28_25_07232025_141252.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7065/pl_29_25_07232025_141935.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7067/pl_30_25_07232025_142403.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7068/pl_31_25_07232025_142947.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7069/pl_32_25_07232025_143419.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7078/pl_33_25_08052025_140810.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7090/pl_34_25_08052025_141230.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7091/pl_35_25_08052025_141848.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7092/pl_36_25_08052025_142421.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7093/pl_37_25_08052025_143007.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7101/pl__38_25_04092025_145305.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7102/pl__39_25_04092025_145749.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7103/pl__40_25_04092025_150242.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7104/pl__41_25_04092025_153306.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7156/pl__44_25_16092025_131149.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7157/pl__45_25_16092025_131553.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7176/pl_47_25_30092025_140857.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6924/pr_01_25_31032025_155218.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/pr_02_25_cm.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7010/pr_03_25_06122025_124921.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7125/pl_01_25_04092025_141853.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7126/pl_cm_02_25_04092025_142903.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7127/pl_cm_03_25_04092025_143444.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7128/pl_cm_04_25_04092025_144218.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7145/pl__cm_05_25_16092025_132102.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6822/plc_001_25_04022025_143443.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7191/teste_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7194/anexo_i_-_funcoes_publicas_escolaridades_atribuicoes_jornadas_vencimentos_e_vagas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7270/pdl_01_25_25112025_152305.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6816/plc_001_25_pref_04022025_144221.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6819/plc_002_25_04022025_143903.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6873/plc_003_25_12032025_162553.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6935/plc_04_25_27052025_135609.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7052/plc_005_25.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7105/plc__06_25_04092025_144649.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7201/plc_07_25_07102025_164730.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7300/plc_08_25_09122025_163915.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6830/projeto_de_lei_01_25_26022025_171033.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6863/pl_02_25_12032025_153231.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6869/pl_03_25_12032025_153806.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6870/pl_04_25_12032025_154142.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6872/pl_05_25_12032025_155356.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6892/pl_06_25_12032025_160033.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6893/pl_07_25_12032025_161839.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6894/pl_08_25_31032025_150804.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6895/pl_09_25_31032025_151228.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6923/pl_10_25_31032025_151557.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6920/pl_11_25_31032025_152112.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6921/pl_12_25_31032025_153151.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6942/pl_13_25_27052025_140154.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6943/pl_14_25_27052025_140615.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6944/pl_15_25_27052025_141101.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6945/pl_16_25_27052025_141534.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6946/pl_17_25_27052025_142000.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6960/pl_18_25_08052025_153219.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6984/pl_19_25_06052025_140128.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6985/pl_20_25_06052025_133628.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6986/pl_21_25_06052025_140728.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7011/pl_22_25_06122025_125519.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7021/pl_23_25_07232025_134535.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7040/pl_24_25_07232025_134940.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7041/pl_25_25_07232025_135655.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7050/pl_26_25_07232025_140149.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7051/pl_27_25_07232025_140637.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7064/pl_28_25_07232025_141252.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7065/pl_29_25_07232025_141935.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7067/pl_30_25_07232025_142403.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7068/pl_31_25_07232025_142947.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7069/pl_32_25_07232025_143419.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7078/pl_33_25_08052025_140810.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7090/pl_34_25_08052025_141230.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7091/pl_35_25_08052025_141848.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7092/pl_36_25_08052025_142421.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7093/pl_37_25_08052025_143007.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7101/pl__38_25_04092025_145305.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7102/pl__39_25_04092025_145749.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7103/pl__40_25_04092025_150242.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7104/pl__41_25_04092025_153306.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7156/pl__44_25_16092025_131149.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7157/pl__45_25_16092025_131553.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7176/pl_47_25_30092025_140857.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7203/pl_48_25_07102025_163945.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7202/pl_49_25_07102025_164314.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7174/pl_50_25_25112025_130210.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7253/pl_51_25_25112025_130637.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7254/pl_52_25_25112025_131144.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7255/pl_52_25_25112025_131144.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7256/pl_54_25_25112025_134005.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7257/pl_55_25_25112025_135719.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7258/pl_56_25_25112025_140118.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7259/pl_57_25_25112025_141001.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7282/pl_58_25_25112025_144711.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7283/pl_59_25_25112025_145054.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7284/pl_60_25_25112025_145610.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7285/pl_61_25_25112025_150536.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7298/pl_62_25_09122025_161355.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7299/pl_63_25_09122025_161742.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7301/pl_64_25_09122025_162731.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7302/pl_65_25_09122025_163352.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6924/pr_01_25_31032025_155218.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/pr_02_25_cm.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7010/pr_03_25_06122025_124921.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7316/pr_cm_04_25_25112025_151850.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7125/pl_01_25_04092025_141853.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7126/pl_cm_02_25_04092025_142903.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7127/pl_cm_03_25_04092025_143444.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7128/pl_cm_04_25_04092025_144218.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7145/pl__cm_05_25_16092025_132102.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7271/pl_cm_06_25_25112025_150910.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/6822/plc_001_25_04022025_143443.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7191/teste_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2025/7194/anexo_i_-_funcoes_publicas_escolaridades_atribuicoes_jornadas_vencimentos_e_vagas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H392"/>
+  <dimension ref="A1:H545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="220.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="157.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -10447,3596 +11626,7574 @@
       </c>
       <c r="D255" t="s">
         <v>16</v>
       </c>
       <c r="E255" t="s">
         <v>17</v>
       </c>
       <c r="F255" t="s">
         <v>18</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H255" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>789</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>10</v>
+        <v>790</v>
       </c>
       <c r="D256" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E256" t="s">
+        <v>17</v>
+      </c>
+      <c r="F256" t="s">
+        <v>29</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H256" t="s">
         <v>791</v>
-      </c>
-[...7 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>792</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
         <v>793</v>
       </c>
-      <c r="B257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D257" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E257" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F257" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H257" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>795</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>24</v>
+        <v>796</v>
       </c>
       <c r="D258" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E258" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F258" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H258" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>28</v>
+        <v>799</v>
       </c>
       <c r="D259" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E259" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F259" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H259" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>32</v>
+        <v>802</v>
       </c>
       <c r="D260" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E260" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F260" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H260" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>35</v>
+        <v>805</v>
       </c>
       <c r="D261" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E261" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F261" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H261" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>38</v>
+        <v>808</v>
       </c>
       <c r="D262" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E262" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F262" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H262" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>42</v>
+        <v>811</v>
       </c>
       <c r="D263" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E263" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F263" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H263" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>45</v>
+        <v>814</v>
       </c>
       <c r="D264" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E264" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F264" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H264" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>49</v>
+        <v>817</v>
       </c>
       <c r="D265" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E265" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F265" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H265" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>52</v>
+        <v>820</v>
       </c>
       <c r="D266" t="s">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="E266" t="s">
-        <v>791</v>
+        <v>17</v>
       </c>
       <c r="F266" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H266" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>10</v>
+        <v>823</v>
       </c>
       <c r="D267" t="s">
-        <v>814</v>
+        <v>16</v>
       </c>
       <c r="E267" t="s">
-        <v>815</v>
+        <v>17</v>
       </c>
       <c r="F267" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H267" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>10</v>
+        <v>826</v>
       </c>
       <c r="D268" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E268" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F268" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>821</v>
+        <v>13</v>
       </c>
       <c r="H268" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>21</v>
+        <v>829</v>
       </c>
       <c r="D269" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E269" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F269" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>824</v>
+        <v>13</v>
       </c>
       <c r="H269" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>24</v>
+        <v>832</v>
       </c>
       <c r="D270" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E270" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F270" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>827</v>
+        <v>13</v>
       </c>
       <c r="H270" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>28</v>
+        <v>835</v>
       </c>
       <c r="D271" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E271" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F271" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>830</v>
+        <v>13</v>
       </c>
       <c r="H271" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>32</v>
+        <v>838</v>
       </c>
       <c r="D272" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E272" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F272" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>833</v>
+        <v>13</v>
       </c>
       <c r="H272" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>35</v>
+        <v>841</v>
       </c>
       <c r="D273" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E273" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F273" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>836</v>
+        <v>13</v>
       </c>
       <c r="H273" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>38</v>
+        <v>844</v>
       </c>
       <c r="D274" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="E274" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="F274" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H274" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>10</v>
+        <v>847</v>
       </c>
       <c r="D275" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E275" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F275" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>843</v>
+        <v>13</v>
       </c>
       <c r="H275" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>21</v>
+        <v>850</v>
       </c>
       <c r="D276" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E276" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F276" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>846</v>
+        <v>13</v>
       </c>
       <c r="H276" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>24</v>
+        <v>853</v>
       </c>
       <c r="D277" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E277" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F277" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>849</v>
+        <v>13</v>
       </c>
       <c r="H277" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>28</v>
+        <v>856</v>
       </c>
       <c r="D278" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E278" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F278" t="s">
-        <v>816</v>
+        <v>73</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>852</v>
+        <v>13</v>
       </c>
       <c r="H278" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>32</v>
+        <v>859</v>
       </c>
       <c r="D279" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E279" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F279" t="s">
-        <v>816</v>
+        <v>73</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>855</v>
+        <v>13</v>
       </c>
       <c r="H279" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>35</v>
+        <v>862</v>
       </c>
       <c r="D280" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E280" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F280" t="s">
-        <v>816</v>
+        <v>73</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>858</v>
+        <v>13</v>
       </c>
       <c r="H280" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>38</v>
+        <v>865</v>
       </c>
       <c r="D281" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E281" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F281" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>861</v>
+        <v>13</v>
       </c>
       <c r="H281" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>42</v>
+        <v>868</v>
       </c>
       <c r="D282" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E282" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F282" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>864</v>
+        <v>13</v>
       </c>
       <c r="H282" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>45</v>
+        <v>871</v>
       </c>
       <c r="D283" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E283" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F283" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>867</v>
+        <v>13</v>
       </c>
       <c r="H283" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>49</v>
+        <v>874</v>
       </c>
       <c r="D284" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E284" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F284" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>870</v>
+        <v>13</v>
       </c>
       <c r="H284" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>52</v>
+        <v>877</v>
       </c>
       <c r="D285" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E285" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F285" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>873</v>
+        <v>13</v>
       </c>
       <c r="H285" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>55</v>
+        <v>880</v>
       </c>
       <c r="D286" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E286" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F286" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>876</v>
+        <v>13</v>
       </c>
       <c r="H286" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>59</v>
+        <v>883</v>
       </c>
       <c r="D287" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E287" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F287" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>879</v>
+        <v>13</v>
       </c>
       <c r="H287" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>62</v>
+        <v>886</v>
       </c>
       <c r="D288" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E288" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F288" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>882</v>
+        <v>13</v>
       </c>
       <c r="H288" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>65</v>
+        <v>889</v>
       </c>
       <c r="D289" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E289" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F289" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>885</v>
+        <v>13</v>
       </c>
       <c r="H289" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>69</v>
+        <v>892</v>
       </c>
       <c r="D290" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E290" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F290" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>888</v>
+        <v>13</v>
       </c>
       <c r="H290" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>72</v>
+        <v>895</v>
       </c>
       <c r="D291" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E291" t="s">
-        <v>842</v>
+        <v>17</v>
+      </c>
+      <c r="F291" t="s">
+        <v>39</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>891</v>
+        <v>13</v>
       </c>
       <c r="H291" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>76</v>
+        <v>898</v>
       </c>
       <c r="D292" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E292" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F292" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>894</v>
+        <v>13</v>
       </c>
       <c r="H292" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>79</v>
+        <v>901</v>
       </c>
       <c r="D293" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E293" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F293" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>897</v>
+        <v>13</v>
       </c>
       <c r="H293" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>83</v>
+        <v>904</v>
       </c>
       <c r="D294" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E294" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F294" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>900</v>
+        <v>13</v>
       </c>
       <c r="H294" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>86</v>
+        <v>907</v>
       </c>
       <c r="D295" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E295" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F295" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>903</v>
+        <v>13</v>
       </c>
       <c r="H295" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>89</v>
+        <v>910</v>
       </c>
       <c r="D296" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E296" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F296" t="s">
-        <v>816</v>
+        <v>911</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>906</v>
+        <v>13</v>
       </c>
       <c r="H296" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>92</v>
+        <v>914</v>
       </c>
       <c r="D297" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E297" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F297" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>909</v>
+        <v>13</v>
       </c>
       <c r="H297" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>95</v>
+        <v>917</v>
       </c>
       <c r="D298" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E298" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F298" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>912</v>
+        <v>13</v>
       </c>
       <c r="H298" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>98</v>
+        <v>920</v>
       </c>
       <c r="D299" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E299" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F299" t="s">
-        <v>816</v>
+        <v>911</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>915</v>
+        <v>13</v>
       </c>
       <c r="H299" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>101</v>
+        <v>923</v>
       </c>
       <c r="D300" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E300" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F300" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>918</v>
+        <v>13</v>
       </c>
       <c r="H300" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>104</v>
+        <v>926</v>
       </c>
       <c r="D301" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E301" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F301" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>920</v>
+        <v>13</v>
       </c>
       <c r="H301" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>107</v>
+        <v>929</v>
       </c>
       <c r="D302" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E302" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F302" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>923</v>
+        <v>13</v>
       </c>
       <c r="H302" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>110</v>
+        <v>932</v>
       </c>
       <c r="D303" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E303" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F303" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>926</v>
+        <v>13</v>
       </c>
       <c r="H303" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>113</v>
+        <v>935</v>
       </c>
       <c r="D304" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E304" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F304" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>929</v>
+        <v>13</v>
       </c>
       <c r="H304" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>116</v>
+        <v>938</v>
       </c>
       <c r="D305" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E305" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F305" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>932</v>
+        <v>13</v>
       </c>
       <c r="H305" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>119</v>
+        <v>941</v>
       </c>
       <c r="D306" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E306" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F306" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>935</v>
+        <v>13</v>
       </c>
       <c r="H306" t="s">
-        <v>930</v>
+        <v>942</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>122</v>
+        <v>944</v>
       </c>
       <c r="D307" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E307" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F307" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>937</v>
+        <v>13</v>
       </c>
       <c r="H307" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>125</v>
+        <v>947</v>
       </c>
       <c r="D308" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E308" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F308" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>940</v>
+        <v>13</v>
       </c>
       <c r="H308" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>128</v>
+        <v>950</v>
       </c>
       <c r="D309" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E309" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F309" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>943</v>
+        <v>13</v>
       </c>
       <c r="H309" t="s">
-        <v>916</v>
+        <v>951</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>131</v>
+        <v>953</v>
       </c>
       <c r="D310" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E310" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F310" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>945</v>
+        <v>13</v>
       </c>
       <c r="H310" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>134</v>
+        <v>956</v>
       </c>
       <c r="D311" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E311" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F311" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>948</v>
+        <v>13</v>
       </c>
       <c r="H311" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>137</v>
+        <v>959</v>
       </c>
       <c r="D312" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E312" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F312" t="s">
-        <v>816</v>
+        <v>18</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>951</v>
+        <v>13</v>
       </c>
       <c r="H312" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>140</v>
+        <v>962</v>
       </c>
       <c r="D313" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E313" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F313" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>954</v>
+        <v>13</v>
       </c>
       <c r="H313" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>143</v>
+        <v>965</v>
       </c>
       <c r="D314" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E314" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F314" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>957</v>
+        <v>13</v>
       </c>
       <c r="H314" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>146</v>
+        <v>968</v>
       </c>
       <c r="D315" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E315" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F315" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>960</v>
+        <v>13</v>
       </c>
       <c r="H315" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>149</v>
+        <v>971</v>
       </c>
       <c r="D316" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E316" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F316" t="s">
-        <v>816</v>
+        <v>46</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H316" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>152</v>
+        <v>974</v>
       </c>
       <c r="D317" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E317" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F317" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H317" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>155</v>
+        <v>977</v>
       </c>
       <c r="D318" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E318" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F318" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>967</v>
+        <v>13</v>
       </c>
       <c r="H318" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>158</v>
+        <v>980</v>
       </c>
       <c r="D319" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E319" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F319" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>970</v>
+        <v>13</v>
       </c>
       <c r="H319" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>161</v>
+        <v>983</v>
       </c>
       <c r="D320" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E320" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F320" t="s">
-        <v>816</v>
+        <v>39</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H320" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>164</v>
+        <v>986</v>
       </c>
       <c r="D321" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E321" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F321" t="s">
-        <v>816</v>
+        <v>29</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>975</v>
+        <v>13</v>
       </c>
       <c r="H321" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>167</v>
+        <v>989</v>
       </c>
       <c r="D322" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E322" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F322" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H322" t="s">
-        <v>978</v>
+        <v>990</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>979</v>
+        <v>991</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>171</v>
+        <v>992</v>
       </c>
       <c r="D323" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="E323" t="s">
-        <v>842</v>
+        <v>17</v>
       </c>
       <c r="F323" t="s">
-        <v>816</v>
+        <v>56</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H323" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>10</v>
+        <v>995</v>
       </c>
       <c r="D324" t="s">
-        <v>982</v>
+        <v>16</v>
       </c>
       <c r="E324" t="s">
-        <v>983</v>
+        <v>17</v>
       </c>
       <c r="F324" t="s">
-        <v>984</v>
+        <v>56</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>985</v>
+        <v>13</v>
       </c>
       <c r="H324" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D325" t="s">
-        <v>982</v>
+        <v>998</v>
       </c>
       <c r="E325" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="F325" t="s">
-        <v>984</v>
+        <v>56</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>988</v>
+        <v>13</v>
       </c>
       <c r="H325" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D326" t="s">
-        <v>982</v>
+        <v>998</v>
       </c>
       <c r="E326" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="F326" t="s">
-        <v>984</v>
+        <v>56</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>991</v>
+        <v>13</v>
       </c>
       <c r="H326" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D327" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E327" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F327" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H327" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D328" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E328" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F328" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H328" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>32</v>
+      </c>
+      <c r="D329" t="s">
+        <v>998</v>
+      </c>
+      <c r="E329" t="s">
         <v>999</v>
       </c>
-      <c r="B329" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F329" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H329" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D330" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E330" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F330" t="s">
-        <v>1002</v>
+        <v>29</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H330" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D331" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E331" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F331" t="s">
-        <v>1002</v>
+        <v>56</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H331" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D332" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E332" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F332" t="s">
-        <v>1002</v>
+        <v>56</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H332" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D333" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E333" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F333" t="s">
-        <v>1002</v>
+        <v>18</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H333" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D334" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E334" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F334" t="s">
-        <v>1002</v>
+        <v>29</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H334" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D335" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E335" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F335" t="s">
-        <v>1002</v>
+        <v>29</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H335" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D336" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E336" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F336" t="s">
-        <v>1002</v>
+        <v>46</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H336" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D337" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E337" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F337" t="s">
-        <v>1002</v>
+        <v>46</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H337" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D338" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E338" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F338" t="s">
-        <v>1002</v>
+        <v>46</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H338" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D339" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E339" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F339" t="s">
         <v>39</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H339" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="D340" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E340" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F340" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H340" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D341" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E341" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F341" t="s">
-        <v>1025</v>
+        <v>29</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H341" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="D342" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E342" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F342" t="s">
-        <v>1025</v>
+        <v>29</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H342" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D343" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E343" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F343" t="s">
-        <v>1025</v>
+        <v>29</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H343" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D344" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E344" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F344" t="s">
-        <v>1025</v>
+        <v>29</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H344" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D345" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E345" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F345" t="s">
-        <v>1025</v>
+        <v>80</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H345" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D346" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E346" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F346" t="s">
-        <v>1025</v>
+        <v>80</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H346" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D347" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E347" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F347" t="s">
-        <v>1025</v>
+        <v>18</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H347" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="D348" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E348" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F348" t="s">
-        <v>1025</v>
+        <v>39</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H348" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D349" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E349" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F349" t="s">
-        <v>1025</v>
+        <v>18</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H349" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D350" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E350" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F350" t="s">
-        <v>1025</v>
+        <v>18</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H350" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D351" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E351" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F351" t="s">
-        <v>1025</v>
+        <v>39</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H351" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D352" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E352" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F352" t="s">
-        <v>1025</v>
+        <v>39</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H352" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D353" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="E353" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F353" t="s">
-        <v>1025</v>
+        <v>39</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H353" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="D354" t="s">
-        <v>994</v>
+        <v>1058</v>
       </c>
       <c r="E354" t="s">
-        <v>995</v>
+        <v>1059</v>
       </c>
       <c r="F354" t="s">
-        <v>1052</v>
+        <v>18</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>13</v>
+        <v>1060</v>
       </c>
       <c r="H354" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="D355" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E355" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F355" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>13</v>
+        <v>1066</v>
       </c>
       <c r="H355" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="D356" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E356" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F356" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>13</v>
+        <v>1069</v>
       </c>
       <c r="H356" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="D357" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E357" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F357" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>13</v>
+        <v>1072</v>
       </c>
       <c r="H357" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="D358" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E358" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F358" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>13</v>
+        <v>1075</v>
       </c>
       <c r="H358" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="D359" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E359" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F359" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>13</v>
+        <v>1078</v>
       </c>
       <c r="H359" t="s">
-        <v>1063</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>35</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E360" t="s">
         <v>1064</v>
       </c>
-      <c r="B360" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F360" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>13</v>
+        <v>1081</v>
       </c>
       <c r="H360" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
       <c r="D361" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E361" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F361" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>13</v>
+        <v>1084</v>
       </c>
       <c r="H361" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1068</v>
+        <v>1086</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="D362" t="s">
-        <v>994</v>
+        <v>1063</v>
       </c>
       <c r="E362" t="s">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="F362" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>13</v>
+        <v>1087</v>
       </c>
       <c r="H362" t="s">
-        <v>1069</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1070</v>
+        <v>1089</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E363" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F363" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>13</v>
+        <v>1092</v>
       </c>
       <c r="H363" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1072</v>
+        <v>1094</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="D364" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E364" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F364" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>13</v>
+        <v>1095</v>
       </c>
       <c r="H364" t="s">
-        <v>1073</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1074</v>
+        <v>1097</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="D365" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E365" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F365" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>13</v>
+        <v>1098</v>
       </c>
       <c r="H365" t="s">
-        <v>1075</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1076</v>
+        <v>1100</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="D366" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E366" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F366" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>13</v>
+        <v>1101</v>
       </c>
       <c r="H366" t="s">
-        <v>1077</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1078</v>
+        <v>1103</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="D367" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E367" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F367" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>13</v>
+        <v>1104</v>
       </c>
       <c r="H367" t="s">
-        <v>1079</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1080</v>
+        <v>1106</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>149</v>
+        <v>35</v>
       </c>
       <c r="D368" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E368" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F368" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>13</v>
+        <v>1107</v>
       </c>
       <c r="H368" t="s">
-        <v>1081</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1082</v>
+        <v>1109</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="D369" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E369" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F369" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>13</v>
+        <v>1110</v>
       </c>
       <c r="H369" t="s">
-        <v>1083</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>155</v>
+        <v>42</v>
       </c>
       <c r="D370" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E370" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F370" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>13</v>
+        <v>1113</v>
       </c>
       <c r="H370" t="s">
-        <v>1085</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1086</v>
+        <v>1115</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>158</v>
+        <v>45</v>
       </c>
       <c r="D371" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E371" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F371" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>13</v>
+        <v>1116</v>
       </c>
       <c r="H371" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1088</v>
+        <v>1118</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>161</v>
+        <v>49</v>
       </c>
       <c r="D372" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E372" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F372" t="s">
-        <v>1002</v>
+        <v>1065</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>13</v>
+        <v>1119</v>
       </c>
       <c r="H372" t="s">
-        <v>1089</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>52</v>
+      </c>
+      <c r="D373" t="s">
         <v>1090</v>
       </c>
-      <c r="B373" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E373" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F373" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>13</v>
+        <v>1122</v>
       </c>
       <c r="H373" t="s">
-        <v>1091</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1092</v>
+        <v>1124</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>167</v>
+        <v>55</v>
       </c>
       <c r="D374" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E374" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F374" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>13</v>
+        <v>1125</v>
       </c>
       <c r="H374" t="s">
-        <v>1093</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1094</v>
+        <v>1127</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>171</v>
+        <v>59</v>
       </c>
       <c r="D375" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E375" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F375" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>13</v>
+        <v>1128</v>
       </c>
       <c r="H375" t="s">
-        <v>1095</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>174</v>
+        <v>62</v>
       </c>
       <c r="D376" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E376" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F376" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>13</v>
+        <v>1131</v>
       </c>
       <c r="H376" t="s">
-        <v>1097</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1098</v>
+        <v>1133</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>177</v>
+        <v>65</v>
       </c>
       <c r="D377" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E377" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F377" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>13</v>
+        <v>1134</v>
       </c>
       <c r="H377" t="s">
-        <v>1099</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1100</v>
+        <v>1136</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>180</v>
+        <v>69</v>
       </c>
       <c r="D378" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E378" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F378" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>13</v>
+        <v>1137</v>
       </c>
       <c r="H378" t="s">
-        <v>1101</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1102</v>
+        <v>1139</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>183</v>
+        <v>72</v>
       </c>
       <c r="D379" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E379" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>1025</v>
+        <v>1091</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>13</v>
+        <v>1140</v>
       </c>
       <c r="H379" t="s">
-        <v>1103</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1104</v>
+        <v>1142</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>186</v>
+        <v>76</v>
       </c>
       <c r="D380" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E380" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F380" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>13</v>
+        <v>1143</v>
       </c>
       <c r="H380" t="s">
-        <v>1105</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1106</v>
+        <v>1145</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>189</v>
+        <v>79</v>
       </c>
       <c r="D381" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E381" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F381" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>13</v>
+        <v>1146</v>
       </c>
       <c r="H381" t="s">
-        <v>1107</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1108</v>
+        <v>1148</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>192</v>
+        <v>83</v>
       </c>
       <c r="D382" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E382" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F382" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>13</v>
+        <v>1149</v>
       </c>
       <c r="H382" t="s">
-        <v>1109</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1110</v>
+        <v>1151</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="D383" t="s">
-        <v>994</v>
+        <v>1090</v>
       </c>
       <c r="E383" t="s">
-        <v>995</v>
+        <v>1091</v>
       </c>
       <c r="F383" t="s">
-        <v>1025</v>
+        <v>1065</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>13</v>
+        <v>1152</v>
       </c>
       <c r="H383" t="s">
-        <v>1111</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1112</v>
+        <v>1154</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="D384" t="s">
-        <v>1113</v>
+        <v>1090</v>
       </c>
       <c r="E384" t="s">
-        <v>1114</v>
+        <v>1091</v>
       </c>
       <c r="F384" t="s">
-        <v>56</v>
+        <v>1065</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>13</v>
+        <v>1155</v>
       </c>
       <c r="H384" t="s">
-        <v>1115</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1116</v>
+        <v>1157</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D385" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="E385" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F385" t="s">
-        <v>46</v>
+        <v>1065</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1119</v>
+        <v>1158</v>
       </c>
       <c r="H385" t="s">
-        <v>1120</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1121</v>
+        <v>1160</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="D386" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="E386" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F386" t="s">
-        <v>984</v>
+        <v>1065</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1122</v>
+        <v>1161</v>
       </c>
       <c r="H386" t="s">
-        <v>1123</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1124</v>
+        <v>1163</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="D387" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="E387" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F387" t="s">
-        <v>46</v>
+        <v>1065</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1125</v>
+        <v>1164</v>
       </c>
       <c r="H387" t="s">
-        <v>1126</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1127</v>
+        <v>1166</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="D388" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="E388" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F388" t="s">
-        <v>46</v>
+        <v>1065</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1128</v>
+        <v>1167</v>
       </c>
       <c r="H388" t="s">
-        <v>1129</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1130</v>
+        <v>1168</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="D389" t="s">
-        <v>1117</v>
+        <v>1090</v>
       </c>
       <c r="E389" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F389" t="s">
-        <v>39</v>
+        <v>1065</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1131</v>
+        <v>1169</v>
       </c>
       <c r="H389" t="s">
-        <v>1132</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1133</v>
+        <v>1171</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="D390" t="s">
-        <v>1134</v>
+        <v>1090</v>
       </c>
       <c r="E390" t="s">
-        <v>1135</v>
+        <v>1091</v>
       </c>
       <c r="F390" t="s">
-        <v>984</v>
+        <v>1065</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1136</v>
+        <v>1172</v>
       </c>
       <c r="H390" t="s">
-        <v>1137</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1138</v>
+        <v>1174</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="D391" t="s">
-        <v>1139</v>
+        <v>1090</v>
       </c>
       <c r="E391" t="s">
-        <v>1140</v>
+        <v>1091</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1065</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1141</v>
+        <v>1175</v>
       </c>
       <c r="H391" t="s">
-        <v>1142</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1143</v>
+        <v>1177</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
+        <v>113</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>116</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>119</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>122</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>125</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>128</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>131</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>134</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>137</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>140</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>143</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>146</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>149</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>152</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>155</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>158</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>161</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>164</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>167</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>171</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>174</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F412" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>177</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>180</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>183</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>186</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>189</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>192</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>195</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>198</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>201</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>204</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>207</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>210</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>213</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>216</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>219</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>222</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>225</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>228</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F430" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>231</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F431" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>234</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F432" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>237</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F433" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>10</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F434" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
         <v>21</v>
       </c>
-      <c r="D392" t="s">
-[...12 lines deleted...]
-        <v>1145</v>
+      <c r="D435" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>24</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F436" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>28</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F437" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>10</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F438" t="s">
+        <v>56</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>21</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F439" t="s">
+        <v>73</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>24</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F440" t="s">
+        <v>73</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>28</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F441" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>32</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>35</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>38</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>42</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>45</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>49</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>52</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>55</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>59</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F450" t="s">
+        <v>39</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>62</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F451" t="s">
+        <v>29</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>65</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>69</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>72</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>76</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>79</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>83</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>86</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>89</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>92</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F460" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>95</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>98</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F462" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>101</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F463" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>104</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>107</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>110</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>113</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>116</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>119</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>122</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>125</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>128</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>131</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>134</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>137</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>140</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>143</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>146</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>149</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>152</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>155</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>158</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F482" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>161</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>164</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>167</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>171</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>174</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>177</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>180</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>183</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>186</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>189</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>192</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>195</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>198</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>201</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>204</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>207</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>210</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>213</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>216</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>219</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>222</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>225</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>228</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>231</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>234</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>237</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>240</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>243</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>246</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>249</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>252</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>255</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>258</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>261</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>264</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>267</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F518" t="s">
+        <v>39</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>270</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F519" t="s">
+        <v>39</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>273</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F520" t="s">
+        <v>80</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>276</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>279</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F522" t="s">
+        <v>46</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>282</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F523" t="s">
+        <v>18</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>285</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F524" t="s">
+        <v>73</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>288</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>291</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>294</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>297</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>300</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>303</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>306</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F531" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>309</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>312</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F533" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>10</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F534" t="s">
+        <v>56</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>10</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F535" t="s">
+        <v>46</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>21</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>24</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F537" t="s">
+        <v>46</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>28</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F538" t="s">
+        <v>46</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>32</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F539" t="s">
+        <v>39</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>35</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F540" t="s">
+        <v>46</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>38</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F541" t="s">
+        <v>46</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>10</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F542" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>21</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>10</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1533</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>21</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1538</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -14388,50 +19545,203 @@
     <hyperlink ref="G368" r:id="rId367"/>
     <hyperlink ref="G369" r:id="rId368"/>
     <hyperlink ref="G370" r:id="rId369"/>
     <hyperlink ref="G371" r:id="rId370"/>
     <hyperlink ref="G372" r:id="rId371"/>
     <hyperlink ref="G373" r:id="rId372"/>
     <hyperlink ref="G374" r:id="rId373"/>
     <hyperlink ref="G375" r:id="rId374"/>
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>