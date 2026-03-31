--- v0 (2025-11-27)
+++ v1 (2026-03-31)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Erica de Souza Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>que seja instituído  programa municipal de Vale  gás para as famílias carentes do município de Carneirinho.</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>que seja instituído programa municipal  “REMÉDIO  EM CASA” para atender as pessoas que estão impossibilitadas de locomoverem ou são portadoras de doenças crônica.</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Wagner Alves da Silva</t>
   </si>
   <si>
     <t>Que faça a extensão da rede elétrica nos Bairros Sagrado Coração de Jesus e São josé  no Distrito de São Sebastião do Pontal.</t>
   </si>
@@ -1831,510 +1831,510 @@
   <si>
     <t>5775</t>
   </si>
   <si>
     <t>Moção de Aplauso e reconhecimento Sargento PM Lydianne Cristina N Ferreira.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO a Senhora Eliane Gonçalves dos Santos, pelos serviços prestados a população do Município de Carneirinho/MG, sempre eficiente e dedicada no desempenho das suas atividades.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5846/projeto_de_decreto_legislativo_01_21_20220418_143241.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5846/projeto_de_decreto_legislativo_01_21_20220418_143241.pdf</t>
   </si>
   <si>
     <t>Aprovam as Contas da Prefeitura Municipal de Carneirinho, relativas ao Exercício de 2019</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5847/projeto_de_decreto_legislativo_02_21_20220418_143639.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5847/projeto_de_decreto_legislativo_02_21_20220418_143639.pdf</t>
   </si>
   <si>
     <t>Aprovam as Contas da Prefeitura Municipal de Carneirinho, relativas ao Exercício de 2018</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5537/projeto_de_lei_complementar_001_2021_000671.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5537/projeto_de_lei_complementar_001_2021_000671.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal - REFIS MUNICIPAL.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5942/plc_03_21_000361.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5942/plc_03_21_000361.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e anual dos vencimentos dos empregados públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5419/projeto_de_lei_001_21_000589.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5419/projeto_de_lei_001_21_000589.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Carneirinho, a celebrar Convênios, Contratos, Acordos, Ajustes e outros instrumentos congêneres com a União, o Estado, ou Pessoa Jurídica de Direito Público ou Privado.</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5420/projeto_de_lei_002_21_000588.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5420/projeto_de_lei_002_21_000588.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5444/projeto_de_lei_003_21_000590.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5444/projeto_de_lei_003_21_000590.pdf</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5445/projeto_de_lei_004_21_000592.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5445/projeto_de_lei_004_21_000592.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.020 e dá outras providências.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5487/projeto_de_lei_07_21_000599.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5487/projeto_de_lei_07_21_000599.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.021 e dá outras providências.</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5510/projeto_de_lei_08_2021_000670.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5510/projeto_de_lei_08_2021_000670.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a baixa de créditos tributários prescritos, no Município de Carneirinho Estado de Minas Gerais e dá outras Providências.</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5511/projeto_de_lei_09_21_000648.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5511/projeto_de_lei_09_21_000648.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5516/projeto_de_lei_10_21_000649.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5516/projeto_de_lei_10_21_000649.pdf</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5567/projeto_de_lei_15_21_000074.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5567/projeto_de_lei_15_21_000074.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5568/projeto_de_lei_16_2021_000667.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5568/projeto_de_lei_16_2021_000667.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial e dá outras providencias.</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5569/projeto_de_lei_17_2021_000668.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5569/projeto_de_lei_17_2021_000668.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.021l e dá outras providencias.</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5570/projeto_de_lei_18_2021_000669.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5570/projeto_de_lei_18_2021_000669.pdf</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5603/projeto_de_lei_19_21_000002.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5603/projeto_de_lei_19_21_000002.pdf</t>
   </si>
   <si>
     <t>Institui benefício temporário ao cidadão "provedor "do lar que se encontra em situação de vulnerabilidade socieconômica em decorrência da pandemia da Covid-19</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5604/projeto_de_lei_20_21_000003.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5604/projeto_de_lei_20_21_000003.pdf</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5614/projeto_de_lei_24_21_000007.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5614/projeto_de_lei_24_21_000007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Carneirinho a contratar com Banco de  Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorgo de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5615/projeto_de_lei_25_21_000008.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5615/projeto_de_lei_25_21_000008.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a Lei Municipal n.1.503, de 22 de agosto de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5642/projeto_de_lei_26_21_000075.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5642/projeto_de_lei_26_21_000075.pdf</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5647/projeto_de_lei_29_21_000015.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5647/projeto_de_lei_29_21_000015.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE  DIREITO DE DIREITO DE PREFERÊNCIA À VACINAÇÃO CONTRA A COVID-19 (NOVO CORONAVÍRUS), AOS PROFISSIONAIS DA EDUCAÇÃO DA REDE PÚBLICA E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5678/projeto_de_lei_33_21_000076.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5678/projeto_de_lei_33_21_000076.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º, caput e art. 3º da Lei nº 1.299, de 06 de fevereiro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5679/projeto_de_lei_34_21_000077.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5679/projeto_de_lei_34_21_000077.pdf</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5704/projeto_de_lei_35_21_000078.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5704/projeto_de_lei_35_21_000078.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de credito adicional suplementar no orçamento do exercício financeiro de 2021 e da outras providencias.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_lei_36_21_000079.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_lei_36_21_000079.pdf</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5706/projeto_de_lei_37_21_000080.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5706/projeto_de_lei_37_21_000080.pdf</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5708/projeto_de_lei_38_21_000081.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5708/projeto_de_lei_38_21_000081.pdf</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5741/projeto_de_lei_41_21_000097.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5741/projeto_de_lei_41_21_000097.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Incentivo a Correção do Solo, visando o atendimento a pequenos produtores rurais e dá outras providências.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5742/projeto_de_lei_42_21_000098.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5742/projeto_de_lei_42_21_000098.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa Municipal de Incentivos à Industrialização, Comercialização e serviços no Município de Carneirinho. e dá outras providencias.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5743/projeto_de_lei_43_21_000099.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5743/projeto_de_lei_43_21_000099.pdf</t>
   </si>
   <si>
     <t>Institui no Âmbito do Município de Carneirinho, o Programa Municipal de Melhoramento Genético, através da inseminação artificial em bovinocultura leiteira e de corte, vinculado à Secretaria Municipal de Meio Ambiente, Agropecuária, Agricultura e apoio às Associações.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5748/pl_44__21_000346.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5748/pl_44__21_000346.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual de Ação Governamental do Município de Carneirinho, Estado de Minas Gerais para quadriênio 2022-2025 - PPAG 2022-2025.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5749/pl_45__21_000347.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5749/pl_45__21_000347.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de carneirinho, MG, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5750/projeto_de_lei_46_21_000100.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5750/projeto_de_lei_46_21_000100.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar no orçamento do exercício financeiro de 2.021 e dá outras providências.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5751/projeto_de_lei_47_21_000101.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5751/projeto_de_lei_47_21_000101.pdf</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5752/projeto_de_lei_48_21_000102.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5752/projeto_de_lei_48_21_000102.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.021 e dá outras providências..</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5757/projeto_de_lei_49_21_000103.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5757/projeto_de_lei_49_21_000103.pdf</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5821/projeto_de_lei_50_21_000202.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5821/projeto_de_lei_50_21_000202.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar por excesso de arrecadação de convênio no orçamento do exercício financeiro de 2.021 e dá outras providências.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5822/projeto_de_lei_51_21_000203.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5822/projeto_de_lei_51_21_000203.pdf</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5850/projeto_de_lei_52_21_000204.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5850/projeto_de_lei_52_21_000204.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.021 e dá outras providencias.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5851/projeto_de_lei_53_21_000205.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5851/projeto_de_lei_53_21_000205.pdf</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
     <t>Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5852/projeto_de_lei_54_21_000206.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5852/projeto_de_lei_54_21_000206.pdf</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5853/projeto_de_lei_55_21_000207.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5853/projeto_de_lei_55_21_000207.pdf</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5854/projeto_de_lei_56_21_000208.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5854/projeto_de_lei_56_21_000208.pdf</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5855/projeto_de_lei_57_21_000209.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5855/projeto_de_lei_57_21_000209.pdf</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5826/projeto_de_lei_58_21_000210.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5826/projeto_de_lei_58_21_000210.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de abono especial aos profissionais da educação referente ao saldo remanescente do FUNDEB 70% no ano/exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5856/projeto_de_lei_59_21_000211.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5856/projeto_de_lei_59_21_000211.pdf</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5827/projeto_de_lei_60_21_000212.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5827/projeto_de_lei_60_21_000212.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal Natal Solidário, consistente na realização de eventos e doação de brinquedos ás crianças do Município e dá outras providências.</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5828/projeto_de_lei_61_21_000213.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5828/projeto_de_lei_61_21_000213.pdf</t>
   </si>
   <si>
     <t>Autoriza a premiação em dinheiro aos vencedores dos campeonatos esportivos pelo Município de Carneirinho/MG e aos vencedores dos eventos mencionados e dá outras providências.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5829/projeto_de_lei_62_21_000214.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5829/projeto_de_lei_62_21_000214.pdf</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5868/pl_63__21_000348.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5868/pl_63__21_000348.pdf</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5869/pl_64__21_000349.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5869/pl_64__21_000349.pdf</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5870/pl_65__21_000350.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5870/pl_65__21_000350.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na lei Municipal nº1.643, de 05 de julho de 2021-LDO2022 e dá outras providências.</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5899/pl_66__21_000351.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5899/pl_66__21_000351.pdf</t>
   </si>
   <si>
     <t>Concede Abono Pecuniário a servidores do Município de Carneirinho, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5895/pr_cm_01_21_000345.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5895/pr_cm_01_21_000345.pdf</t>
   </si>
   <si>
     <t>Concede revisão anual do Subsídio dos Vereadores da Câmara Municipal de Carneirinho.</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Anderson Domingos de  Menezes, Erica de Souza Queiroz, Fábio Samartino, Genomar Tiago de Araújo, Joaquim Madalena Severino de Almeida, Maria Aparecida de Oliveira Queiroz, Pedro Emilio Martins Arruda, Wagner Alves da Silva, Zenon Pereira Assunção</t>
   </si>
   <si>
     <t>Falecimento senhorita Lilian Selles Rodrigues dia 28/12/2021</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
     <t>pelo falecimento do senhor Valdino de Souza Lima no dia 13/01/2021</t>
   </si>
@@ -3151,93 +3151,93 @@
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor Rui de Pádua Souza no dia 17/12/2021 em Carneirinho/MG.</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor Ceon Anselmo da Maia dia 16/12/2021 em Carneirinho/MG</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>PLLEG</t>
   </si>
   <si>
     <t>Projeto de lei Legislativo</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5831/projeto_de_lei_62_21_000214.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5831/projeto_de_lei_62_21_000214.pdf</t>
   </si>
   <si>
     <t>Modifica o anexo I da Lei nº 468 de 31 de dezembro de 2001, alterada pela lei 590, de 10 de abril de 2003 e 1.072 de 05 de agosto de 2010.</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5896/pl_cm_06_21_000344.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5896/pl_cm_06_21_000344.pdf</t>
   </si>
   <si>
     <t>Concede revisão no subsídio do Prefeito, Vice-prefeito e doa Secretários Municipais da Prefeitura do Município de Carneirinho-Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5897/pl_cm__007__21_000358.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5897/pl_cm__007__21_000358.pdf</t>
   </si>
   <si>
     <t>Concede abono pecuniário aos servidores da Câmara Municipal de Carneirinho, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5898/pl_cm__008__21_000359.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5898/pl_cm__008__21_000359.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I - Cargos de Provimento efetivo e o Anexo II da Lei 1.132/2011, de 27 de dezembro de 20211.</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
     <t>PLCLE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar  Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5894/plc_001__21_000352.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5894/plc_001__21_000352.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual das remunerações dos servidores da Câmara Municipal de Carneirinho.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3544,67 +3544,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5846/projeto_de_decreto_legislativo_01_21_20220418_143241.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5847/projeto_de_decreto_legislativo_02_21_20220418_143639.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5537/projeto_de_lei_complementar_001_2021_000671.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5942/plc_03_21_000361.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5419/projeto_de_lei_001_21_000589.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5420/projeto_de_lei_002_21_000588.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5444/projeto_de_lei_003_21_000590.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5445/projeto_de_lei_004_21_000592.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5487/projeto_de_lei_07_21_000599.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5510/projeto_de_lei_08_2021_000670.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5511/projeto_de_lei_09_21_000648.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5516/projeto_de_lei_10_21_000649.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5567/projeto_de_lei_15_21_000074.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5568/projeto_de_lei_16_2021_000667.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5569/projeto_de_lei_17_2021_000668.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5570/projeto_de_lei_18_2021_000669.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5603/projeto_de_lei_19_21_000002.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5604/projeto_de_lei_20_21_000003.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5614/projeto_de_lei_24_21_000007.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5615/projeto_de_lei_25_21_000008.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5642/projeto_de_lei_26_21_000075.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5647/projeto_de_lei_29_21_000015.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5678/projeto_de_lei_33_21_000076.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5679/projeto_de_lei_34_21_000077.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5704/projeto_de_lei_35_21_000078.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_lei_36_21_000079.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5706/projeto_de_lei_37_21_000080.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5708/projeto_de_lei_38_21_000081.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5741/projeto_de_lei_41_21_000097.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5742/projeto_de_lei_42_21_000098.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5743/projeto_de_lei_43_21_000099.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5748/pl_44__21_000346.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5749/pl_45__21_000347.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5750/projeto_de_lei_46_21_000100.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5751/projeto_de_lei_47_21_000101.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5752/projeto_de_lei_48_21_000102.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5757/projeto_de_lei_49_21_000103.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5821/projeto_de_lei_50_21_000202.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5822/projeto_de_lei_51_21_000203.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5850/projeto_de_lei_52_21_000204.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5851/projeto_de_lei_53_21_000205.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5852/projeto_de_lei_54_21_000206.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5853/projeto_de_lei_55_21_000207.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5854/projeto_de_lei_56_21_000208.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5855/projeto_de_lei_57_21_000209.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5826/projeto_de_lei_58_21_000210.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5856/projeto_de_lei_59_21_000211.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5827/projeto_de_lei_60_21_000212.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5828/projeto_de_lei_61_21_000213.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5829/projeto_de_lei_62_21_000214.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5868/pl_63__21_000348.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5869/pl_64__21_000349.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5870/pl_65__21_000350.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5899/pl_66__21_000351.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5895/pr_cm_01_21_000345.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5831/projeto_de_lei_62_21_000214.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5896/pl_cm_06_21_000344.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5897/pl_cm__007__21_000358.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5898/pl_cm__008__21_000359.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5894/plc_001__21_000352.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5846/projeto_de_decreto_legislativo_01_21_20220418_143241.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5847/projeto_de_decreto_legislativo_02_21_20220418_143639.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5537/projeto_de_lei_complementar_001_2021_000671.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5942/plc_03_21_000361.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5419/projeto_de_lei_001_21_000589.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5420/projeto_de_lei_002_21_000588.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5444/projeto_de_lei_003_21_000590.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5445/projeto_de_lei_004_21_000592.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5487/projeto_de_lei_07_21_000599.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5510/projeto_de_lei_08_2021_000670.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5511/projeto_de_lei_09_21_000648.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5516/projeto_de_lei_10_21_000649.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5567/projeto_de_lei_15_21_000074.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5568/projeto_de_lei_16_2021_000667.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5569/projeto_de_lei_17_2021_000668.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5570/projeto_de_lei_18_2021_000669.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5603/projeto_de_lei_19_21_000002.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5604/projeto_de_lei_20_21_000003.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5614/projeto_de_lei_24_21_000007.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5615/projeto_de_lei_25_21_000008.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5642/projeto_de_lei_26_21_000075.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5647/projeto_de_lei_29_21_000015.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5678/projeto_de_lei_33_21_000076.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5679/projeto_de_lei_34_21_000077.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5704/projeto_de_lei_35_21_000078.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_lei_36_21_000079.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5706/projeto_de_lei_37_21_000080.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5708/projeto_de_lei_38_21_000081.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5741/projeto_de_lei_41_21_000097.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5742/projeto_de_lei_42_21_000098.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5743/projeto_de_lei_43_21_000099.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5748/pl_44__21_000346.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5749/pl_45__21_000347.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5750/projeto_de_lei_46_21_000100.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5751/projeto_de_lei_47_21_000101.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5752/projeto_de_lei_48_21_000102.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5757/projeto_de_lei_49_21_000103.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5821/projeto_de_lei_50_21_000202.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5822/projeto_de_lei_51_21_000203.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5850/projeto_de_lei_52_21_000204.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5851/projeto_de_lei_53_21_000205.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5852/projeto_de_lei_54_21_000206.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5853/projeto_de_lei_55_21_000207.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5854/projeto_de_lei_56_21_000208.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5855/projeto_de_lei_57_21_000209.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5826/projeto_de_lei_58_21_000210.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5856/projeto_de_lei_59_21_000211.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5827/projeto_de_lei_60_21_000212.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5828/projeto_de_lei_61_21_000213.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5829/projeto_de_lei_62_21_000214.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5868/pl_63__21_000348.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5869/pl_64__21_000349.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5870/pl_65__21_000350.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5899/pl_66__21_000351.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5895/pr_cm_01_21_000345.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5831/projeto_de_lei_62_21_000214.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5896/pl_cm_06_21_000344.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5897/pl_cm__007__21_000358.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5898/pl_cm__008__21_000359.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2021/5894/plc_001__21_000352.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H386"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="228" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>