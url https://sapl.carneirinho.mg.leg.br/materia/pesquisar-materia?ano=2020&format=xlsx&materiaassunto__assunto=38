--- v0 (2025-10-04)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Daniel Rodrigues Marques</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>no sentido de solicitar ao  Senhor Prefeito Municipal que viabilize incentivos fiscais para os empresários do município, bem como para os novos que vier se instalar no município para gerar mais empregos e renda para a população.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="38.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="204.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>