--- v0 (2025-10-04)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Daniel Rodrigues Marques</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>no sentido de solicitar ao  Senhor Prefeito Municipal que viabilize incentivos fiscais para os empresários do município, bem como para os novos que vier se instalar no município para gerar mais empregos e renda para a população.</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
     <t>no sentido reiterar os termos da Indicação n.52/17,  119/2018 e 46/2019 de  autoria do vereador Sirvaldo Socorro de Toledo que solicitou ao senhor Prefeito Municipal de Carneirinho que viabilize junto a Secretaria do Trabalho e Emprego do Estado de Minas Gerais a implantação Centros Estaduais de Políticas de Emprego e Renda (CEPER) ou Unidades de Atendimento Integrado (UAI) ou outro posto similar, tipo SINE, para emissão de primeira e segunda via da Carteira de Trabalho. Na oportunidade solicito também a reativação do serviço de emissão de carteira de identidade no Município de Carneirinho, visando a continuidade do serviços solicitamos ainda a criação de cargo de provimento efetivo, para posterior nomeação do servidor no Cargo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -417,67 +417,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="38.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>