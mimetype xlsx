--- v0 (2025-10-04)
+++ v1 (2026-03-25)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>reiterar os termos das Indicações nºs.07/2019 e 145/2019 que solicitou ao senhor Prefeito Municipal de Carneirinho  a manutenção das torneiras e válvulas hidra dos vasos sanitários e a reforma da parte interna dos banheiros do Ginásio Esportivo Lourenço Martins Maia. Solicitando ainda a substituição das calhas existentes no referido ginásio.</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>no sentido de reiterar os termos da indicação 56/2018, datada de 29/08/2018,  de autoria deste vereador que esta  subscreve,  que solicitou ao Senhor Prefeito Municipal de Carneirinho que determine ao setor competente para que  derrube as árvores de eucalipto existente no Estádio Juvenal José de Queiroz.</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a perfuração de mais poços artesianos  na Vila Gracilândia e na Comunidade São João Batista- Ruivinha</t>
   </si>
@@ -114,93 +114,93 @@
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal a  Contratação de uma empresa especializada para fazer o levantamento de todas as extensões de rede elétrica em todo o município.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5090/projeto_lei_12_2004022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5090/projeto_lei_12_2004022020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5102/projeto_de_lei_15_2018022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5102/projeto_de_lei_15_2018022020.pdf</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5103/projeto_de_lei_16_2018022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5103/projeto_de_lei_16_2018022020.pdf</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5104/projeto_de_lei_17_2018022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5104/projeto_de_lei_17_2018022020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5125/projeto_de_lei_18_1916032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5125/projeto_de_lei_18_1916032020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.020 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -507,67 +507,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5090/projeto_lei_12_2004022020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5102/projeto_de_lei_15_2018022020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5103/projeto_de_lei_16_2018022020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5104/projeto_de_lei_17_2018022020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5125/projeto_de_lei_18_1916032020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5090/projeto_lei_12_2004022020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5102/projeto_de_lei_15_2018022020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5103/projeto_de_lei_16_2018022020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5104/projeto_de_lei_17_2018022020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2020/5125/projeto_de_lei_18_1916032020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>