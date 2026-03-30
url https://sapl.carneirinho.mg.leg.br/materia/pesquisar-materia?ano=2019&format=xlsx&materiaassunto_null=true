--- v0 (2025-11-27)
+++ v1 (2026-03-30)
@@ -54,1608 +54,1608 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5155/ato_da_mesa_01_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5155/ato_da_mesa_01_201910032020.pdf</t>
   </si>
   <si>
     <t>contratado por tempo determinado o Senhor Aparecido dos Reis de Queiroz, para exercer o cargo, de provimento efetivo, de vigia.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5156/ato_da_mesa_02_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5156/ato_da_mesa_02_201910032020.pdf</t>
   </si>
   <si>
     <t>Contrata, por tempo determinado, a Senhora Cristiane Lima Jardim, para exercer o cargo de Auxiliar de Serviços Gerais.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5157/ato_da_mesa_03_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5157/ato_da_mesa_03_201910032020.pdf</t>
   </si>
   <si>
     <t>Concede férias ao servidor abaixo relacionado e dá outras providências.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5158/ato_da_mesa_04_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5158/ato_da_mesa_04_201910032020.pdf</t>
   </si>
   <si>
     <t>Concede férias aos servidores que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5159/ato_da_mesa_05_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5159/ato_da_mesa_05_201910032020.pdf</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5160/ato_da_mesa_06_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5160/ato_da_mesa_06_201910032020.pdf</t>
   </si>
   <si>
     <t>Concede férias aos servidores e dá outras providências.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5161/ato_da_mesa_07_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5161/ato_da_mesa_07_201910032020.pdf</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5162/ato_da_mesa_08_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5162/ato_da_mesa_08_201910032020.pdf</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5163/ato_da_mesa_09_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5163/ato_da_mesa_09_201910032020.pdf</t>
   </si>
   <si>
     <t>Concede férias ao servidor que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5164/ato_da_mesa_10_201910032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5164/ato_da_mesa_10_201910032020.pdf</t>
   </si>
   <si>
     <t>Declara vago o Cargo de Assessor Jurídico, de provimento em comissão.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4709/4709_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4709/4709_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO USE O RECURSO FINANCEIRO QUE SERIA USADO PARA FESTA DO PEÃO DE BOIADEIROS DE 2019 NA AMPLIAÇÃO OU CONSTRUÇÃO DE UM VELÓRIO NA SEDE DO MUNICÍPIO, ONDE COMPORTAM ATÉ TRÊS ÓBITOS E SUAS FAMÍLIAS.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4710/4710_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4710/4710_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA REMARCAÇÃO DA SINALIZAÇÃO(PARE) NAS RUAS E AVENIDAS NA SEDE QUE FORAM RECAPEADOS E NAS DEMAIS RUAS E AVENIDAS QUE ESTÃO APAGADAS DEVIDO O TEMPO DE USO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4711/4711_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4711/4711_texto_integral.xml</t>
   </si>
   <si>
     <t>USE O RECURSO FINANCEIRO QUE SERIA USADO NO CARNAVAL DE 2019 NA AQUISIÇÃO DE AR CONDICIONADO PARA A CRECHE "TIA BETY", PARA AS SALAS DE AULA ONDE AINDA NÃO TEM E PARA A CRECHE DOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL E SALAS DE AULA E INSTALE AR CONDICIONADO NO AMBULATÓRIO VICENTE SEVERINO DE SOCORRO NA RECEPÇÃO, QUARTOS ONDE NÃO TEM.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4712/4712_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4712/4712_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.57/2018 DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE UMA MOTOFOG PARA O COMBATE DO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4713/4713_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4713/4713_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE UMA AMBULÂNCIA OU VEÍCULO NO ÂMBULATÓRIO VICENTE SEVERINO DE SOCORRO PARA TRANSPORTAR PACIENTES IDOSOS E GESTANTES ATÉ A FARMÁCIA, AO PSF E PARA AGENDAMENTOS DE EXAMES.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4714/4714_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4714/4714_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE LOMBADAS AO LONGO DAS RUAS SÃO PAULO E RICARDO DE JESUS COSTA.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4762/4762_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4762/4762_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA A MANUTENÇÃO DAS TORNEIRAS E VÁLVULAS HIDRA DOS VASOS SANITÁRIOS, BEM COMO, A REFORMA DA PARTE INTERNA DOS BANHEIROS DO GINÁSIO ESPORTIVO LOURENÇO MARTINS MAIA. SOLICITAMOS AINDA A SUBSTITUIÇÃO DAS CALHAS EXISTENTES NO REFERIDO GINÁSIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4716/indicacao_08_2019022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4716/indicacao_08_2019022020.pdf</t>
   </si>
   <si>
     <t>ENVIE AO LEGISLATIVO PROJETO DE LEI ABRINDO CRÉDITO ADICIONAL ESPECIAL CRIANDO DOTAÇÃO NA LEI ORÇAMENTARIA ANUAL DESTINADA À CONCESSÃO DE BOLSA DE ESTUDOS PARCIAIS, DO PROGRAMA MUNICIPAL DE APOIO A EDUCAÇÃO SUPERIOR, INSTITUÍDO PELA LEI MUNICIPAL Nº1.299 DE 06 DE FEVEREIRO DE 2.015</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4720/4720_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4720/4720_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE A VISTORIA NAS PONTES SOBRE OS CÓRREGOS BEBEDOURO E FRANGO NO ACESSO REALINO ALVES DE OLIVEIRA À BR-497.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4721/4721_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4721/4721_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO 105/2017, DATADA DE 12/06/2017, DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE PONTE DE CIMENTO SOBRE O CÓRREGO DA FORMIGA, NA PROPRIEDADE DO SR.SEBASTIÃO F.DE TOLEDO DIVISA COM JOSÉ QUEIROZ DE TOLEDO.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4730/indicacao_11_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4730/indicacao_11_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DA UNIDADE BÁSICA DE SAÚDE JOSÉ FRANCISCO DE TOLEDO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A CONSTRUÇÃO DE CALÇADAS E SUBSTITUIÇÃO DO PORTÃO.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4731/4731_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4731/4731_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZE AS FESTIVIDADES DE CARNAVAL NA SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Daniel Rodrigues Marques</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4732/4732_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4732/4732_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE TURNO ININTERRUPTO DE TRABALHO DE SEIS HORAS PARA OS SERVIDORES RESPONSÁVEIS PELA LIMPEZA DAS RUAS E AVENIDAS DA SEDE E DOS DISTRITO DE CARNEIRINHO-MG</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4739/indicacao_15_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4739/indicacao_15_1919022020.pdf</t>
   </si>
   <si>
     <t>A DOAÇÃO DE KIT ESCOLAR AOS ALUNOS DA REDE MUNICIPAL, A QUAL DEVERÁ ESTA INSERIDOS OS SEGUINTES: DUAS CAMISETA, TÊNIS, MOCHILA E MATERIAIS DIVERSOS,(CADERNOS, LÁPIS PRETO, DE COR, GIZ DE CERA, APONTADOR E BORRACHA), E TAMBÉM, A DOAÇÃO DE CAMISETAS PARA OS ALUNOS DA REDE ESTADUAL DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4740/indicacao_16_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4740/indicacao_16_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA E AMPLIAÇÃO DO ANTIGO PRÉDIO DA USB (UNIDADE BÁSICA DE SAÚDE) DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PARA FUNCIONAR A EXTENSÃO DO CRAS (CENTRO DE REFERENCIA DE ASSISTENCIAL SOCIAL).</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4741/indicacao_17_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4741/indicacao_17_1919022020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE NOVAS INSTALAÇÕES PARA FUNCIONAR O AMBULATÓRIO VICENTE SEVERINO DE SOCORRO.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4742/4742_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4742/4742_texto_integral.xml</t>
   </si>
   <si>
     <t>ENTRAR EM CONTATO COM EMPRESÁRIOS DO RAMO DE TECELAGEM OU DE OUTRO SETOR PARA INSTALAREM OUTRA EMPRESA NO ANTIGO PRÉDIO QUE FUNCIONAVA A TECELAGEM.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4743/4743_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4743/4743_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">UM DOS GRANDES PROBLEMAS EXISTENTE EM NOSSO MUNICÍPIO É A GRANDE QUANTIDADE DE ANIMAIS VIVENDO NA RUA, OS QUAIS SE PROLIFERAM SEM CONTROLE, COM A IMPLANTANÇÃO DESTE CENTRO DE ZOONOSE ALÉM DAS FAMOSAS CARROCINHAS QUE PASSAM RECOLHENDO OS BICHINHOS DA RUA, ESSE LOCAL TAMBÉM PODERÁ OFERECER VACINAÇÃO, CASTRAÇÃO, SANEAMENTO AMBIENTAL, ADOÇÃO, ENTRE OUTROS. OUTRO SERVIÇOS IMPORTANTE A SER O OFERECIDO É O CONTROLE GAMBÁ, RATOS E MORCEGOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4744/4744_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4744/4744_texto_integral.xml</t>
   </si>
   <si>
     <t>ENTRE EM CONTATO COM A EMPRESA ITAMARATI VIABILIZANDO A ENTRADA DO ÔNIBUS DA LINHA DE PARANAÍBA-MT A SÃO PAULO NA CIDADE DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4745/4745_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4745/4745_texto_integral.xml</t>
   </si>
   <si>
     <t>SEJA EFETUADO OS SEGUINTES SERVIÇOS NA VILA GRACILÂNDIA: PATROLAMENTO DAS RUAS E AVENIDAS, REFORMA DA QUADRA, MANUTENÇÃO NA REDE ELÉTRICA DA PRAÇA E REFORMA DOS BANHEIROS.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4746/4746_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4746/4746_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE COBERTURA PARA GUARDAR OS VEÍCULOS LOTADOS NO AMBULATÓRIO VICENTE SEVERINO SOCORRO. SOLICITAMOS AINDA A CONSTRUÇÃO DE BARRACÃO AMPLO NO ESTACIONAMENTO DA PREFEITURA PARA PROTEGER OS VEÍCULOS DA ADMINISTRAÇÃO E DOS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4747/4747_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4747/4747_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA CARLOS SANTA ROSA, NAS PROXIMIDADE DA IGREJA ASSEMBLEIA DE DEUS.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4763/indicacao_24_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4763/indicacao_24_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DA PRAÇA DA LAUDELINA ANTÔNIA DOS SANTOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, INCLUINDO REPAROS NOS BANHEIROS E NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4764/indicacao_25_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4764/indicacao_25_1919022020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4765/4765_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4765/4765_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PRIORIZE NO CALENDÁRIO DE EVENTOS DESTE ANO A REALIZAÇÃO DO MOTOCROSS E SHOW.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4766/indicacao_28_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4766/indicacao_28_1919022020.pdf</t>
   </si>
   <si>
     <t>LEVANTAMENTO E O CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL AO DISTRITO DE ESTRELA DA BARRA E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Wagner Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4767/4767_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4767/4767_texto_integral.xml</t>
   </si>
   <si>
     <t>EFETUADA A MANUTENÇÃO DAS GALERIAS PLUVIAIS PARA MELHOR CAPACITAÇÃO DE ÁGUA PLUVIAL NAS RUAS E AVENIDA DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4768/4768_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4768/4768_texto_integral.xml</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADO A LIMPEZA DOS TERRENOS BALDIOS (ROÇAR) NO BAIRRO SANTA INÊS, BEM COMO A CONTRATAÇÃO DE AUXILIARES DE SERVIÇOS URBANOS PARA FAZER A LIMPEZA DAS RUAS E AVENIDAS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4771/4771_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4771/4771_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES Nº 26/2017 E 30/2018, DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REFORMA DO PRÉDIO ONDE FUNCIONADA O CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL (CASA DA FAMÍLIA) ETTORI LONGO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO E TAMBÉM A CONSTRUÇÃO DE PRAÇAS E MURO PARA A DEVIDA PROTEÇÃO DO PATRIMÔNIO PÚBLICO.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4772/4772_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4772/4772_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES N.14/2017 E 28/2018 DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REFORMA DA ÁREA DE LAZER OSVALDO PAULA ASSUNÇÃO E DA QUADRA FRANCISCO GUIZZO, NO JARDIM PRIMAVERA, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4773/4773_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4773/4773_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA PRAÇA ADÉLIA SOARES VILELA NO JARDIM PRIMAVERA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4774/indicacao_34_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4774/indicacao_34_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DA PONTE NO CÓRREGO DA VOLTA GRANDE, NA ESTRADA QUE PASSA PELA PROPRIEDADE DO SR. BARTOLOMEU GARNICA ATÉ A PROPRIEDADE DA CARMEM CARDOSO, DANDO ACESSO TAMBEM AS PROPRIEDADES DOS SENHORES CIRINEU CHAVES, AGNON MAURILIO E DA SENHORA SONIA CARDOSO, NA REGIÃO VOLTA GRANDE.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4775/4775_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4775/4775_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO Nº 63/2017, DATADA DE 17/03/2017, DE AUTORIA DO VEREADOR GENOMAR TIAGO DE ARAÚJO, QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REVITALIZAÇÃO DAS MARGENS DO CÓRREGO CARNEIRINHO. SOLICITAMOS AINDA A CONSTRUÇÃO DE PISTA DE CAMINHADA AS MARGENS DO CÓRREGO CARNEIRINHO, NO INTERVALO DA RUA LAURA DOS SANTOS SOUZA A RUA CLEBER ROBERTO FERREIRA E A ILUMINAÇÃO DA MESMA. NA OPORTUNIDADE CUMPRE SOLICITAR, TAMBÉM, QUE ENQUANTO A OBRA NÃO É EXECUTADA QUE PROVIDENCIE PLACAS DE TRANSITO IMPEDIDO NO INTERVALO SUPRACITADO PARA QUE AS PESSOAS POSSAM CAMINHAR.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4776/4776_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4776/4776_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE PARCERIA COM EMPRESÁRIOS PARA IMPLANTAÇÃO DE PROJETO DE RECICLAGEM DE PNEUS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4777/4777_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4777/4777_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE PARCERIA COM A USINA CORURIPE PARA RECUPERAR AS ESTRADAS, PONTES E MATA-BURROS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4778/4778_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4778/4778_texto_integral.xml</t>
   </si>
   <si>
     <t>A DISPONIBILIZAÇÃO DE VEICULO PARA O TRANSPORTE DE PACIENTES QUE FAZEM TRATAMENTOS NA CIDADE DE PARANAÍBA-MS.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4779/indicacao_39_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4779/indicacao_39_1919022020.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO MAIS UMA EQUIPE NO DEPARTAMENTO DE PONTES E MATA-BURROS PARA ATENDER OS PRODUTORES RURAIS DOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4780/indicacao_40_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4780/indicacao_40_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE CARPINTEIRO PARA COMPOR A EQUIPE DE PONTE E MATA BURRO DA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4781/4781_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4781/4781_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE RECUPERAÇÃO FISCAL - REFIS MUNICIPAL, VISANDO CONCEDER DESCONTO, AOS CONTRIBUINTES, NO PAGAMENTO DOS TRIBUTOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4787/4787_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4787/4787_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE GALERIAS PLUVIAIS PARA A CAPTAÇÃO DE ÁGUAS DA CHUVA NAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO, POIS EXISTEM VÁRIOS PONTOS CRÍTICO AO LONGO DESTES LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4788/4788_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4788/4788_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE OPERAÇÃO TAMPA BURACOS E/OU RECAPEAMENTO DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4789/4789_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4789/4789_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE DOIS FUNCIONÁRIOS PARA EXERCER ATIVIDADES DE COMBATE AOS CARAMUJOS, ESCORPIÕES, BARBEIROS, RATOS E LARVAS DOS MOSQUITOS AËDES AEGYPTI E AËDES ALBOPICTUS NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4790/indicacao_45_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4790/indicacao_45_1919022020.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA PONTE SOBRE O CÓRREGO DA VOLTA GRANDE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES SEBASTIÃO SABINO CÂNDIDO E BARTOLOMEU GARNICA.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4791/indicacao_46_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4791/indicacao_46_1919022020.pdf</t>
   </si>
   <si>
     <t>VIABILIZE JUNTO A SECRETARIA DO TRABALHO E EMPREGO DO ESTADO DE MINAS GERAIS A IMPLANTAÇÃO CENTROS ESTADUAIS DE POLÍTICAS DE EMPREGO E RENDA (CEPER) OU UNIDADES DE ATENDIMENTO INTEGRADO (UAI) OU OUTRO POSTO SIMILAR, TIPO SINE, PARA EMISSÃO DE PRIMEIRA E SEGUNDA VIA DA CARTEIRA DE TRABALHO. NA OPORTUNIDADE SOLICITO TAMBÉM A REATIVAÇÃO DO SERVIÇO DE EMISSÃO DE CARTEIRA DE IDENTIDADE NO MUNICÍPIO DE CARNEIRINHO, VISANDO A CONTINUIDADE DO SERVIÇOS SOLICITAMOS AINDA A CRIAÇÃO DE CARGO DE PROVIMENTO EFETIVO, PARA POSTERIOR NOMEAÇÃO DO SERVIDOR NO CARGO.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4792/indicacao_47_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4792/indicacao_47_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DO POSTO DE SAÚDE VILA GRACILÂNDIA, MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4793/4793_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4793/4793_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A INSTALADO PLACAS DE IDENTIFICAÇÃO NAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO, CONTENDO OS NOMES ATUAIS E O ANTIGO DAS MESMAS, VISANDO FACILITAR A LOCALIZAÇÃO DOS ENDEREÇOS PELAS PESSOAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4794/4794_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4794/4794_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE TERRENO PARA QUE NOVO CEMITÉRIO SEJA INSTALADO E TAMBÉM PARA A CONSTRUÇÃO DE CAPELAS DE VELÓRIO NA SEDE DO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4795/4795_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4795/4795_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A INSTALAÇÃO DE LIXEIRAS NAS PRAÇAS ADÉLIA SOARES VILELA, ANTÔNIA RODRIGUES DE SOUZA, RUFINA PERPÉTUA DE TOLEDO E JOÃO SOARES DE ASSUNÇÃO NA SEDE DO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4806/4806_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4806/4806_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BRINQUEDOS EDUCATIVOS PARA AS CRIANÇAS DAS CRECHES MUNICIPAIS E DA APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4807/4807_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4807/4807_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A DELEGACIA REGIONAL DA POLICIA CIVIL E AO DETRAN PARA QUE AS VISTORIAS DOS VEÍCULOS NO MOMENTO DE TRANSFERÊNCIA OU PRIMEIRO EMPLACAMENTO SEJAM REALIZADAS NO MUNICÍPIO E CARNEIRINHO, POIS ATUALMENTE ESTE SERVIÇO ESTÁ SENDO REALIZADO NA COMARCA DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4808/4808_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4808/4808_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO DELEGADO REGIONAL DA POLICIA CIVIL PARA QUE O DELEGADO DE POLICIA RESPONSÁVEL PELAS OCORRÊNCIAS DO MUNICÍPIO DE CARNEIRINHO PROCEDA O INQUÉRITO POLICIAL NESTE MUNICÍPIO, PRINCIPALMENTE QUANTO AOS DEPOIMENTO DA VITIMA E DO RÉU.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4809/4809_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4809/4809_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE DUAS LOMBADAS NA ESTRADA QUE VAI PARA A COMUNIDADE SÃO JOÃO BATISTA(RUIVINHA)NAS PROXIMIDADE DA SEDE DA COMUNIDADE.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4810/4810_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4810/4810_texto_integral.xml</t>
   </si>
   <si>
     <t>DÊ CONTINUIDADE AOS TRABALHOS DE QUEBRAR OS BARRANCOS E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE LIGA A SEDE DO MUNICÍPIO À DIVISA COM MUNICÍPIO DE ITURAMA, CÓRREGO DO RIBEIRÃO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4811/4811_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4811/4811_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTINUIDADE NOS TRABALHOS DE CONSTRUÇÃO DAS CALÇADAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4812/indicacao_57_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4812/indicacao_57_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DA SINALIZAÇÃO HORIZONTAL DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA COLOCANDO MARCADORES REFLETIVOS (TACHA OU SONORIZADO), BEM COMO, DAS RUAS E AVENIDAS DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL. SOLICITAMOS AINDA QUE SEJA COLOCADO PLACAS DE IDENTIFICAÇÃO AO LONGO DA ESTRADA VICINAL E TAMBÉM DAS RUAS, AVENIDAS COM AS REFERIDAS DENOMINAÇÕES.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4813/indicacao_58_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4813/indicacao_58_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CALÇADAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4814/indicacao_59_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4814/indicacao_59_1919022020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ESTALEIRO PARA COLETA DO LIXO RURAL OU A DISPONIBILIDADE DE CAÇAMBA EM PONTOS ESTRATÉGICOS NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4822/4822_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4822/4822_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A LIMPEZA DAS CAIXAS DE ÁGUA EXISTENTES NAS ESCOLAS MUNICIPAIS E CRECHE NA SEDE E NOS DISTRITOS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4829/indicacao_61_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4829/indicacao_61_1919022020.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PEDREIRO E SERVENTE PARA PRESTAR SERVIÇO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, FAZENDO CALÇADAS E REFORMAS DE CASA DE PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4830/indicacao_62_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4830/indicacao_62_1919022020.pdf</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE VACINA CONTRA A GRIPE PARA IMUNIZAR TODOS OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4831/indicacao_63_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4831/indicacao_63_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PONTE SOBRE O CÓRREGO DA FORMIGUINHA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL A FAZENDA PONTAL II, PRÓXIMO AS PROPRIEDADES DO SR.FÁBIO ASSUNÇÃO, ANDRÉ CANDELÁRIA E DEMAIS PRODUTORES.</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4832/4832_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4832/4832_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE A LIMPEZA DO PÁTIO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL TIA BETE - CEMEI, ALÉM DA LIMPEZA DOS FORROS DAS SALAS DE AULAS E O REPAROS DOS AZULEJOS DAS PAREDES DOS BANHEIROS.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4833/4833_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4833/4833_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A MELHORIA NA ILUMINAÇÃO NA PRAÇA RUFINA PERPÉTUA DE TOLEDO BEM COMO A TROCA DE POSTES E LAMPADAS.</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4834/4834_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4834/4834_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA RECAPEAMENTO DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4835/4835_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4835/4835_texto_integral.xml</t>
   </si>
   <si>
     <t>SEJA CELEBRANDO UM TERMO DE CESSÃO DE USO, PELO PERÍODO DE 10 ANOS, DO PRÉDIO ONDE FUNCIONAVA A ESCOLA MUNICIPAL GRACILÂNDIA, A QUAL FOI DESATIVADA NESTA GESTÃO.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4841/indicacao_68_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4841/indicacao_68_1919022020.pdf</t>
   </si>
   <si>
     <t>ABERTURA DO POSTO DE SAÚDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL EM SISTEMA DE PLANTÕES, ABRINDO QUATRO HORAS POR DIA SENDO DUAS NA PARTE MANHÃ E DUAS NO PERÍODO DA TARDE NOS FINAIS DE SEMANAS E FERIADOS.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4842/indicacao_69_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4842/indicacao_69_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DO PRÉDIO ONDE FUNCIONA A SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4843/indicacao_70_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4843/indicacao_70_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE SEDE NOVA PARA FUNCIONAR A PREFEITURA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4844/4844_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4844/4844_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REMOÇÃO DO LIXÃO PARA OUTRO LOCAL MAIS AFASTADO DA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4845/4845_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4845/4845_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO O LEVANTAMENTO DA ESTRADA MUNICIPAL NA SAÍDA DA AVENIDA CARLOS SANTA ROSA, PRÓXIMO AO LIXÃO._x000D_
 </t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4846/4846_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4846/4846_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE AO SETOR COMPETENTE PARA A PROVIDENCIAR A SINALIZAÇÃO INFORMANDO AS PESSOAS QUE TRATA-SE DE ÁREA ESCOLAR, TANTO SINALIZAÇÃO VERTICAL COMO HORIZONTAL, PARA QUE OS MOTORISTA TENHAM VISÃO AMPLA E CONSEQUENTEMENTE TOME MAIS CUIDADO.SOLICITO AINDA QUE SEJA CONSTRUÍDOS REDUTORES DE VELOCIDADE NOS QUARTEIROS DAS ESCOLAS COM FAIXAS DE PEDESTRES. _x000D_
 </t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4847/4847_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4847/4847_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE GALERIAS PLUVIAIS E SARGETÕES NA AVENIDA DELCINO LEANDRO BARBOSA COM AS RUAS  SANTA </t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4848/4848_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4848/4848_texto_integral.xml</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UMA SUBPREFEITURA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4854/4854_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4854/4854_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A LIMPEZA DA AVENIDA AMBRAULINO LEANDRO BARBOSA, BEM COMO LAVAR COM O CAMINHÃO PIPA.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4849/4849_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4849/4849_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIADO UMA OPERAÇÃO TAPAR BURACOS NA RUA  CORREDOR X COM O CORREDOR Y.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4855/4855_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4855/4855_texto_integral.xml</t>
   </si>
   <si>
     <t>LIMPEZA  DA ÁREA LIVRE QUE FICA PRÓXIMO A CÂMARA E AO ESTÁDIO DE FUTEBOL JUVENAL JOSÉ DE QUEIROZ</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4856/4856_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4856/4856_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PISTA DE CAMINHADA NA AVENIDA AMBRAULINO LEANDRO BARBOSA DANDO A VOLTA PELA MGT 497 </t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4857/indicacao_80_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4857/indicacao_80_1919022020.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL QUE VIABILIZE CONVÊNIO COM O BANCO BRADESCO PARA O RECEBIMENTO DO IPTU, PRINCIPALMENTE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4858/indicacao_81_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4858/indicacao_81_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DO PRÉDIO ONDE FUNCIONAVA A ESCOLA MUNICIPAL DA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Fábio Samartino</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4868/4868_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4868/4868_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE TERRENO PARA CONSTRUÇÃO DA SEDE DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS-APAE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4869/indicacao_83_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4869/indicacao_83_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA NA QUADRA DE ESPORTE DA VILA APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4870/indicacao_84_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4870/indicacao_84_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DA UNIDADE BÁSICA DE SAÚDE E A CONSTRUÇÃO DE ABRIGO PARA AS PESSOAS QUE AGUARDAM POR VIAGENS NO DISTRITO FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4871/indicacao_85_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4871/indicacao_85_1919022020.pdf</t>
   </si>
   <si>
     <t>A REFORMA DO ESTÁDIO DIONIZIO NOBRE DOS SANTOS EM FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4872/4872_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4872/4872_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA NA PRAÇA DA ROTATÓRIA JOÃO SOARES DE ASSUNÇÃO NOS BANCOS E MELHORIA NA ILUMINAÇÃO E A REFORMA NA IMAGEM DO CRISTO REDENTOR.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4873/4873_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4873/4873_texto_integral.xml</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DAS CAIXAS DE ÁGUA ANTIGA (AMIANTO) POR CAIXAS DE PVC EXISTENTES EM TODOS OS DEPARTAMENTOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO,ALÉM DA CAIXA D E ÁGUA DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4876/indicacao_88_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4876/indicacao_88_1919022020.pdf</t>
   </si>
   <si>
     <t>SEJA INCLUÍDA DOTAÇÃO NA LEI ORÇAMENTARIA ANUAL DESTINADA PARA O PAGAMENTO DE BOLSA DE ESTUDOS PARCIAIS PARA OS UNIVERSITÁRIOS DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4877/indicacao_89_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4877/indicacao_89_1919022020.pdf</t>
   </si>
   <si>
     <t>A REATIVAÇÃO DO CONVÊNIO COM O HOSPITAL DO OLHO PIZARRO DE SÃO JOSÉ DO RIO PRETO-SP.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4878/4878_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4878/4878_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO E ESPORTES A IMPLANTAÇÃO DE ESCOLA DE FUTEBOL INFANTIL E JUVENIL PARA ATENDER AS CRIANÇAS E ADOLESCENTES DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4902/4902_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4902/4902_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A TROCA DOS BANCOS DAS LÂMPADAS E POSTES NA PRAÇA DO DISTRITO DE FÁTIMA PONTAL.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4881/4881_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4881/4881_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZAR RECURSOS OU PARCERIA PARA PAVIMENTAÇÃO ASFÁLTICA NA ENTRADA DO DISTRITO DE ESTRELA DA BARRA SENTIDO A CARNEIRINHO E NA ENTRADA DO DISTRITO DE FÁTIMA DO PONTAL UNS 3 A 4 KM.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4882/indicacao_93_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4882/indicacao_93_1919022020.pdf</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A USINA CARNEIRINHO PARA QUE ELES PROVIDENCIE A RECONSTRUÇÃO DA PONTE SOBRE O CÓRREGO DO BARREIRO NA DIVISA DAS PROPRIEDADES DOS SENHORES FRANCISCO TAIGO DE ARAÚJO COM APARECIDO MELO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4905/4905_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4905/4905_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE CÂMERAS NO PRÉDIO DO ESF JOÃO SOARES DE ASSUNÇÃO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4883/4883_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4883/4883_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE CESTA BÁSICA DE ALIMENTOS PARA OS FUNCIONÁRIOS PÚBLICOS QUE RECEBEM ATÉ UM SALÁRIO MÍNIMO.</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4884/4884_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4884/4884_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE INTERNET GRÁTIS COM VELOCIDADE IGUAL OU SUPERIOR A 50 MEGABYTES NAS PRAÇAS, CAMPOS DE FUTEBOL E ESTÁDIO NA SEDE E NOS DISTRITOS.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4885/4885_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4885/4885_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE OS JOGOS INTERESCOLARES SEJAM REALIZADOS NA SEDE E NOS DISTRITOS ADOTANDO O SISTEMA DE REVEZAMENTO DE RODADAS DE JOGOS.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4886/4886_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4886/4886_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE CÂMERAS NO PRÉDIO (NA ENTRADA, NO PÁTIO, NAS SALAS DE AULAS, NA COZINHA E NOS FUNDO) ONDE FUNCIONARÁ O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ELIZABETE RODRIGUES DA SILVA FERREIRA - TIA BETE” NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4887/4887_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4887/4887_texto_integral.xml</t>
   </si>
   <si>
     <t>APÓS A TRANSFERÊNCIA DO CEMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ELIZABETE RODRIGUES DA SILVA FERREIRA- "TIA BETE" QUE SEJA REFORMADO O ANTIGO PRÉDIO PARA A INSTALADO DE LAR DE IDOSOS NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4888/4888_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4888/4888_texto_integral.xml</t>
   </si>
   <si>
     <t>APÓS A CONSTRUÇÃO DO NOVO PRÉDIO DA PREFEITURA QUE SEJA PROVIDENCIADO A REFORMA DO ANTIGO PRÉDIO PARA A INSTALAÇÃO DO SETOR DE COMBATE A ENDEMIAS E CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4906/indicacao_101_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4906/indicacao_101_1919022020.pdf</t>
   </si>
   <si>
     <t>A RECONSTRUÇÃO DA TUBULAÇÃO NO CÓRREGO DA ÁGUA LIMPA NA ESTRADA MUNICIPAL QUE PASSA PELA PROPRIEDADE DO SENHOR ANIVALDO ANTÔNIO DOS SANTOS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4907/4907_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4907/4907_texto_integral.xml</t>
   </si>
   <si>
     <t>SEJA INSTALADO O ACESSO DE INTERNET NO POSTO DE SAÚDE DA VILA GRACILÂNDIA PARA UTILIZAÇÃO DO SERVIÇO ADMINISTRATIVO, BEM COMO A DISPONIBILIZAÇÃO DA MESMA PARA OS VISITANTES.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4908/indicacao_103_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4908/indicacao_103_1919022020.pdf</t>
   </si>
   <si>
     <t>A RECONSTRUÇÃO DO MUROS E A REFORMA DO CEMITÉRIO LOCALIZADO NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4909/indicacao_104_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4909/indicacao_104_1919022020.pdf</t>
   </si>
   <si>
     <t>A RECONSTRUÇÃO DA PONTE SOBRE O CÓRREGO VOLTA GRANDE NA ESTRADA QUE DÁ ACESSO A VILA GRACILÂNDIA, PODENDO SER EFETUADO TAL SERVIÇO COM RECURSO PRÓPRIA OU VIA PARCERIA COM A USINA CARNEIRINHO.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4910/4910_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4910/4910_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE VERBAS PARA REALIZAÇÃO DO RÉVEILLON/2020 NO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4911/4911_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4911/4911_texto_integral.xml</t>
   </si>
   <si>
     <t>A AMPLIAÇÃO DO PRÉDIO ONDE FUNCIONA O VELÓRIO E A INSTALAÇÃO DE DOIS ARES CONDICIONADO, NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4912/4912_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4912/4912_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE A CONTRATAÇÃO DE EMPRESA PARA DAR MANUTENÇÃO DOS ARES CONDICIONADOS DA ESCOLA ESTADUAL E MUNICIPAL MARECHAL HERMES NO DISTRITO DE ESTRELA DA BARRA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4913/4913_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4913/4913_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.03/2018 DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE UM PARQUE INFANTIL NA PRAÇA RUFINA PERPÉTUA DE TOLEDO(PRAÇA DA MATRIZ).</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4914/4914_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4914/4914_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE TRÊS MATABURROS NA REGIÃO DA PINDAÍBA, DISTRITO DE FÁTIMA DO PONTAL, PRÓXIMO AS PROPRIEDADES DOS SENHORES OCIMAR, CIDO QUIRINO, JOSÉ CARLOS INÁCIO E MARIA DO ROQUE.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4915/4915_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4915/4915_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ATERRO COM TUBULAÇÃO NA ESTRADA MUNICIPAL QUE PASSA PELA PROPRIEDADE DO SR.GILSON PAULISTA NA REGIÃO DAS DUAS PONTES COM A DO BREJO DO CAVALO.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4923/4923_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4923/4923_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PONTE DE CIMENTO OU DE FERRO NO CÓRREGO DO RIBEIRÃO DO CEMITÉRIO DIVISA COM MUNICÍPIO DE ITURAMA NA REGIÃO DA RUIVINHA.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4924/4924_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4924/4924_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE UM LOCAL, JUNTAMENTE COM PROFISSIONAIS NA ÁREA PARA QUE SEJA INSTALADO A ECOTERPIA, PARA O TRATAMENTO DE PESSOAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4925/indicacao_113_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4925/indicacao_113_1919022020.pdf</t>
   </si>
   <si>
     <t>VIABILIZE CONVÊNIOS COM O ESTADO E A USINA CORURIPE PARA A PAVIMENTAÇÃO ASFÁLTICA DAS ESTRADAS MUNICIPAIS QUE LIGA OS DISTRITOS DE ESTRELA DA BARRA, FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL A SEDE DA USINA, BEM COMO, A SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4926/indicacao_114_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4926/indicacao_114_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CALÇADAS NO PASSEIO DO ESTÁDIO MUNICIPAL JOAQUIM BARRETO DA CUNHA SENTIDO A TECELAGEM, BEM COMO A PAVIMENTAÇÃO ASFÁLTICA DO PROLONGAMENTO DA RUA NOVE DE JANEIRO, A CONSTRUÇÃO DE MEIO FIO, GUIAS DE SARJETA E A INSTALAÇÃO DE POSTES COM LÂMPADA NO REFERIDO PROLONGAMENTO.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4927/indicacao_115_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4927/indicacao_115_1919022020.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ATERRO COM TUBULAÇÃO NA ESTRADA QUE PASSA PELA PROPRIEDADE DO JOÃO ANTÔNIO DA SILVA (JOÃO PERNAMBUCO).</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4928/4928_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4928/4928_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA INCLUÍDO NA MINUTA DE CONTRATO QUE ACOMPANHA O EDITAL DE PROCESSO LICITATÓRIO DE OBRAS E ENGENHARIA, CLÁUSULA EXIGINDO QUE EMPRESA VENCEDORA TENHA NO MINIMO 60% (SESSENTA POR CENTO) DO SEU QUADRO DE FUNCIONÁRIOS DA OBRA COMPOSTO POR PESSOAS QUE RESIDEM NO MUNICÍPIO DE CARNEIRINHO-MG._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4933/4933_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4933/4933_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES Nº CM 22/2017 E 114/2018 QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO REPAROS NA ILUMINAÇÃO PÚBLICA DAS RUAS E AVENIDAS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, TENDO EM VISTA, A EXISTÊNCIA DE LÂMPADAS QUEIMADAS E TAMBÉM LUMINÁRIAS QUEBRADAS. VALE RESSALTA A NECESSIDADE DE TROCAR AS LUMINÁRIAS A AVENIDA SÃO SEBASTIÃO POR OUTRAS QUE DEIXA O CENTRO DESTE DISTRITO MAIS CLARO À NOITE.</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO ONDE FUNCIONAVA A TECELAGEM NO LOGRADOURO PÚBLICO DENOMINADO CORREDOR X, NO BAIRRO JOAQUIM LUIZ FERREIRA PARA IMPLANTAÇÃO DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>FAÇA INSTALAÇÃO DE ACADEMIA AO AR LIVRE NA AVENIDA FIRMINO LUIZ DE OLIVEIRA DE FRENTE NAS PROXIMIDADES DO BAIRRO RESIDENCIAL RODRIGUES MAIA.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4943/indicacao_120_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4943/indicacao_120_1919022020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE E BANCOS NO ESPAÇA LIVRE QUE FICA NA AVENIDA SÃO SEBASTIÃO ESQUINA COM A RUA JUSCELINO KUBITSCHEK AO LADO DA CRECHE EMÍLIA OLIVEIRA DE QUEIROZ.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4944/indicacao_121_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4944/indicacao_121_1919022020.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE A REFORMA DO MURO DO CEMITÉRIO DA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4945/indicacao_122_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4945/indicacao_122_1919022020.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE ALGUNS PONTOS DE ILUMINAÇÃO NO CEMITÉRIO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UMA ÁREA RURAL PARA PLANTAR FRUTAS, VERDURAS E LEGUMES PARA ABASTECIMENTO DAS ESCOLAS MUNICIPAIS E ESTADUAIS, APAE E FAMÍLIAS CARENTES DO MUNICÍPIO DE CARNEIRINHO. FAZ-SE NECESSÁRIO RESSALTAR QUE NESTE LOCAL PODERÁ SER INSTALADO GRANJA E TANQUE PARA A CRIAÇÃO DE PEIXES.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PROVIDENCIE CONVÊNIOS COM O HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO-SP, DESTINANDO O VALOR DE R$ 100.000,00 (CEM MIL REAIS) MENSAIS, COM O INTUITO DE ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
@@ -1713,72 +1713,72 @@
   <si>
     <t>4966</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>a limpeza (capinar) das guias de sarjeta da sede do município de Carneirinho.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Que denomina a estrada que vai da BR 497 até a Usina de Olegário Lima.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4968/indicacao_133_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4968/indicacao_133_1919022020.pdf</t>
   </si>
   <si>
     <t>a reformar do Ginásio Poliesportivo José Tiago de Alvarenga  no Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Que faça reforma da quadra Joaquim José de Paulo (Joaquim Madalena) na Escola Estadual Professor Antônio da Silva e que faça convênio com o Estado para fazer a reforma no Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4970/indicacao_135_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4970/indicacao_135_1919022020.pdf</t>
   </si>
   <si>
     <t>A construção de prédio para funcionar as Secretarias Municipais de Educação, Saúde e Assistências Social.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>arborização da entrada do distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>a ampliação da rede elétrica na Avenida Avelino Socorro Filho até a rua Guilherme Rosa da Silva, no Residencial Maria Honória de Queiroz, bem como a construção de redutor de velocidade neste logradouro público.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
@@ -1854,75 +1854,75 @@
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Que faça a contratação de um funcionário para desenvolver um projeto de castração dos cães que estão nas ruas do município de carneirinho MG.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que faça a pavimentação asfáltica no final da rua Mato Grosso com a rua do corredor y uns 200 metros próximo a tecelagem.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5004/indicacao_148_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5004/indicacao_148_1919022020.pdf</t>
   </si>
   <si>
     <t>que faça a reconstrução de uma tubulação na estrada municipal  que passa pela propriedade do senhor Sebastião Francisco de Toledo no Distrito de Estrela da Barra.</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5005/indicacao_149_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5005/indicacao_149_1919022020.pdf</t>
   </si>
   <si>
     <t>que faça a construção de uma Usina Fotovoltaica para gerar energia para todos os prédios públicos municipal, com recursos próprio ou através de financiamento.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5006/indicacao_150_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5006/indicacao_150_1919022020.pdf</t>
   </si>
   <si>
     <t>reiterar os termos da Indicação n.66/2017 e 25/2019 de minha autoria que solicitou a  implantação de laboratório de Análises Clínicas para atender a população do município de Carneirinho.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>de reiterar os termos das Indicações nº.73/2017 60/2018 que solicitaram ao senhor Prefeito Municipal de Carneirinho a contratação de profissional da área de educação física, para treinar a equipe de atletas adulto e veterano no distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que seja providenciado a limpeza dos terrenos baldios (roçar) no bairro Santa Inês, bem como a contratação de auxiliares de serviços urbanos para fazer a limpeza das ruas e avenidas do Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
@@ -1953,237 +1953,237 @@
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que viabilize a instalação de empresa no Distrito de Fátima do Pontal e na sede do Município de Carneirinho MG, preferencialmente do ramo de tecelagem.</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho que determine a  empresa tercerizada para substituir as lâmpadas de três postes na Rua Ricardo de Jesus Costa, próximo a casa de n.888.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5019/indicacao_158_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5019/indicacao_158_1919022020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar os termos da Indicação nº. 018/2017 que solicitou ao Senhor Prefeito Municipal de Carneirinho a doação de kit escolar aos alunos da rede municipal, no qual deverá esta inseridos os seguintes: duas camiseta, tênis, mochila e materiais diversos,(cadernos, lápis preto, de cor, giz de cera, apontador e borracha), e também, a doação de camisetas para os alunos da rede estadual do nosso município.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5020/indicacao_159_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5020/indicacao_159_1919022020.pdf</t>
   </si>
   <si>
     <t>reiterar os termos da Indicação nº. 074/2017 que solicitou ao Senhor Prefeito Municipal de Carneirinho a construção de novas instalações para funcionar o Ambulatório Vicente Severino de Socorro.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5021/indicacao_160_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5021/indicacao_160_1919022020.pdf</t>
   </si>
   <si>
     <t>construção de casas populares para pessoas carentes do Município, através de convênios com os órgãos competentes.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5024/indicacao_162_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5024/indicacao_162_1919022020.pdf</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho  que interceda junto ao setor competente para que faça constar do calendário de transportes universitários  a semana de 12 a 16 de  outubro, pois há aula normal nas faculdades.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>a doação de cestas de materiais de construção para as pessoas que foram contempladas com terrenos pela municipalidade nas gestões anteriores e que não edificaram suas casas.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5026/indicacao_164_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5026/indicacao_164_1919022020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar os termos da indicação nº 37/2017, datada de 22/02/2017, 38/2018,  datada de 12/04/18 e 57/2019 datada de 10/04/2019 que solicitou ao senhor Prefeito Municipal de Carneirinho a reforma da sinalização horizontal da estrada vicinal Realino Alves de Oliveira colocando marcadores refletivos (tacha ou sonorizado), bem como, das ruas e avenidas da Sede do Distrito de São Sebastião do Pontal. Solicitamos ainda que seja colocado placas de identificação ao longo da Estrada vicinal e também das ruas, avenidas com as referidas denominações.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Que faça a instalação de um Mercado Municipal na sede do Município de Carneirinho MG.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5028/indicacao_166_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5028/indicacao_166_1919022020.pdf</t>
   </si>
   <si>
     <t>aquisição de veículos para a Secretaria Municipal de Saúde de Carneirinho.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>remanejamento das turmas  da creche para Escola Municipal Vicente Luiz Alves em virtude</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Construção de uma quadra de esporte na escola municipal de  tempo integral Iolete das Graças Vilela Soares.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>que seja acionado o poupa tempo de BH para que faça a emissão de documentos dos habitantes do Município de  Carneirinho MG</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5042/indicacao_170_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5042/indicacao_170_1919022020.pdf</t>
   </si>
   <si>
     <t>ampliação do prédio da Escola Municipal Vicente Luiz Alves na Sede do município.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5045/indicacao_171_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5045/indicacao_171_1919022020.pdf</t>
   </si>
   <si>
     <t>que promova incentivo para a reativação da Guarda Mirim de Carneirinho, fundada em 29 de janeiro de 1996, com sede na Rua Antônio das Graças Oliveira, 1277.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5046/indicacao_172_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5046/indicacao_172_1919022020.pdf</t>
   </si>
   <si>
     <t>a contratação de pedreiro e servente para prestar serviço no distrito de São Sebastião do Pontal, fazendo calçadas e reformas de casa de pessoas de baixa renda.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>que faça a sinalização dos quebra molas</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5056/indicacao_174_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5056/indicacao_174_1919022020.pdf</t>
   </si>
   <si>
     <t>no sentido  de solicitar ao senhor Prefeito Municipal de Carneirinho a contratação  de uma empresa para promover diversão da criança neste periodo de festividades natalina e ano novo, com a disponibilização de trem da alegria, touro mecânico, brinquedos,  pipoca e algodão doce e etctal evento que seja disponibilizado  para a  Sede e o distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5057/indicacao_175_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5057/indicacao_175_1919022020.pdf</t>
   </si>
   <si>
     <t>a construção de módulos sanitários na Sede, nos Distritos, nas Vilas e nos povoados.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5058/indicacao_176_1919022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5058/indicacao_176_1919022020.pdf</t>
   </si>
   <si>
     <t>reforma do prédio da farmácia de minas na sede do município de Carneirinho.</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Que use os recursos financeiro que seria gasto  para o carnaval e festa do peão do boiadeiro de 2020 para o departamento de saúde,  para a compra de soro contra picadas de escorpiões na sede do município de Carneirinho MG.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>no sentido de solicitar ao senhor Prefeito Municipal de Carneirinho a aquisição  de  ônibus para o departamento de esporte para o transporte dos  atletas do município.</t>
   </si>
   <si>
     <t>5061</t>
   </si>
@@ -2226,1133 +2226,1133 @@
   <si>
     <t>183</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Senhor Prefeito Municipal que promova incentivo financeiro para os artistas do Município.</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Senhor Prefeito Municipal de Carneirinho a disponibilização de algumas cestas básicas para as igrejas do município para  atender as famílias carentes.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4821/4821_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4821/4821_texto_integral.xml</t>
   </si>
   <si>
     <t>EMPRESA CMAA - UNIDADE VALE DO PONTAL , PELA GERAÇÃO DE EMPREGO NA COMARCA DE ITURAMA BEM COMO PELO PROGRAMA SOCIAL QUE TEM DESENVOLVIDO JUNTO AS ENTIDADES DESTA REGIÃO.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4867/4867_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4867/4867_texto_integral.xml</t>
   </si>
   <si>
     <t>SILVIO MARIO ALVES</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>Raul Vieira Gonzaga, Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4889/4889_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4889/4889_texto_integral.xml</t>
   </si>
   <si>
     <t>AGUSTINHO NETO FERREIRA</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4916/4916_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4916/4916_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR VALTER RUIZ,</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>Raul Vieira Gonzaga</t>
   </si>
   <si>
     <t>Moção de Aplauso e Reconhecimento a Senhora Nilfa Leonel Barbosa</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO aos Delegados da Policia Civil, os doutores  Osório Fertius da Silva Oliveira (Delegado Regional) e Evandro Marcelo Franchi, pela implantação do serviço de vistorias de veículos no Município de Carneirinho-MG, os quais são eficientes e eficazes no exercício das suas funções.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO ao senhor Ricardo Lacerda Gouveia(Goiâno), pelos relevantes serviços prestados a população do Município de Carneirinho,  principalmente no combate a incêndios na região e pequenos socorros aos produtores rurais,  sempre eficiente e eficaz no exercício da sua função, não medindo esforços para que a população seja bem atendida.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO a Usina Coruripe pelos relevantes serviços prestados a população do Município de Carneirinho,  sempre eficiente e eficaz no exercício da sua função, colocando sempre a disposição o caminhão pipa para combater incêndios na região e demais socorros que os produtores rurais necessitam, não medindo esforços para que a população seja bem atendida.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>Moção de Aplauso e reconhecimento aos funcionários da Secretaria Municipal de Cultura e Turismo pela ornamentação das Praças.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4752/4752_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4752/4752_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4753/4753_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4753/4753_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DAS REMUNERAÇÕES DOS SERVIDORES DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4798/4798_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4798/4798_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A SUBSTITUIÇÃO DOS ANEXOS DA LEI COMPLEMENTAR N° 70/2.018 DO MUNICÍPIO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4824/4824_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4824/4824_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REQUISITO PARA PROVIMENTO DOS EMPREGOS PÚBLICOS QUE MENCIONA E SUBSTITUI OS ANEXOS QUE INDICA DA LEI COMPLEMENTAR N.070/18 DO MUNICÍPIO DE CARNEIRINHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4827/4827_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4827/4827_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DOS ANEXOS V E VX, DA LEI COMPLEMENTAR N.70/2.018 E DO ANEXO III, DA LEI COMPLEMENTAR N.75/2.009, DO MUNICÍPIO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4851/plc_007_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4851/plc_007_1921012020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALTERAR OS VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATES ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5049/projeto_lei_complementar_08_1904022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5049/projeto_lei_complementar_08_1904022020.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal - REFIS MUNICIPAL.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4717/4717_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4717/4717_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI AS NOVAS DIRETRIZES PARA O SISTEMA MUNICIPAL DE TRANSPORTE EM SAÚDE (SMTS) NO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4718/4718_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4718/4718_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO NO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DA PREFEITURA DO MUNICÍPIO DE CARNEIRINHO-ESTADO DE MINAS GERAIS._x000D_
 	</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4719/4719_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4719/4719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE EVENTO NA LEI N.456/2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4734/4734_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4734/4734_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2.019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4735/4735_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4735/4735_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4748/4748_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4748/4748_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTOS ELIMINADORES DE AR NAS TUBULAÇÕES DO SISTEMA DE ÁGUA E DA  OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4736/4736_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4736/4736_texto_integral.pdf</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4737/4737_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4737/4737_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE TURISMO - COMTUR E INSTITUI O FUNDO MUNICIPAL DE TURISMO - FUMTUR DO MUNICÍPIO DE CARNEIRINHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4738/4738_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4738/4738_texto_integral.pdf</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4760/4760_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4760/4760_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE COOPERAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4759/4759_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4759/4759_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA QUE MENCIONA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4761/4761_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4761/4761_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DESTINAÇÃO DA RODOVIA REALINO ALVES DE OLIVEIRA PARA AVENIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4785/4785_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4785/4785_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA SUSPENSÃO DO SERVIÇO DE FORNECIMENTO DE ENERGIA ELÉTRICA E DE ÁGUA, NO MUNICÍPIO DE CARNEIRINHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4786/4786_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4786/4786_texto_integral.pdf</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4799/4799_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4799/4799_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, EM NOME DO MUNICÍPIO DE CARNEIRINHO/MG, A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4800/4800_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4800/4800_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO PERMUTAR IMÓVEL DE SUA PROPRIEDADE COM IMÓVEL DE PROPRIEDADE DE DIVANIL BERTOLINO SIQUEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4801/4801_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4801/4801_texto_integral.pdf</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4802/4802_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4802/4802_texto_integral.pdf</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4803/4803_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4803/4803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONCESSÃO DE DIREITO REAL DE USO DO IMÓVEL QUE INDICA À EMPRESA QUE MENCIONA.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4804/4804_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4804/4804_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4805/4805_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4805/4805_texto_integral.pdf</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4823/4823_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4823/4823_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2.020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4825/4825_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4825/4825_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4826/4826_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4826/4826_texto_integral.pdf</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4828/4828_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4828/4828_texto_integral.pdf</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela, Fábio Samartino</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4850/4850_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4850/4850_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES E DOS PRODUTORES RURAIS DE VILA GRACILÂNDIA, COM SEDE NA AVENIDA UM, 1.565, NO MUNICÍPIO DE CARNEIRINHO &amp;#8211; MG.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4863/4863_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4863/4863_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEL À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS-COHAB MINAS OU AOS BENEFICIÁRIOS FINAIS, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4862/4862_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4862/4862_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE VALOR HISTÓRICO E CULTURAL O BEM PÚBLICO QUE MENCIONA.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4860/4860_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4860/4860_texto_integral.pdf</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4861/4861_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4861/4861_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO AGRONEGÓCIO NO MUNICÍPIO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4852/4852_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4852/4852_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONCESSÃO DE DIREITO REAL DE USO DO IMÓVEL QUE INDICA À ASSOCIAÇÃO QUE MENCIONA.</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4853/pl_32_19_000272.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4853/pl_32_19_000272.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO PERMUTAR IMÓVEL DE SUA PROPRIEDADE COM IMÓVEL DE PROPRIEDADE DO SINDICATO DOS PRODUTORES RURAIS DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4875/projeto_33_19.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4875/projeto_33_19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRATAR COM BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4934/4934_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4934/4934_texto_integral.pdf</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4935/4935_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4935/4935_texto_integral.pdf</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4936/4936_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4936/4936_texto_integral.pdf</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4937/4937_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4937/4937_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONCESSÃO DE USO DO IMÓVEL QUE INDICA.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4899/4899_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4899/4899_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSOLIDA O CALENDÁRIO OFICIAL DE EVENTOS E FESTIVIDADES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4938/4938_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4938/4938_texto_integral.pdf</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4939/4939_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4939/4939_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A PARTICIPAR DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE SAÚDE DA REDE DE URGÊNCIA E EMERGÊNCIA DA MACRORREGIÃO DO TRIÂNGULO SUL - CISTRISUL, ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS MUNCIPAIS N.1.434/2018 E 1.462/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4900/4900_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4900/4900_texto_integral.pdf</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4901/4901_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4901/4901_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A UNIDADE BÁSICA DE SAÚDE "JOAQUIM RENEL".</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>RETIFICA A REDAÇÃO DA EMENDA E DO "CAPUT"E INCISOS DO ART.1.DA LEI MUNICIPAL N.1.156 DE 12 DE SETEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO E AFETAÇÃO DE IMÓVEIS, QUE MENCIONA, DE PROPRIEDADE DO MUNICÍPIO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4920/pl_46_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4920/pl_46_1921012020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI MUNICIPAL N.1.408, DE 21 DE DEZEMBRO DE 2017 - PPAG 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4921/pl_47_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4921/pl_47_1921012020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI MUNICIPAL N.1.493, DE 26 DE JUNHO DE 2019 - LDO 2.020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4922/pl_48_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4922/pl_48_1921012020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRINHO, MG, PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4997/pl_53_201821022019.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4997/pl_53_201821022019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2. da Lei Municipal n.409/2001, alterada parcialmente pelas Leis Complementares Municipais n.056/2009 e 058/2011, libera imóvel dado em garantia hipotecária nos termos do art.3. e seu parágrafo único, com as redações que lhe foram dadas respectivamente pelas Leis Complementares n.56/2009 e 58/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4999/pl_55_201821022019.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4999/pl_55_201821022019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento do exercício financeiro de 2.019 e dá outras providências.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5001/pl_57_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5001/pl_57_1921012020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art.4.da Lei Municipal n.581/2003 e dá outras providências.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5017/pl_59_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5017/pl_59_1921012020.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de segurança Hídrica e Gestão das Águas no Município de Carneirinho.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5033/pl_62_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5033/pl_62_1921012020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sessão de empregados públicos Municipais nos casos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5036/pl_64_1921012020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5036/pl_64_1921012020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de débitos ou obrigações do município de Carneirinho/MG, suas autarquias e fundações decorrentes das obrigações de pequeno valor previstas no $$ 3. e 4. do Art. 100 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5047/projeto_lei_66_1904022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5047/projeto_lei_66_1904022020.pdf</t>
   </si>
   <si>
     <t>estabelece valor mínimo para ajuizamento de execução fiscal, implementa a notificação e protesto extrajudicial para o recebimento de créditos de qualquer natureza devidos à Fazenda Pública Municipal, vencidos e ou inscritos em dívida ativa, executados ou não, e dá outras providências.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso, com encargos, de imóveis pertencentes ao Patrimônio Municipal às empresas com atividades no Comércio e na Indústria.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5072/projeto_de_resolucao_n.02_1904022020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5072/projeto_de_resolucao_n.02_1904022020.pdf</t>
   </si>
   <si>
     <t>Acresce $3o ao Art.2o da Resolução no 153/2009.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4722/4722_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4722/4722_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA VERÔNICA DA SILVA</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4723/4723_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4723/4723_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO CARLOS XAVIER</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4724/4724_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4724/4724_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZA ALVES PIMENTA</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4725/4725_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4725/4725_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIA SANTA ANA MORERO</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4726/4726_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4726/4726_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ JOAQUIM DE OLIVEIRA</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4727/4727_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4727/4727_texto_integral.xml</t>
   </si>
   <si>
     <t>PE. LUIZ RIBEIRO DA CUNHA</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4728/4728_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4728/4728_texto_integral.xml</t>
   </si>
   <si>
     <t>VICENTE VILELA DE SOCORRO</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4729/4729_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4729/4729_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZ DE MATOS</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4733/4733_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4733/4733_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITE AO REPRESENTANTE REGIONAL DA COPASA PARA PRESTAR INFORMAÇÕES NA "TRIBUNA LIVRE" QUANTO AO VALOR COBRADO PELO M³ DE ÁGUA E DE ESGOTO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4749/4749_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4749/4749_texto_integral.xml</t>
   </si>
   <si>
     <t>GUIOMAR VILELA LEÃO</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4750/4750_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4750/4750_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ BRÁS DE MENEZES</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4751/4751_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4751/4751_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO SEVERINO ALVES</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4769/4769_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4769/4769_texto_integral.xml</t>
   </si>
   <si>
     <t>JOANA QUIRINA DE ALMEIDA</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4770/4770_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4770/4770_texto_integral.xml</t>
   </si>
   <si>
     <t>VANTUILDES JOSÉ DE QUEIROZ</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4782/4782_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4782/4782_texto_integral.xml</t>
   </si>
   <si>
     <t>CARLOS NETO ANDRADE DA SILVA</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4783/4783_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4783/4783_texto_integral.xml</t>
   </si>
   <si>
     <t>BENEDITO GUEDES FARIA</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4784/4784_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4784/4784_texto_integral.xml</t>
   </si>
   <si>
     <t>ARMINDA OLIVEIRA CÂNDIDA</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4796/4796_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4796/4796_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITE AO REPRESENTANTE DA COPASA PARA PRESTAR ESCLARECIMENTO NA "TRIBUNA LIVRE" QUANTO AO TRATAMENTO DO ESGOTO REALIZADO POR ESTE ÓRGÃO NO MUNICÍPIO DE CARNEIRINHO, PRINCIPALMENTE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4797/4797_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4797/4797_texto_integral.xml</t>
   </si>
   <si>
     <t>ANA DEVAILDA SANTOS CARVALHO</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4815/4815_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4815/4815_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO BATISTA ROBRETILHA</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4816/4816_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4816/4816_texto_integral.xml</t>
   </si>
   <si>
     <t>MARCIA CLEIDE DA SILVA</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4817/4817_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4817/4817_texto_integral.xml</t>
   </si>
   <si>
     <t>GILZA IOLÂMPIA DE QUEIROZ</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4818/4818_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4818/4818_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA DE LOURDES QUEIROZ</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4819/4819_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4819/4819_texto_integral.xml</t>
   </si>
   <si>
     <t>ADÃO FERMINO DOS REIS</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4820/4820_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4820/4820_texto_integral.xml</t>
   </si>
   <si>
     <t>NILDA MARIA DOS SANTOS</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4836/4836_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4836/4836_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ FERREIRA RAMOS</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4837/4837_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4837/4837_texto_integral.xml</t>
   </si>
   <si>
     <t>CLEUSA DA COSTA RAMOS</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4838/4838_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4838/4838_texto_integral.xml</t>
   </si>
   <si>
     <t>BASILIO JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4839/4839_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4839/4839_texto_integral.xml</t>
   </si>
   <si>
     <t>VIRGILIO RODRIGUES DOS SANTOS</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4840/4840_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4840/4840_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA QUEIROZ DOS SANTOS</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4859/4859_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4859/4859_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIO WAKAYAMA</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4864/4864_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4864/4864_texto_integral.xml</t>
   </si>
   <si>
     <t>DOLORES TIAGO DE ARAÚJO</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4865/4865_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4865/4865_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO OLIVEIRA DO PRADO</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4866/4866_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4866/4866_texto_integral.xml</t>
   </si>
   <si>
     <t>AGNALDO PAULA DE OLIVEIRA</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4874/4874_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4874/4874_texto_integral.xml</t>
   </si>
   <si>
     <t>WANDER PÁDUA DE QUEIROZ</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4890/4890_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4890/4890_texto_integral.xml</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SR. ANTÔNIO ALVES DE SOUZA, OCORRIDO DIA 19/07/2019, NA CIDADE DE PARANAÍBA-MS.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4891/4891_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4891/4891_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DA SRª MARIA DO CARMO OLIVEIRA CARVALHO, OCORRIDO DIA 18/06/2019, NA CIDADE DE SÃO JOSÉ DO RIO PRETO-SP.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4892/4892_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4892/4892_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DA SRª FRANCISCA ARRAES ROCHA, OCORRIDO DIA 24/06/2019, NA CIDADE DE VOTUPORANGA-SP.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4893/4893_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4893/4893_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DA SRª SHIRLEY HONORATO DA CRUZ, OCORRIDO DIA 28/06/2019, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4894/4894_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4894/4894_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DO SR FRANCISCO DE OLIVEIRA (CHICO BRAGANCEIRO), OCORRIDO DIA 16/07/2019, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4895/4895_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4895/4895_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DO SR. ANTÔNIO OLÍCIO DE SOUZA, OCORRIDO DIA 19/07/2019, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4896/4896_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4896/4896_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> FALECIMENTO DO SR JOÃO FERREIRA DE SOUZA, OCORRIDO DIA 22/07/2019, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4897/4897_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4897/4897_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DO JOVEM EDUARDO VINICIUS DE LIMA ALVES (DUDU), OCORRIDO DIA 27/07/2019, NA CIDADE DE UBERLÂNDIA-MG.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4898/4898_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4898/4898_texto_integral.xml</t>
   </si>
   <si>
     <t>GILDO ANDRÉ</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4917/4917_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4917/4917_texto_integral.xml</t>
   </si>
   <si>
     <t>A INCLUSÃO NA ORDEM DO DIA DA 12ª REUNIÃO ORDINÁRIA O PROJETO DE LEI Nº 032/2019 QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO PERMUTAR IMÓVEL DE SUA PROPRIEDADE COM IMÓVEL DE PROPRIEDADE DO SINDICATO DOS PRODUTORES RURAIS DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4918/4918_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4918/4918_texto_integral.xml</t>
   </si>
   <si>
     <t>A INCLUSÃO DO PROJETO DE LEI Nº 33/2019 QUE AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A – BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4919/4919_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4919/4919_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> FALECIMENTO DA SRª ELEUSA MARLENE BARBOSA DOS SANTOS, OCORRIDO DIA 11/08/2019, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4929/4929_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4929/4929_texto_integral.xml</t>
   </si>
   <si>
     <t>A INCLUSÃO NA PAUTA ORDEM DO DIA DA 13ª REUNIÃO ORDINÁRIA O PROJETO DE LEI Nº 41/2019 QUE DISPÕE SOBRE ALTERAÇÕES NAS LEIS MUNICIPAIS Nº 1.434/2018 E 1.462/2018 E DÁ OUTRAS PROVIDÊNCIAS, QUE SERÁ REALIZADA NO DIA 02/09/2019.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4930/4930_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4930/4930_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DA SRª ANESTINA HENRIQUE DE SOUZA, OCORRIDO DIA 16/08/2019, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4931/4931_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4931/4931_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DA SRª ANA SANTOS SILVA DA CONCEIÇÃO (DONA PRETINHA), OCORRIDO DIA 01/09/2019, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>Daniel Rodrigues Marques, Ernesto Carneiro Leão Neves Vilela, Fábio Samartino, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Raul Vieira Gonzaga, Sirvaldo Socorro de Toledo, Wagner Alves da Silva</t>
   </si>
   <si>
     <t>FALECIMENTO DO SR. ERCILIO PEREIRA, OCORRIDO DIA 09 / 09 / 2019 , EM UBERABA MG.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>FALECIMENTO DO SR. CLAUDELINO LOPES MOREIRA, OCORRIDO DIA 11 /09 / 2019 , EM LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>JOVEM RICARDO OLIVEIRA MIRANDA, OCORRIDO DIA 11/ 09 / 2019 , EM ITURAMA MG.</t>
   </si>
@@ -3479,51 +3479,51 @@
   <si>
     <t>registrar a minha Candidatura, para concorrer ao Cargo de segundo secretário da Mesa Diretora da Câmara para a Sessão Legislativa de 2020.</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>registrar a minha Candidatura, para concorrer ao Cargo de PRESIDENTE da Mesa Diretora da Câmara para a Sessão Legislativa de 2020.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>registrar a minha Candidatura, para concorrer ao Cargo de VICE PRESIDENTE da Mesa Diretora da Câmara para a Sessão Legislativa de 2020.</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>VETO1</t>
   </si>
   <si>
     <t>Veto à proposição de lei complementar</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5109/razoes_de_veto_do_1.do_art.9.da_proposicao_de_l_wrY1RvG.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5109/razoes_de_veto_do_1.do_art.9.da_proposicao_de_l_wrY1RvG.pdf</t>
   </si>
   <si>
     <t>Razões do Veto ao $1. do Art.9.da Proposição de Lei Complementar n.007/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3830,67 +3830,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5155/ato_da_mesa_01_201910032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5156/ato_da_mesa_02_201910032020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5157/ato_da_mesa_03_201910032020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5158/ato_da_mesa_04_201910032020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5159/ato_da_mesa_05_201910032020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5160/ato_da_mesa_06_201910032020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5161/ato_da_mesa_07_201910032020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5162/ato_da_mesa_08_201910032020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5163/ato_da_mesa_09_201910032020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5164/ato_da_mesa_10_201910032020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4709/4709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4710/4710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4711/4711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4712/4712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4713/4713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4714/4714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4762/4762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4716/indicacao_08_2019022020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4720/4720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4721/4721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4730/indicacao_11_1919022020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4731/4731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4732/4732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4739/indicacao_15_1919022020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4740/indicacao_16_1919022020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4741/indicacao_17_1919022020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4742/4742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4743/4743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4744/4744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4745/4745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4746/4746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4747/4747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4763/indicacao_24_1919022020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4764/indicacao_25_1919022020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4765/4765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4766/indicacao_28_1919022020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4767/4767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4768/4768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4771/4771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4772/4772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4773/4773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4774/indicacao_34_1919022020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4775/4775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4776/4776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4777/4777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4778/4778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4779/indicacao_39_1919022020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4780/indicacao_40_1919022020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4781/4781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4787/4787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4788/4788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4789/4789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4790/indicacao_45_1919022020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4791/indicacao_46_1919022020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4792/indicacao_47_1919022020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4793/4793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4794/4794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4795/4795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4806/4806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4807/4807_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4808/4808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4809/4809_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4810/4810_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4811/4811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4812/indicacao_57_1919022020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4813/indicacao_58_1919022020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4814/indicacao_59_1919022020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4822/4822_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4829/indicacao_61_1919022020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4830/indicacao_62_1919022020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4831/indicacao_63_1919022020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4832/4832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4833/4833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4834/4834_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4835/4835_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4841/indicacao_68_1919022020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4842/indicacao_69_1919022020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4843/indicacao_70_1919022020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4844/4844_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4845/4845_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4846/4846_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4847/4847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4848/4848_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4854/4854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4849/4849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4855/4855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4856/4856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4857/indicacao_80_1919022020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4858/indicacao_81_1919022020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4868/4868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4869/indicacao_83_1919022020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4870/indicacao_84_1919022020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4871/indicacao_85_1919022020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4872/4872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4873/4873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4876/indicacao_88_1919022020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4877/indicacao_89_1919022020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4878/4878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4902/4902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4881/4881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4882/indicacao_93_1919022020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4905/4905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4883/4883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4884/4884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4885/4885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4886/4886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4887/4887_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4888/4888_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4906/indicacao_101_1919022020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4907/4907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4908/indicacao_103_1919022020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4909/indicacao_104_1919022020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4910/4910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4911/4911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4912/4912_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4913/4913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4914/4914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4915/4915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4923/4923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4924/4924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4925/indicacao_113_1919022020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4926/indicacao_114_1919022020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4927/indicacao_115_1919022020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4928/4928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4933/4933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4943/indicacao_120_1919022020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4944/indicacao_121_1919022020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4945/indicacao_122_1919022020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4968/indicacao_133_1919022020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4970/indicacao_135_1919022020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5004/indicacao_148_1919022020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5005/indicacao_149_1919022020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5006/indicacao_150_1919022020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5019/indicacao_158_1919022020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5020/indicacao_159_1919022020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5021/indicacao_160_1919022020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5024/indicacao_162_1919022020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5026/indicacao_164_1919022020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5028/indicacao_166_1919022020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5042/indicacao_170_1919022020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5045/indicacao_171_1919022020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5046/indicacao_172_1919022020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5056/indicacao_174_1919022020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5057/indicacao_175_1919022020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5058/indicacao_176_1919022020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4821/4821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4867/4867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4889/4889_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4916/4916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4851/plc_007_1921012020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5049/projeto_lei_complementar_08_1904022020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4853/pl_32_19_000272.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4875/projeto_33_19.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4934/4934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4901/4901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4920/pl_46_1921012020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4921/pl_47_1921012020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4922/pl_48_1921012020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4997/pl_53_201821022019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4999/pl_55_201821022019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5001/pl_57_1921012020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5017/pl_59_1921012020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5033/pl_62_1921012020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5036/pl_64_1921012020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5047/projeto_lei_66_1904022020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5072/projeto_de_resolucao_n.02_1904022020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4722/4722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4723/4723_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4724/4724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4725/4725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4726/4726_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4727/4727_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4728/4728_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4729/4729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4733/4733_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4749/4749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4750/4750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4751/4751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4769/4769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4770/4770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4782/4782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4783/4783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4784/4784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4796/4796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4797/4797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4815/4815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4816/4816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4817/4817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4818/4818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4819/4819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4820/4820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4836/4836_texto_integral.xml" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4837/4837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4838/4838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4839/4839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4840/4840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4859/4859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4864/4864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4865/4865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4866/4866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4874/4874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4890/4890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4891/4891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4892/4892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4893/4893_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4894/4894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4895/4895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4896/4896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4897/4897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4898/4898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4917/4917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4918/4918_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4919/4919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4929/4929_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4930/4930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4931/4931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5109/razoes_de_veto_do_1.do_art.9.da_proposicao_de_l_wrY1RvG.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5155/ato_da_mesa_01_201910032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5156/ato_da_mesa_02_201910032020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5157/ato_da_mesa_03_201910032020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5158/ato_da_mesa_04_201910032020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5159/ato_da_mesa_05_201910032020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5160/ato_da_mesa_06_201910032020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5161/ato_da_mesa_07_201910032020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5162/ato_da_mesa_08_201910032020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5163/ato_da_mesa_09_201910032020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5164/ato_da_mesa_10_201910032020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4709/4709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4710/4710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4711/4711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4712/4712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4713/4713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4714/4714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4762/4762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4716/indicacao_08_2019022020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4720/4720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4721/4721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4730/indicacao_11_1919022020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4731/4731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4732/4732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4739/indicacao_15_1919022020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4740/indicacao_16_1919022020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4741/indicacao_17_1919022020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4742/4742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4743/4743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4744/4744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4745/4745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4746/4746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4747/4747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4763/indicacao_24_1919022020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4764/indicacao_25_1919022020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4765/4765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4766/indicacao_28_1919022020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4767/4767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4768/4768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4771/4771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4772/4772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4773/4773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4774/indicacao_34_1919022020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4775/4775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4776/4776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4777/4777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4778/4778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4779/indicacao_39_1919022020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4780/indicacao_40_1919022020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4781/4781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4787/4787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4788/4788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4789/4789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4790/indicacao_45_1919022020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4791/indicacao_46_1919022020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4792/indicacao_47_1919022020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4793/4793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4794/4794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4795/4795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4806/4806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4807/4807_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4808/4808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4809/4809_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4810/4810_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4811/4811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4812/indicacao_57_1919022020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4813/indicacao_58_1919022020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4814/indicacao_59_1919022020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4822/4822_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4829/indicacao_61_1919022020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4830/indicacao_62_1919022020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4831/indicacao_63_1919022020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4832/4832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4833/4833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4834/4834_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4835/4835_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4841/indicacao_68_1919022020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4842/indicacao_69_1919022020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4843/indicacao_70_1919022020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4844/4844_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4845/4845_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4846/4846_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4847/4847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4848/4848_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4854/4854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4849/4849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4855/4855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4856/4856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4857/indicacao_80_1919022020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4858/indicacao_81_1919022020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4868/4868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4869/indicacao_83_1919022020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4870/indicacao_84_1919022020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4871/indicacao_85_1919022020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4872/4872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4873/4873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4876/indicacao_88_1919022020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4877/indicacao_89_1919022020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4878/4878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4902/4902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4881/4881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4882/indicacao_93_1919022020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4905/4905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4883/4883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4884/4884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4885/4885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4886/4886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4887/4887_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4888/4888_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4906/indicacao_101_1919022020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4907/4907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4908/indicacao_103_1919022020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4909/indicacao_104_1919022020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4910/4910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4911/4911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4912/4912_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4913/4913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4914/4914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4915/4915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4923/4923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4924/4924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4925/indicacao_113_1919022020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4926/indicacao_114_1919022020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4927/indicacao_115_1919022020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4928/4928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4933/4933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4943/indicacao_120_1919022020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4944/indicacao_121_1919022020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4945/indicacao_122_1919022020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4968/indicacao_133_1919022020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4970/indicacao_135_1919022020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5004/indicacao_148_1919022020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5005/indicacao_149_1919022020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5006/indicacao_150_1919022020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5019/indicacao_158_1919022020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5020/indicacao_159_1919022020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5021/indicacao_160_1919022020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5024/indicacao_162_1919022020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5026/indicacao_164_1919022020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5028/indicacao_166_1919022020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5042/indicacao_170_1919022020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5045/indicacao_171_1919022020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5046/indicacao_172_1919022020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5056/indicacao_174_1919022020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5057/indicacao_175_1919022020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5058/indicacao_176_1919022020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4821/4821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4867/4867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4889/4889_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4916/4916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4851/plc_007_1921012020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5049/projeto_lei_complementar_08_1904022020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4853/pl_32_19_000272.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4875/projeto_33_19.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4934/4934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4901/4901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4920/pl_46_1921012020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4921/pl_47_1921012020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4922/pl_48_1921012020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4997/pl_53_201821022019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/4999/pl_55_201821022019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5001/pl_57_1921012020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5017/pl_59_1921012020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5033/pl_62_1921012020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5036/pl_64_1921012020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5047/projeto_lei_66_1904022020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5072/projeto_de_resolucao_n.02_1904022020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4722/4722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4723/4723_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4724/4724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4725/4725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4726/4726_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4727/4727_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4728/4728_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4729/4729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4733/4733_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4749/4749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4750/4750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4751/4751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4769/4769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4770/4770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4782/4782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4783/4783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4784/4784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4796/4796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4797/4797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4815/4815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4816/4816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4817/4817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4818/4818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4819/4819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4820/4820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4836/4836_texto_integral.xml" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4837/4837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4838/4838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4839/4839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4840/4840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4859/4859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4864/4864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4865/4865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4866/4866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4874/4874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4890/4890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4891/4891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4892/4892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4893/4893_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4894/4894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4895/4895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4896/4896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4897/4897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4898/4898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4917/4917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4918/4918_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4919/4919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4929/4929_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4930/4930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2019/4931/4931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2019/5109/razoes_de_veto_do_1.do_art.9.da_proposicao_de_l_wrY1RvG.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H342"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="208.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>