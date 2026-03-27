--- v0 (2025-10-05)
+++ v1 (2026-03-27)
@@ -54,2256 +54,2256 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2016/5166/ato_da_mesa_07_1610032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2016/5166/ato_da_mesa_07_1610032020.pdf</t>
   </si>
   <si>
     <t>Desincompatibilização dos servidores que menciona.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3943/3943_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3943/3943_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE LOMBADA INVERSA NA RUA FRANCISCO TIAGO DA SILVA ESQUINA COM A AVENIDA 29.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3946/3946_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3946/3946_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA, REDE ÁGUA, ESGOTO, GALERIAS PLUVIAIS, MEIO FIO, GUIAS DE SARJETAS E REDE ELÉTRICA NOS BAIRROS SÃO JOSÉ E SAGRADO CORAÇÃO DE JESUS E DO PROLONGAMENTO DA RUA ÁGUA LIMPA E A EXTENSÃO DA AV.SÃO LUIZ ATÉ A TECELAGEM.NA OPORTUNIDADE SOLICITO, TAMBÉM, A CONSTRUÇÃO DE EXTENSÃO DA REDE ELÉTRICA DA AV. SÃO LUIZ ATÉ A TECELAGEM. </t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3949/3949_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3949/3949_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DOS LOTEAMENTOS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, JUNTO AO CARTÓRIO DE REGISTRO DE IMÓVEIS, E TAMBÉM A DOAÇÃO DAS ESCRITURAS DOS TERRENOS DOS BAIRRO SÃO JOSÉ, SAGRADO CORAÇÃO DE JESUS E SANTA INÊS NO REFERIDO DISTRITO. SOLICITO TAMBÉM A DOAÇÃO DE LOTES NO BAIRRO SANTA INÊS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3944/3944_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3944/3944_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> UTILIZE OS RECURSO DA ILUMINAÇÃO PÚBICA PARA AMPLIAÇÃO DA REDE ELÉTRICA NOS BAIRROS SAGRADO CORAÇÃO DE JESUS E SÃO JOSÉ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3962/3962_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3962/3962_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE UM CAMINHÃO PARA TRANSPORTAR TERRA E AREIA PARA ATERRAR LOTES E UTILIZAR EM CONSTRUÇÕES DE RESIDÊNCIAS PARA O DISTRITO DE ESTRELA DA BARRA, MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3950/3950_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3950/3950_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE REPAROS REDE ELÉTRICA NA PRAÇA DA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3951/3951_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3951/3951_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE TERRENOS PARA PESSOAS CARENTES QUE RESIDEM NO MUNICÍPIO, AS QUAIS NÃO ENQUADRAM NO PROGRAMA MINHA CASA MINHA VIDA DA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3957/3957_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3957/3957_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> SINALIZAÇÃO DAS RUAS E AVENIDAS DO BAIRRO MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3963/3963_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3963/3963_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM TERRENO E POSTERIOR LOTEAMENTO E CONSTRUÇÃO DE CASAS POPULARES E DOAÇÃO AS FAMÍLIAS CARENTES DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3964/3964_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3964/3964_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PAVIMENTAÇÃO ASFÁLTICA DO ANEL VIÁRIO ENTORNO DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E A ESTRADA MUNICIPAL QUE SAI DO CEMITÉRIO ATÉ O ANEL, BEM COMO, A CONSTRUÇÃO DE TREVOS NO REFERIDO ANEL.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3965/3965_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3965/3965_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> FAÇA UMA OPERAÇÃO TAMPA BURACO OU RECAPEAMENTO DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA. NA OPORTUNIDADE SOLICITAMOS TAMBÉM COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO, ALERTANDO OS MOTORISTAS QUE PODERÁ OCORRER AQUAPLANAGEM, URGETEMENTE.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3966/3966_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3966/3966_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO E/OU DISPONIBILIZAÇÃO DOS SEGUINTES BENS: UMA PÁ CARREGADEIRA, UMA MOTO NIVELADORA, DOIS CAMINHÕES TIPO CAÇAMBA E DOIS VEÍCULO SENDO UM TIPO STRADAE O OUTRO TIPO GOL OU UNO, PARA A SUBPREFEITURA DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3967/3967_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3967/3967_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A REFORMA NA QUADRA DE ESPORTE DA VILA APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3968/3968_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3968/3968_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CALÇADAS E CONCRETAR A PRACINHA QUE FICA NA AVENIDA VICENTE TOLEDO MACHADO CRUZAMENTO COM AS RUA MINAS GERAIS E PARANÁ, EM FRENTE AO MINE-MERCADO PRIMAVERA.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3969/3969_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3969/3969_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PISTA DE CAMINHADA NA AVENIDA AMBRAULINO LEANDRO BARBOSA DANDO A VOLTA PELA MGT 497 ATÉ O TREVO VIRANDO NO ACESSO A RODOVIA ATÉ A RUA DR. ULISSES GUIMARÃES.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3971/3971_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3971/3971_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REESTRUTURAÇÃO DE CARGOS E SALÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO ALTERANDO PRINCIPALMENTE </t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3972/3972_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3972/3972_texto_integral.xml</t>
   </si>
   <si>
     <t>REATIVAÇÃO DO SERVIÇO DE EMISSÃO DE CARTEIRA DE IDENTIDADE NO MUNICÍPIO DE CARNEIRINHO</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3973/3973_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3973/3973_texto_integral.xml</t>
   </si>
   <si>
     <t>A ELABORAÇÃO DE PROJETO DE LEI PROPONDO A REESTRUTURA DO PLANO DE CARGO E SALÁRIOS DOS PROFISSIONAIS DA EDUCAÇÃO E ENCAMINHE AO LEGISLATIVO PARA SER APRECIANDO DE PREFERENCIA NESTE EXERCÍCIO FINANCEIRO.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3974/3974_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3974/3974_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DO LOTEAMENTO DO DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3975/3975_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3975/3975_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UNIFORMES PARA OS AGENTES SANITÁRIOS QUE ATUAM NO COMBATE AO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3976/3976_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3976/3976_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇAM LEVANTAMENTO DA NECESSIDADE DA CONSTRUÇÃO OU REFORMA DE MATA-BURROS E PONTES NAS ESTRADAS PRIN</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3977/3977_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3977/3977_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAR CÓDIGO SANITÁRIO</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3983/3983_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3983/3983_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAR 2 VENTILADORES NA RECEPÇÃO DO AMBULATÓRIO VICENTE SEVERINO SOCORRO</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3984/3984_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3984/3984_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DOAÇÃO DE TERRENOS PARA FAMÍLIAS CARENTES NA SEDE DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3985/3985_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3985/3985_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A CONTRATAÇÃO DE GUARDAS NOTURNOS PARA PRESTAREM SERVIÇOS NAS PRAÇAS RUFINA PERPÉTUA DE TOLEDO (PRAÇA DA MATRIZ) NO CENTRO, ADÉLIA SOARES VILA NO BAIRRO JARDIM PRIMAVERA E NO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3986/3986_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3986/3986_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO DA GUARDA MUNICIPAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3994/3994_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3994/3994_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMAS DA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ E DO GINÁSIO POLIESPORTIVO JOSÉ TIAGO DE ALVARENGA, AMBAS AS OBRAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, SEJA COM RECURSO PRÓPRIO OU VIABILIZAR JUNTO AOS MINISTÉRIOS DA EDUCAÇÃO E DO ESPORTE._x000D_
 </t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3992/3992_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3992/3992_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CAMINHÃO COM PRANCHA PARA O TRANSPORTE DE MÁQUINAS PESADAS.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3993/3993_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3993/3993_texto_integral.xml</t>
   </si>
   <si>
     <t>KIT PARA O CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3987/3987_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3987/3987_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DA ÁREA DE LAZER OSVALDO PAULA ASSUNÇÃO BEM COMO DA QUADRA FRANCISCO GUIZZO</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3988/3988_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3988/3988_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A COLOCAÇÃO DE CALHAS NA LATERAL DIREITA DO GINÁSIO POLIESPORTIVO FRANCISCO GUIZO, A QUAL FICA DE FRENTE COM A PRAÇA ADÉLIA SOARES VILELA._x000D_
 </t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3989/3989_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3989/3989_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE COBERTURA NO ESTACIONAMENTO DOS VEÍCULOS DO AMBULATÓRIO VICENTE SEVERINO SOCORRO.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4001/4001_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4001/4001_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA VILA OLÍMPICA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4002/4002_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4002/4002_texto_integral.xml</t>
   </si>
   <si>
     <t>CRIAR MAIS UMA EQUIPE NO DEPARTAMENTO DE PONTES E MATA-BURROS PARA ATENDER OS PRODUTORES RURAIS DOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4003/4003_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4003/4003_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4004/4004_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4004/4004_texto_integral.xml</t>
   </si>
   <si>
     <t>INSTALAÇÃO E IMPLANTAÇÃO DE FARMÁCIAS MUNICIPAIS NOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL, BEM COMO, NAS VILAS GRACILÂNDIA E APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4005/4005_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4005/4005_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE UNIFORMES PARA OS CONSELHEIROS TUTELAR DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4006/4006_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4006/4006_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA A LIMPEZA DA AVENIDA AMBRAULINO LEANDRO BARBOSA, BEM COMO LAVAR COM O CAMINHÃO PIPA._x000D_
 </t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4007/4007_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4007/4007_texto_integral.xml</t>
   </si>
   <si>
     <t>O PATROLAMENTO DA ESTRADA, A CONSTRUÇÃO DE ATERRO E A COLOCAÇÃO DE MANILHAS NA ESTRADA MUNICIPAL QUE DÁ ACESSO À PROPRIEDADE DO SR.JOSÉ RIBEIRO.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4008/4008_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4008/4008_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAR UM PROFESSOR DE NATAÇÃO/INSTRUTOR FÍSICO PARA MINISTRAR AULAS NATAÇÃO COMUNITÁRIA PARA AS PESSOAS DA SEDE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4009/4009_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4009/4009_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA A MANUTENÇÃO OU A AQUISIÇÃO DE UM TRATOR COM IMPLEMENTOS AGRÍCOLAS PARA A ASSOCIAÇÃO DO ANGICO NO DISTRITO DE FÁTIMA DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4022/4022_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4022/4022_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA DE CAMINHADA NA AVENIDA AMBRAULINO LEANDRO BARBOSA DANDO A VOLTA PELA MGT 497 ATÉ O TREVO VIRANDO NO ACESSO A RODOVIA ATÉ A RUA DR.ULISSES GUIMARÃES.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4010/4010_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4010/4010_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE DUAS PESSOAS PARA O CARGO AGENTES DE COMBATE A ENDEMIAS PARA TRABALHAREM NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG._x000D_
 </t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4011/4011_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4011/4011_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO OU REMANEJAMENTO DE AUXILIARES DE SERVIÇOS URBANOS PARA FAZER A LIMPEZA DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4012/4012_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4012/4012_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO AO DEPARTAMENTO DE ESTRADA E RODAGEM-DER PARA QUE FAÇA ABERTURA DE ACESSO DA MGT 497 ATÉ A USINA CARNEIRINHO, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4013/4013_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4013/4013_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMAR A SINALIZAÇÃO HORIZONTAL, COM MARCADORES REFLETIVOS (TACHA OU SONORIZADO, DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA, BEM COMO, DAS RUAS E AVENIDAS DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL. SOLICITAMOS AINDA QUE SEJA COLOCADO PLACAS DE IDENTIFICAÇÃO AO LONGO DA ESTRADA VICINAL E TAMBÉM DAS RUAS, AVENIDAS COM AS REFERIDAS DENOMINAÇÕES.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4014/4014_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4014/4014_texto_integral.xml</t>
   </si>
   <si>
     <t>O LEVANTAMENTO E O CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL AO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4015/4015_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4015/4015_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL A OLARIA NA LAGOA DO JACARÉ.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4018/4018_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4018/4018_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> ILUMINAÇÃO DO ESTÁDIO JOAQUIM BARRETO DA CUNHA, NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4020/4020_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4020/4020_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UM VELÓRIO MUNICIPAL NO DISTRITO DE FÁTIMA DO PONTAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4021/4021_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4021/4021_texto_integral.xml</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DO ESTÁDIO DIONÍSIO NOBRE DOS SANTOS, NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4023/4023_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4023/4023_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA DE CAMINHADA AS MARGENS DO CÓRREGO CARNEIRINHO, NO INTERVALO DA RUA LAURA DOS SANTOS SOUZA A RUA CLEBER ROBERTO FERREIRA, BEM COMO, A ILUMINAÇÃO DA MESMA. NA OPORTUNIDADE COMPRE SOLICITAR, AINDA, QUE ENQUANTO A OBRA NÃO É EXECUTADA QUE PROVIDENCIE PLACAS DE TRANSITO IMPEDIDO NO INTERVALO SUPRACITADO PARA QUE AS PESSOAS POSSAM CAMINHAR.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4024/4024_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4024/4024_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO CRISTO NA PRAÇA DA ROTATÓRIA JOÃO SOARES DE ASSUNÇÃO.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4025/4025_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4025/4025_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA PRAÇA DA LAUDELINA ANTÔNIA DOS SANTOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, INCLUINDO REPAROS NOS BANHEIROS E NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4026/4026_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4026/4026_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIASSE, O MAIS RÁPIDO POSSÍVEL, CONVÊNIOS COM O HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO, COM AS SANTAS CASAS DE MISERICÓRDIAS DE FERNANDÓPOLIS-SP, JALES-SP E PARANAÍBA-MS, BEM COMO, O HOSPITAL NOSSA SENHORA APARECIDA ITURAMA COM O INTUITO DE ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4027/4027_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4027/4027_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CARNEIRINHO QUE DETERMINE AO SETOR COMPETE PARA QUE CONSTRUA MAIS OU MENOS SEIS LOMBADA DE TERRA AO LONGO DA ESTRADA QUE PASSA, LATERALMENTE, PELA VILA GRACILÂNDIA ATÉ EM FRENTE DO CEMITÉRIO.V</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4028/4028_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4028/4028_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE CAMINHÃO PIPA PARA MOLHAR AS RUAS E AVENIDAS, BEM COMO AS ESTRADAS NÃO PAVIMENTADAS EM TORNO DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL. </t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4029/4029_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4029/4029_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO A CEMIG - COMPANHIA ENERGÉTICA DO ESTADO DE MINAS GERAIS, PARA COLOCAR UM POSTE DE ENERGIA ELÉTRICA NA RUA MATO GROSSO DO SUL APÓS A RUA CORREDOR X EM FRENTE A CASA DO SR. DAMIÃO, NO BAIRRO JOAQUIM LUIZ FERREIRA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO. NA OPORTUNIDADE SOLICITAMOS, AINDA, A REGULARIZAÇÃO DO LOTEAMENTO JUNTO AO CARTÓRIO DE REGISTRO DE IMÓVEIS DE ITURAMA PARA QUE AS PESSOAS POSSAM CONSTRUIR SEUS IMÓVEIS ATRAVÉS DE FINANCIAMENTO HABITACIONAL JUNTO AS INSTITUIÇÕES FINANCEIRAS.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4041/4041_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4041/4041_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UMA ROTATÓRIA NA RUA OTÁVIO FRANCISCO VILELA COM A AV. CARLOS SANTA ROSA, ESQUINA COM A AGÊNCIA DO BANCO BRADESCO, LOTÉRICA E CORREIO, BEM COMO A CONSTRUÇÃO DE UM CANTEIRO CENTRAL NA AVENIDA CARLOS SANTA ROSA ._x000D_
 </t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4042/4042_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4042/4042_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PRIORIZE NO CALENDÁRIO DE EVENTOS DESTE ANO A REALIZAÇÃO DO MOTOCROSS.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4043/4043_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4043/4043_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTINUIDADE NOS TRABALHOS DE CONSTRUÇÃO DAS CALÇADAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG._x000D_
 </t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4044/4044_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4044/4044_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REGULARIZAÇÃO DO LOTEAMENTO DA VILA GRACILÂNDIA E A DOAÇÃO DOS TERRENOS AOS MORADORES QUE ESTÃO NA POSSE DO IMÓVEL._x000D_
 </t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4046/4046_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4046/4046_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PRAÇA NO JARDIM PLANALTO COM MONUMENTO SIMBOLIZANDO A BÍBLIA.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4045/4045_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4045/4045_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO OU CONSTRUÇÃO DE IMÓVEL RESIDENCIAL DESTINADOS A RESIDÊNCIA DE POLICIAIS MILITARES DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 _x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4047/4047_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4047/4047_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DO CEMITÉRIO BARRO PRETO NA VILA APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4048/4048_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4048/4048_texto_integral.xml</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DO CAMPO DE FUTEBOL DA ASSOCIAÇÃO DOS PRODUTORES RURAIS DO BRIOSO, NO MUNICIPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4051/4051_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4051/4051_texto_integral.xml</t>
   </si>
   <si>
     <t>O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DE BASE SÃO JOÃO BATISTA ATÉ A DIVISA DO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4052/4052_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4052/4052_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONSTRUÇÃO DE LOMBADAS NAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO, QUE AINDA NÃO POSSUEM.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4053/4053_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4053/4053_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE VACINA CONTRA A GRIPE PARA IMUNIZAR TODOS OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4054/4054_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4054/4054_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DA UNIDADE BÁSICA DE SAÚDE JOSÉ FRANCISCO DE TOLEDO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A CONSTRUÇÃO DE CALÇADAS E SUBSTITUIÇÃO DO PORTÃO.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4055/4055_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4055/4055_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">AMPLIAÇÃO DA REDE ELÉTRICA COM A COLOCAÇÃO DE BICO DE LÂMPADA EM VÁRIOS PONTO DO CEMITÉRIO DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A INSTALAÇÃO DE TORNEIRAS EM LOCAIS ESTRATÉGICOS. FAZ NECESSÁRIO TAMBÉM O CALÇAMENTO DA PARTE EXTERNA E DO PASSEIO CENTRAL DO REFERIDO CEMITÉRIO._x000D_
 </t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4059/4059_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4059/4059_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BANHEIROS NA PRAÇA ANTÔNIA RODRIGUES DE SOUZA, NO BAIRRO JARDIM BELA VISTA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4064/4064_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4064/4064_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONCESSÃO OU DOAÇÃO DO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO PARA O SINDICATO DOS PRODUTORES RURAIS DO MUNICÍPIO DE CARNEIRINHO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4065/4065_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4065/4065_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM TRATOR COM LÂMINA, PÁ, TANQUE PIPA E CARRETA PARA FAZER A COLETA DE ENTULHOS, GALHOS E DEMAIS SERVIÇOS PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4066/4066_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4066/4066_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA NO BAIRRO SANTA INÊS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Osmar Antônio de Oliveira, Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4062/4062_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4062/4062_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO CEMITÉRIO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4063/4063_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4063/4063_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BANHEIROS DA PRAÇA "MARIA MALVINA DE JESUS" NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4067/4067_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4067/4067_texto_integral.xml</t>
   </si>
   <si>
     <t>REVISE O ANEXO III, TABELA V DA LEI COMPLEMENTAR Nº 028/2005, ONDE CONSTA REFERENCIAIS DE TAXAS DE LICENÇA PARA OCUPAÇÃO DE ÁREA EM TERRENOS OU VIAS E LOGRADOUROS PÚBLICOS (ALVARÁ).</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4068/4068_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4068/4068_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA PRAÇA MARIA MALVINA DE JESUS(MATRIZ) NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4069/4069_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4069/4069_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FURE UM POÇO ARTESIANO NA ESCOLA MUNICIPAL E ESTADUAL MARECHAL HERMES NO DISTRITO DE ESTRELA DA BARRA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4070/4070_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4070/4070_texto_integral.xml</t>
   </si>
   <si>
     <t>PAGAMENTO DA INSALUBRIDADE AOS AGENTES DA SAÚDE DA FAMÍLIA E DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4075/4075_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4075/4075_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE FUNCIONÁRIOS PARA EXERCER ATIVIDADES DE COMBATE AOS CARAMUJOS, ESCORPIÕES E RATOS NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4082/4082_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4082/4082_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A AGENCIA DO CORREIOS PARA QUE ELABORE NOVO PLANO DE EXPANSÃO DE CARNEIRINHO PARA A ENTREGA DE CORRESPONDÊNCIA.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4081/4081_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4081/4081_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A REFORMA E AMPLIAÇÃO DO PRÉDIO DA POLÍCIA MILITAR DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4084/4084_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4084/4084_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A PINTURA DA COBERTURA DA QUADRA DE ESPORTE DA ESCOLA VICENTE LUIZ ALVES</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>CONSTRUIR SARGETÕES NOS CRUZAMENTOS DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4086/4086_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4086/4086_texto_integral.xml</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO PRÉDIO ONDE FUNCIONA O VELÓRIO MUNICIPAL, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4098/4098_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4098/4098_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE MINICAMPO E QUADRA DE AREIA NO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ NA SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4100/4100_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4100/4100_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE TENDAS PARA SEREM UTILIZADAS NAS FESTIVIDADES DO MUNICÍPIO, BEM COMO, PELA COMUNIDADES NA REALIZAÇÃO DE EVENTOS.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4101/4101_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4101/4101_texto_integral.xml</t>
   </si>
   <si>
     <t>FORNEÇA UNIFORME E MATERIAL ESPORTIVO EM GERAL PARA OS TREINOS DE FUTEBOL E DE VÔLEI DO MUNICIPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4108/4108_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4108/4108_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REGULARIZAÇÃO DO LOTEAMENTO DOS BAIRROS JOAQUIM LUIZ FERREIRA, MARIA HONÓRIA DE QUEIROZ E LOTES DO FRANCISCO GUIZO, BEM COMO, A ESCRITURAÇÃO DOS TERRENOS A QUEM DETÉM O DIREITO DE CESSÃO OU DIREITO DE POSSE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4111/4111_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4111/4111_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIDADE DE UM VEÍCULO PARA TRANSPORTAR OS IDOSOS E MÃES COM CRIANÇA DE COLO DO AMBULATÓRIO VICENTE SEVERINO DE SOCORRO ATÉ A FARMÁCIA POPULAR.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4109/4109_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4109/4109_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO E ESPORTES A IMPLANTAÇÃO DE ESCOLA DE FUTEBOL INFANTIL E JUVENIL PARA ATENDER AS CRIANÇAS E ADOLESCENTES DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4112/4112_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4112/4112_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO OU LOCAÇÃO DE IMÓVEIS RESIDENCIAL NAS CIDADES DE JALES E SÃO JOSÉ DO RIO PRETO SP, PARA ABRIGAR OS PACIENTES E OS ACOMPANHANTES QUE NECESSITAM DE PERMANECER NESTAS CIDADES POR MAIS DIAS EM TRATAMENTO.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4113/4113_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4113/4113_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE REDUTORES DE VELOCIDADES NA AVENIDA DELCINO LEANDRO BARBOSA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4119/4119_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4119/4119_texto_integral.xml</t>
   </si>
   <si>
     <t>ROSICLER APARECIDA PEREIRA DA SILVA QUEIROZ</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4136/4136_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4136/4136_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZ LOURO DE OLIVEIRA - DIRETOR DE ENFERMAGEM</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4137/4137_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4137/4137_texto_integral.xml</t>
   </si>
   <si>
     <t>GISLÂINE ALVARENGA DE MATOS - ENFERMEIRO PSF</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4143/4143_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4143/4143_texto_integral.xml</t>
   </si>
   <si>
     <t>DOUTOR WERLON DE MENEZES FERREIRA DA COSTA</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4145/4145_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4145/4145_texto_integral.xml</t>
   </si>
   <si>
     <t>JOHNATHAN APARECIDO DA SILVA VILELA</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4144/4144_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4144/4144_texto_integral.xml</t>
   </si>
   <si>
     <t>GUILHERME IZIDORO DE ALMEIDA</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4146/4146_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4146/4146_texto_integral.xml</t>
   </si>
   <si>
     <t>EUZA ALBINA DE MENEZES BRAZ</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4147/4147_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4147/4147_texto_integral.xml</t>
   </si>
   <si>
     <t>LAILA LEONEL BARBOSA</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4121/4121_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4121/4121_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3941/3941_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3941/3941_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL NA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3942/3942_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3942/3942_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3981/3981_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3981/3981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO A CAPELA DE VELÓRIO DISTRITO DE ESTRELA DA BARRA DE  &amp;#8220;CAPELA DE VELÓRIO MUNICIPAL  OSMAIR SOCORRO SANTOS&amp;#8221;. </t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3982/3982_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3982/3982_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA O CARGO DE CONTROLADOR INTERNO DA CÂMARA MUNICIPAL DE CARNEIRINHO DE PROVIMENTO EM COMISSÃO PARA PROVIMENTO EFETIVO, ALTERANDO OS ANEXOS I E IV DA LEI 1.132/2011, DE 27 DE DEZEMBRO DE 2011</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3990/3990_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3990/3990_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO PARA O CLUBE 28 DE ABRIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3991/3991_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3991/3991_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3995/3995_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3995/3995_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3996/3996_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3996/3996_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3997/3997_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3997/3997_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PARCELAMENTO DE DÉBITO DE CONTRIBUIÇÃO PREVIDENCIÁRIA.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3998/3998_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3998/3998_texto_integral.pdf</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4016/4016_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4016/4016_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4019/4019_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4019/4019_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO PARA O CLUBE DE RODEIO 28 DE ABRIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4036/4036_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4036/4036_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERIAS, PARA A LEGISLATURA DE 2017 A 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4039/4039_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4039/4039_texto_integral.pdf</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4040/4040_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4040/4040_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4050/4050_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4050/4050_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ONDECI  APARECIDO DE QUEIROZ", O CENTRO DE CONVIVÊNCIA DOS IDOSOS.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4058/4058_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4058/4058_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR/RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART. 100, PARÁGRAFOS 3° E 4° DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4060/4060_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4060/4060_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4061/4061_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4061/4061_texto_integral.pdf</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PARCELAMENTO DE DÉBITO JUNTO A SECRETÁRIA DE ESTADO DE SAÚDE.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PARCELAMENTO DE DÉBITO JUNTO AO MINISTÉRIO DO TURISMO.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A VENDA DE AÇÕES E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4074/4074_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4074/4074_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CONTRIBUIR COM A AMVARIG  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4083/4083_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4083/4083_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA E CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRA PROVIDENCIA.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4091/4091_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4091/4091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ZONA URBANA ISOLADA EM IMÓVEL SITUADO NESTE MUNICÍPIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4092/4092_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4092/4092_texto_integral.pdf</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4102/4102_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4102/4102_texto_integral.pdf</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4122/4122_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4122/4122_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4126/4126_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4126/4126_texto_integral.pdf</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4127/4127_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4127/4127_texto_integral.pdf</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4129/4129_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4129/4129_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO VELÓRIO MUNICIPAL DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4130/4130_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4130/4130_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO PARQUE INFANTIL DO "CEMEI EMILIA OLIVEIRA DE QUEIROZ"DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4131/4131_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4131/4131_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A QUADRA DE ESPORTES DA ESCOLA MUNICIPAL VICENTE LUIZ ALVES.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>ALTERA ANEXOS E ARTIGOS DA LEI N°.1.351/16 LEI DE DIRETRIZES ORÇAMENTÁRIA 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N°.1.230/14 DO PLANO PLURIANUAL 2014/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4141/4141_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4141/4141_texto_integral.pdf</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4142/4142_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4142/4142_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ART.14 DA LEI N° 1.316/15.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4037/4037_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4037/4037_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS E DISPÕE SOBRE PAGAMENTO DE PARCELAS INDENIZATÓRIAS AOS VEREADORES DA CÂMARA MUNICIPAL DE CARNEIRINHO, PARA LEGISLATURA DE 2017 A 2020.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>CONCEDER REVISÃO ANUAL DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4093/4093_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4093/4093_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESAS ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3947/3947_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3947/3947_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO TIAGO SEVERINO</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3948/3948_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3948/3948_texto_integral.xml</t>
   </si>
   <si>
     <t>JOANA FRANCISCA DE QUEIROZ GONÇALVES</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3954/3954_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3954/3954_texto_integral.xml</t>
   </si>
   <si>
     <t>SRª. IRENE TORTELI ROCHA</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3952/3952_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3952/3952_texto_integral.xml</t>
   </si>
   <si>
     <t>FILOMENA CÂNDIDA BARBOSA</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3953/3953_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3953/3953_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JAIR LEMES DO NASCIMENTO </t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3955/3955_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3955/3955_texto_integral.xml</t>
   </si>
   <si>
     <t>ANÉSIA ROSA DOS ANJOS.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3956/3956_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3956/3956_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CUSTÓDIA RODRIGUES GOMES </t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3958/3958_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3958/3958_texto_integral.xml</t>
   </si>
   <si>
     <t>MARCOS DE SOUZA LIMA</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3959/3959_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3959/3959_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIÃO RODRIGUES LEAL FILHO</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3960/3960_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3960/3960_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO FILHO ALVES</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>Oscar José de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3961/3961_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3961/3961_texto_integral.xml</t>
   </si>
   <si>
     <t>EDMILTON PEREIRA DE OLIVEIRA</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3978/3978_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3978/3978_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA APARECIDA BARBOSA JARDIM</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3979/3979_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3979/3979_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA DA CONCEIÇÃO GONÇALVES OLIVEIRA</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3980/3980_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3980/3980_texto_integral.xml</t>
   </si>
   <si>
     <t>JASON DA COSTA PIMENTA</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3999/3999_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3999/3999_texto_integral.xml</t>
   </si>
   <si>
     <t>ORMIRO FRANCISCO TOLEDO</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4000/4000_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4000/4000_texto_integral.xml</t>
   </si>
   <si>
     <t>SIMONE SELESTRINO DE JESUS</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4017/4017_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4017/4017_texto_integral.xml</t>
   </si>
   <si>
     <t>JOAQUIM LEITE DA SILVA</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4030/4030_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4030/4030_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO GASPAR DE SOUZA</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4031/4031_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4031/4031_texto_integral.xml</t>
   </si>
   <si>
     <t>SR EURICO GONÇALVES DE SOUZA.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4032/4032_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4032/4032_texto_integral.xml</t>
   </si>
   <si>
     <t>RENALDO DE SOUZA,</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4033/4033_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4033/4033_texto_integral.xml</t>
   </si>
   <si>
     <t>IVANI IZOLDA SILVA</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4034/4034_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4034/4034_texto_integral.xml</t>
   </si>
   <si>
     <t>ADRIANO CARVALHO DA CUNHA</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4035/4035_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4035/4035_texto_integral.xml</t>
   </si>
   <si>
     <t>GERALDA DE QUEIROZ ASSUNÇÃO</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4049/4049_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4049/4049_texto_integral.xml</t>
   </si>
   <si>
     <t>ERNESTO PEDRO RODRIGUES</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4056/4056_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4056/4056_texto_integral.xml</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, REFERENTE AOS MESES DE ABRIL E MAIO DE 2016, CONTENDO OS NOMES, CARGOS E VENCIMENTOS DO PESSOAL EFETIVO, COMISSIONADO E CONTRATADOS</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4057/4057_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4057/4057_texto_integral.xml</t>
   </si>
   <si>
     <t>CUMPRIMENTO NA TOTALIDADE DA LEI COMPLEMENTAR 131/2009(LEI DA TRANSPARÊNCIA) E DA LEI 12.527/2011 (LEI DE ACESSO A INFORMAÇÃO).</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4076/4076_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4076/4076_texto_integral.xml</t>
   </si>
   <si>
     <t>GENI CÉLIA CARDOSO CABRERA</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4077/4077_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4077/4077_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO BATISTA RIBEIRO </t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4078/4078_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4078/4078_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LEONILDA ALVES DE OLIVEIRA </t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4079/4079_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4079/4079_texto_integral.xml</t>
   </si>
   <si>
     <t>VICENTE GONZAGA DE SOCORRO</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4080/4080_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4080/4080_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">OTÁVIO PEREIRA DE OLIVEIRA </t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4087/4087_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4087/4087_texto_integral.xml</t>
   </si>
   <si>
     <t>FERNANDO FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4088/4088_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4088/4088_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">GERALDO DE FREITAS </t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4089/4089_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4089/4089_texto_integral.xml</t>
   </si>
   <si>
     <t>ROSA DE ANDRADE</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4090/4090_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4090/4090_texto_integral.xml</t>
   </si>
   <si>
     <t>DEISE ARRAIS ROCHA</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4095/4095_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4095/4095_texto_integral.xml</t>
   </si>
   <si>
     <t>ELMIRO CORREIA TOMAZ</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4097/4097_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4097/4097_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO MUNIZ FERRAZ</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4094/4094_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4094/4094_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÃO QUANTO AOS VALORES DE TRIBUTOS RECOLHIDOS, EM FAVOR DO MUNICIPIO DE CARNEIRINHO, PELA USINA CARNEIRINHO NO PERÍODO DE 2013 ATÉ A PRESENTE DATA. </t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4096/4096_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4096/4096_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÃO QUANTO A QUANTIDADE DE FAMÍLIA QUE ESTÃO SENDO BENEFICIADAS COM A DOAÇÃO DE CESTAS BÁSICA DE ALIMENTOS. </t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4099/4099_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4099/4099_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CÓPIA DO PROJETO DE CONSTRUÇÃO DO QUIOSQUE (CORETO) COM ÁREA DE 45,25 M2 NA PRAÇA RUFINA PERPETUA DE TOLEDO NA SEDE DO MUNICÍPIO DE CARNEIRINHO, BEM COMO CÓPIA DAS NOTAS FISCAIS REFERENTE AO PAGAMENTO DA CONSTRUÇÃO. </t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4103/4103_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4103/4103_texto_integral.xml</t>
   </si>
   <si>
     <t>MAURO RUFINO</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4104/4104_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4104/4104_texto_integral.xml</t>
   </si>
   <si>
     <t>EXPEDITO MARIANO WENCESLAU DA SILVA</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4105/4105_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4105/4105_texto_integral.xml</t>
   </si>
   <si>
     <t>BRAULINO ROSA DE LIMA</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4106/4106_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4106/4106_texto_integral.xml</t>
   </si>
   <si>
     <t>JOAQUIM JOSÉ DE OLIVEIRA</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4107/4107_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4107/4107_texto_integral.xml</t>
   </si>
   <si>
     <t>DAVID RIBEIRO DE QUEIROZ</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4114/4114_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4114/4114_texto_integral.xml</t>
   </si>
   <si>
     <t>APARECIDO BERNARDO DE LIMA</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4115/4115_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4115/4115_texto_integral.xml</t>
   </si>
   <si>
     <t>CLEITON GASPAR DA SILVA</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4116/4116_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4116/4116_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA CARDOSO DA CRUZ</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4117/4117_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4117/4117_texto_integral.xml</t>
   </si>
   <si>
     <t>MORAIDES JOSÉ FRANCISCO</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4118/4118_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4118/4118_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ PEDRO ANGELO</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4120/4120_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4120/4120_texto_integral.xml</t>
   </si>
   <si>
     <t>CLARINDO JOSÉ DOS SANTOS</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4123/4123_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4123/4123_texto_integral.xml</t>
   </si>
   <si>
     <t>DAVINA RIBEIRO MONTEMOR</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4124/4124_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4124/4124_texto_integral.xml</t>
   </si>
   <si>
     <t>LÁZARO LACERDA DE OLIVEIRA</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4125/4125_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4125/4125_texto_integral.xml</t>
   </si>
   <si>
     <t>APARECIDA VIANA</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4128/4128_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4128/4128_texto_integral.xml</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, REFERENTE AOS MESES DE OUTUBRO A NOVEMBRO DE 2016, CONTENDO OS NOMES, CARGOS E VENCIMENTOS DO PESSOAL EFETIVO,COMISSIONADO E CONTRATADOS.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4132/4132_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4132/4132_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZA ALVES DE OLIVEIRA SOUZA</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4133/4133_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4133/4133_texto_integral.xml</t>
   </si>
   <si>
     <t>LIDIONETE DA SILVA GONÇALVES NEVES</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4134/4134_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4134/4134_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZA DA CONCEIÇÃO GONÇALVES</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4135/4135_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4135/4135_texto_integral.xml</t>
   </si>
   <si>
     <t>DOVILHO PACHECO FEDERESSES</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4138/4138_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4138/4138_texto_integral.xml</t>
   </si>
   <si>
     <t>RICARDO DELPINO</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4148/4148_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4148/4148_texto_integral.xml</t>
   </si>
   <si>
     <t>APARECIDO PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4149/4149_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4149/4149_texto_integral.xml</t>
   </si>
   <si>
     <t>SRª. NATÁLIA CRISTINA DE SALES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2610,67 +2610,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2016/5166/ato_da_mesa_07_1610032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3943/3943_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3946/3946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3949/3949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3944/3944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3962/3962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3950/3950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3951/3951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3957/3957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3963/3963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3964/3964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3965/3965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3966/3966_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3967/3967_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3968/3968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3969/3969_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3971/3971_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3972/3972_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3973/3973_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3974/3974_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3975/3975_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3976/3976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3977/3977_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3983/3983_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3984/3984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3985/3985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3986/3986_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3994/3994_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3992/3992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3993/3993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3987/3987_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3988/3988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3989/3989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4001/4001_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4002/4002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4003/4003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4004/4004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4005/4005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4006/4006_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4007/4007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4008/4008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4009/4009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4022/4022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4010/4010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4011/4011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4012/4012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4013/4013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4014/4014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4015/4015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4018/4018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4020/4020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4021/4021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4023/4023_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4024/4024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4025/4025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4026/4026_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4027/4027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4028/4028_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4029/4029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4041/4041_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4042/4042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4043/4043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4044/4044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4046/4046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4045/4045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4047/4047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4048/4048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4051/4051_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4052/4052_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4053/4053_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4054/4054_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4055/4055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4059/4059_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4064/4064_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4065/4065_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4066/4066_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4062/4062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4063/4063_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4067/4067_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4068/4068_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4069/4069_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4070/4070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4075/4075_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4082/4082_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4081/4081_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4084/4084_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4086/4086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4098/4098_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4100/4100_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4101/4101_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4108/4108_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4111/4111_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4109/4109_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4112/4112_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4113/4113_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4119/4119_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4136/4136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4137/4137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4143/4143_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4145/4145_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4144/4144_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4146/4146_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4147/4147_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4121/4121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3941/3941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3942/3942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3981/3981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3990/3990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3991/3991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3995/3995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3996/3996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3997/3997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3998/3998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4016/4016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4019/4019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4036/4036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4039/4039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4050/4050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4058/4058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4060/4060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4061/4061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4074/4074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4083/4083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4092/4092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4102/4102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4122/4122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4126/4126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4127/4127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4129/4129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4130/4130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4141/4141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4037/4037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4093/4093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3947/3947_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3948/3948_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3954/3954_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3952/3952_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3953/3953_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3955/3955_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3956/3956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3958/3958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3959/3959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3960/3960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3961/3961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3978/3978_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3979/3979_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3980/3980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3999/3999_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4000/4000_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4017/4017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4030/4030_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4031/4031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4032/4032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4033/4033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4034/4034_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4035/4035_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4049/4049_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4056/4056_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4057/4057_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4076/4076_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4077/4077_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4078/4078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4079/4079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4080/4080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4087/4087_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4088/4088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4089/4089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4090/4090_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4095/4095_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4097/4097_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4094/4094_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4096/4096_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4099/4099_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4103/4103_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4104/4104_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4105/4105_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4106/4106_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4107/4107_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4114/4114_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4115/4115_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4116/4116_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4117/4117_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4118/4118_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4120/4120_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4123/4123_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4124/4124_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4125/4125_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4128/4128_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4132/4132_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4133/4133_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4134/4134_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4135/4135_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4138/4138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4148/4148_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4149/4149_texto_integral.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2016/5166/ato_da_mesa_07_1610032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3943/3943_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3946/3946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3949/3949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3944/3944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3962/3962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3950/3950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3951/3951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3957/3957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3963/3963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3964/3964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3965/3965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3966/3966_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3967/3967_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3968/3968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3969/3969_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3971/3971_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3972/3972_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3973/3973_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3974/3974_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3975/3975_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3976/3976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3977/3977_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3983/3983_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3984/3984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3985/3985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3986/3986_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3994/3994_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3992/3992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3993/3993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3987/3987_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3988/3988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3989/3989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4001/4001_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4002/4002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4003/4003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4004/4004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4005/4005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4006/4006_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4007/4007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4008/4008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4009/4009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4022/4022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4010/4010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4011/4011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4012/4012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4013/4013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4014/4014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4015/4015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4018/4018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4020/4020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4021/4021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4023/4023_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4024/4024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4025/4025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4026/4026_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4027/4027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4028/4028_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4029/4029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4041/4041_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4042/4042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4043/4043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4044/4044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4046/4046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4045/4045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4047/4047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4048/4048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4051/4051_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4052/4052_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4053/4053_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4054/4054_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4055/4055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4059/4059_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4064/4064_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4065/4065_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4066/4066_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4062/4062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4063/4063_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4067/4067_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4068/4068_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4069/4069_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4070/4070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4075/4075_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4082/4082_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4081/4081_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4084/4084_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4086/4086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4098/4098_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4100/4100_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4101/4101_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4108/4108_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4111/4111_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4109/4109_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4112/4112_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4113/4113_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4119/4119_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4136/4136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4137/4137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4143/4143_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4145/4145_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4144/4144_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4146/4146_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4147/4147_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4121/4121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3941/3941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3942/3942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3981/3981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3990/3990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3991/3991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3995/3995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3996/3996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3997/3997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3998/3998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4016/4016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4019/4019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4036/4036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4039/4039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4050/4050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4058/4058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4060/4060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4061/4061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4074/4074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4083/4083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4092/4092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4102/4102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4122/4122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4126/4126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4127/4127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4129/4129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4130/4130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4141/4141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4037/4037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4093/4093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3947/3947_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3948/3948_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3954/3954_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3952/3952_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3953/3953_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3955/3955_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3956/3956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3958/3958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3959/3959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3960/3960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3961/3961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3978/3978_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3979/3979_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3980/3980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/3999/3999_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4000/4000_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4017/4017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4030/4030_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4031/4031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4032/4032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4033/4033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4034/4034_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4035/4035_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4049/4049_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4056/4056_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4057/4057_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4076/4076_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4077/4077_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4078/4078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4079/4079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4080/4080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4087/4087_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4088/4088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4089/4089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4090/4090_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4095/4095_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4097/4097_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4094/4094_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4096/4096_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4099/4099_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4103/4103_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4104/4104_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4105/4105_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4106/4106_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4107/4107_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4114/4114_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4115/4115_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4116/4116_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4117/4117_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4118/4118_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4120/4120_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4123/4123_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4124/4124_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4125/4125_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4128/4128_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4132/4132_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4133/4133_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4134/4134_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4135/4135_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4138/4138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4148/4148_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2016/4149/4149_texto_integral.xml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>