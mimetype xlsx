--- v0 (2025-10-04)
+++ v1 (2026-03-30)
@@ -54,2785 +54,2785 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3676/3676_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3676/3676_texto_integral.xml</t>
   </si>
   <si>
     <t>O RECAPEAMENTO DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3677/3677_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3677/3677_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA TERCEIRIZADA PARA FAZER A LIMPEZA DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3678/3678_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3678/3678_texto_integral.xml</t>
   </si>
   <si>
     <t>TRANSFERÊNCIA DAS INSTALAÇÕES DA FARMÁCIA DE MINAS PARA PRÓXIMO DO AMBULATÓRIO VICENTE SEVERINO DE SOCORRO.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3682/3682_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3682/3682_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DAS INDICAÇÕES N.40/2013, DATADA DE 15 DE FEVEREIRO E 163/2014 DATADA DE 12 DE SETEMBRO DE 2014 DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NAS AVENIDAS OSVALDO PAULA DE ASSUNÇÃO, SÃO JOAQUIM DO TRIÂNGULO E OZIEL PEREIRA E TODOS A RUAS QUE FIZEREM NECESSÁRIO NO DISTRITO DE ESTRELA DA BARRA, BEM COMO, NAS RUAS NO INTERIOR DO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3700/3700_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3700/3700_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A SINALIZAÇÃO DAS RUAS E AVENIDAS DO BAIRRO MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3703/3703_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3703/3703_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE MURO E A COLOCAÇÃO DE TELA FINA PARA PROTEGER CONTRA REPTEIS, ANFÍBIOS E ROEDORES.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3701/3701_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3701/3701_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSEIO COM PISTA DE CAMINHADA E A ILUMINAÇÃO DA AVENIDA FIRMINO LUIZ DE OLIVEIRA, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3714/3714_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3714/3714_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DO LOTEAMENTO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3705/3705_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3705/3705_texto_integral.xml</t>
   </si>
   <si>
     <t>A SINALIZAÇÃO DAS RUAS E AVENIDAS INDICANDO "PARE", BEM COMO A COLOCAÇÃO DE PLACAS COM OS NOMES DAS RUAS E AVENIDAS DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3706/3706_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3706/3706_texto_integral.xml</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE REALIZAR O DESFILE EM COMEMORAÇÃO AO ANIVERSÁRIO DE EMANCIPAÇÃO DO MUNICÍPIO EM 28 DE ABRIL.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3707/3707_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3707/3707_texto_integral.xml</t>
   </si>
   <si>
     <t>LEVANTAMENTO DA NECESSIDADE DA CONSTRUÇÃO OU REFORMA DE MATA-BURROS E PONTES NAS ESTRADAS PRINCIPAIS E VICINAIS DO MUNICÍPIO, EFETUANDO POSTERIORMENTE OS SERVIÇOS.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3708/3708_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3708/3708_texto_integral.xml</t>
   </si>
   <si>
     <t>DESIGNA UM FUNCIONÁRIO PARA FISCALIZAR OS CARROS DA SECRETÁRIA MUNICIPAL DE SAÚDE, PRINCIPALMENTE QUE TRANSPORTAM PACIENTES PARA SÃO JOSÉ DO RIO PRETO E BARRETOS, OS QUAIS SAEM NO OUTRO DIA DE MADRUGADA.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3709/3709_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3709/3709_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE COLOQUE LIXEIRAS NAS PRAÇAS ADÉLIA SORES VILELA, ANTÔNIA RODRIGUÊS DE SOUZA, RUFINA PERPÉTUA DE TOLEDO E JOÃO SOARES DE ASSUNÇÃO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3710/3710_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3710/3710_texto_integral.xml</t>
   </si>
   <si>
     <t>RECOLOQUE DE NOMES ATUAIS E O ANTIGO NAS PLACAS DE SINALIZAÇÃO NAS ESQUINAS DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO, INCLUSIVE NOS BAIRROS NOVOS.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3716/3716_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3716/3716_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONSTRUÇÃO DE COBERTURA SOBRE O PARQUE INFANTIL DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - ELIZABETE RODRIGUES DA SILVA FERREIRA - TIA BETE. </t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3717/3717_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3717/3717_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE DOIS PESSOAS PARA O CARGO AGENTES DE COMBATE A ENDEMIAS PARA TRABALHAREM NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3718/3718_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3718/3718_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> RECONSTRUÇÃO DAS PAREDES DO BARRACÃO ONDE FUNCIONA O ECOPONTO QUE DESTINA AO ARMAZENAMENTO DE PNEUS INSERVÍVEIS QUE SÃO RECOLHIDOS JUNTO A COMUNIDADE.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3719/3719_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3719/3719_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM NOVO PRÉDIO PARA FUNCIONAR A UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3720/3720_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3720/3720_texto_integral.xml</t>
   </si>
   <si>
     <t>PROMOVA NOVAMENTE CAMPEONATOS MUNICIPAIS E REGIONAIS NOS DISTRITOS DE ESTRELA DA BARRA, FÁTIMA DO PONTAL, SÃO SEBASTIÃO E TAMBÉM NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3721/3721_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3721/3721_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE FAÇA LIMPEZA NOS TERRENOS BALDIOS, RUAS E AVENIDAS SEM PAVIMENTAÇÃO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Oscar José de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3731/3731_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3731/3731_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FIRME CONVÊNIO JUNTO AO MINISTÉRIO DO TURISMO PARA A CONSTRUÇÃO DE UM PORTAL DE BOAS VINDAS NA ENTRADA DA SEDE DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3732/3732_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3732/3732_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A CONTRATAÇÃO DE GUARDAS PARA PRESTAREM SERVIÇOS NAS PRAÇAS RUFINA PERPÉTUA DE TOLEDO (PRAÇA DA MATRIZ) NO CENTRO, ADÉLIA SOARES VILA NO BAIRRO JARDIM PRIMAVERA E NO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3733/3733_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3733/3733_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE PARA-RAIOS EM VÁRIOS PONTOS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3734/3734_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3734/3734_texto_integral.xml</t>
   </si>
   <si>
     <t>SEJA MELHORADO NO SISTEMA DE SOM DO GINÁSIO DE ESPORTE LOURENÇO MARTINS MAIA.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DOS BANHEIROS E DOS BANCOS E MELHORIA NA ILUMINAÇÃO DA PRAÇA ANTÔNIA RODRIGUES DE SOUZA NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3736/3736_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3736/3736_texto_integral.xml</t>
   </si>
   <si>
     <t>RETIRADA UMA ÁRVORE NA PRAÇA ANTÔNIA RODRIGUES DE SOUZA NO BAIRRO BELA VISTA NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3737/3737_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3737/3737_texto_integral.xml</t>
   </si>
   <si>
     <t>CORREÇÃO NOS REDUTORES DE VELOCIDADE (QUEBRA MOLAS) DA SEDE DO MUNICÍPIO, PRINCIPALMENTE O DA RUA AVELINO SOCORRO FILHO, EM FRENTE AO AMBULATÓRIO VICENTE SEVERINO SOCORRO, BEM COMO, A CONSTRUÇÃO DE NOVOS NAS RUAS E AVENIDAS QUE NÃO POSSUI REDUTORES DE VELOCIDADE (QUEBRA MOLAS).</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3738/3738_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3738/3738_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM TERRENO E POSTERIOR LOTEAMENTO E CONSTRUÇÃO DE CASAS POPULARES E DOAÇÃO AS FAMÍLIAS CARENTES DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3739/3739_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3739/3739_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO DE UMA LINHA DE ÔNIBUS QUE PASSE POR ESTRELA DA BARRA, FÁTIMA DO PONTAL E CARNEIRINHO.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3740/3740_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3740/3740_texto_integral.xml</t>
   </si>
   <si>
     <t>REALIZAÇÃO DA FESTA DO PEÃO DE BOIADEIRO NA SEDE DO MUNICÍPIO DE CARNEIRINHO E NOS DISTRITOS.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3741/3741_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3741/3741_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE PEDREIRO E SERVENTE PARA A CONSTRUÇÃO DE CALÇADAS PARA A POPULAÇÃO DO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3742/3742_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3742/3742_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRAÇÃO DE DUAS PESSOAS PARA FAZER A LIMPEZA DAS RUAS E AVENIDAS DA SEDE DO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3748/3748_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3748/3748_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA VILA OLÍMPICA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3743/3743_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3743/3743_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE UMA SALA E AQUISIÇÃO DE APARELHO DE FISIOTERAPIA DISPONIBILIZAR PARA O POPULAÇÃO DA VILA GRACILÂNDIA, PELO MENOS DUAS VEZES NA SEMANA. </t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3749/3749_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3749/3749_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE ZELADOR PARA CUIDAR DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3750/3750_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3750/3750_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE RETORNE A DOAÇÃO DE CESTAS BÁSICAS DE ALIMENTO NA SEDE E DISTRITOS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3751/3751_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3751/3751_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UMA MOTOFOG PARA O COMBATE DO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UMA ÁREA RURAL PARA PLANTAR HORTALIÇAS PARA SEREM DISTRIBUÍDOS AS FAMÍLIAS CARENTES E TAMBÉM UTILIZADOS NA MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3753/3753_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3753/3753_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA DE CAMINHADA NA AVENIDA AMBRAULINO LEANDRO BARBOSA DANDO A VOLTA PELA MGT 497 ATÉ TREVO VIRANDO NO ACESSO A RODOVIA ATÉ A RUA DR. ULISSES GUIMARÃES.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3754/3754_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3754/3754_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A REALIZAÇÃO DE EXAME DE ELECTRENCEFALOGRAMA EM PACIENTE, NO AMBULATÓRIO VICENTE SEVERINO DE SOCORRO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3766/3766_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3766/3766_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM PROFESSOR DE NATAÇÃO/INSTRUTOR FÍSICO PARA MINISTRAR AULAS NATAÇÃO E DE HIDROGINÁSTICA COMUNITÁRIAS PARA AS PESSOAS DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3767/3767_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3767/3767_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA ESCOLA MUNICIPAL VICENTE LUIZ ALVES, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE APARELHOS DE ARES-CONDICIONADOS PARA A ESCOLA MUNICIPAL VICENTE LUIZ ALVES E O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CEMEI NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3769/3769_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3769/3769_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇAMENTO NO CANTEIRO QUE SEPARA AS PISTA DA AVENIDA FIRMINO LUIZ DE OLIVEIRA PARA AS PESSOAS CAMINHAREM, BEM COMO A CONSTRUÇÃO DE CICLOVIA AO LONGO DA MESMA PARA OS CICLISTAS PRATICAR SEU ESPORTE.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REFORMA DOS BANHEIROS, OBSERVANDO A LEGISLAÇÃO DE ADAPTAÇÃO PARA DEFICIENTES FÍSICOS, NAS PRAÇAS PRAÇA RUFINA PERPÉTUA DE TOLEDO E ANTÔNIA RODRIGUES DE SOUZA, NO BAIRRO JARDIM BELA VISTA, AMBAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3771/3771_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3771/3771_texto_integral.xml</t>
   </si>
   <si>
     <t>UMA VEZ POR MÊS, PARA TRANSPORTAR OS APOSENTADOS DE DEMAIS PESSOAS RESIDENTE NA VILA APARECIDA DO PARANAÍBA (VILA BARBOSA) PARA RECEBEREM A APOSENTADORIA, PAGAR BOLETOS BANCÁRIOS OU AINDA FAZEREM COMPRAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3775/3775_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3775/3775_texto_integral.xml</t>
   </si>
   <si>
     <t>RESOLVER O PROBLEMA DE ACÚMULO DE ÁGUA AO FINAL DA AVENIDA OSVALDO PAULA DE ASSUNÇÃO, NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3780/3780_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3780/3780_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO ONDE FUNCIONA ESF - ESTRATÉGIA DA SAÚDE DA  FAMÍLIA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3776/3776_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3776/3776_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ROTATÓRIA NO ENCONTRO DA AVENIDA CARLOS SANTA ROSA COM A RUA DOZE E AVENIDA FIRMINO LUIZ DE OLIVEIRA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3779/3779_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3779/3779_texto_integral.xml</t>
   </si>
   <si>
     <t>ALTERAR A SINALIZAÇÃO DA AVENIDA CARLOS SANTA ROSA PARA QUE SEJA PREFERENCIAL NOS DOIS SENTIDOS, PARANDO APENAS NA RUA DR. ULISSES GUIMARÃES.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3781/3781_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3781/3781_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MAIS SALAS DE AULA NA ESCOLA VICENTE LUIZ ALVES.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3782/3782_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3782/3782_texto_integral.xml</t>
   </si>
   <si>
     <t>TAMPAR VALETAS QUE SE FORMOU NA AVENIDA ELIAS DAVID DE QUEIROZ EM FRENTE A CASA N.75 ANTIGA HORTA DO</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Gerson Ferrari, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3783/3783_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3783/3783_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DA ESTRADA QUE DÁ ACESSO A REGIÃO DO VALINHO DIVISA DE MUNICÍPIOS, REALIZANDO A QUEBRAR DE BARRANCOS, A CONSTRUÇÃO CURVAS DE NÍVEIS E BOLSÃO ATÉ A PROPRIEDADE DO SENHOR LÁZARO PAULINO. </t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3784/3784_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3784/3784_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM ANEL VIÁRIO ENTORNO DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3785/3785_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3785/3785_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA PRAÇA MARIA MALVINA DE JESUS(MATRIZ) NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3786/3786_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3786/3786_texto_integral.xml</t>
   </si>
   <si>
     <t>PARA TAMPAR O BURACO ABERTO PELA EROSÃO NA ESTRADA QUE LIGA O DISTRITO DE ESTRELA DA BARRA A SEDE DO MUNICÍPIO DE CARNEIRINHO, PRÓXIMO A PROPRIEDADE DO SR. JOSÉ ASSUNÇÃO.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3791/3791_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3791/3791_texto_integral.xml</t>
   </si>
   <si>
     <t>DÊ CONTINUIDADE AOS TRABALHOS DE QUEBRAR DE BARRANCOS E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE LIGA A SEDE DO MUNICIPIO À DIVISA COM MUNICÍPIO DE ITURAMA, CÓRREGO DO RIBEIRÃO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3793/3793_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3793/3793_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DA DOCUMENTAÇÃO DOS TERRENOS DO BAIRRO JOAQUIM LUIZ FERREIRA, COM URGÊNCIA, PARA QUE O CESSIONÁRIOS TENHAM A ESCRITURA DOS IMÓVEIS E NÃO APENAS A POSSE.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3794/3794_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3794/3794_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTINUIDADE NOS TRABALHOS DE CONSTRUÇÃO DAS CALÇADAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3797/3797_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3797/3797_texto_integral.xml</t>
   </si>
   <si>
     <t>ADESIVAR TODOS VEÍCULOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3795/3795_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3795/3795_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE CAMINHÃO TANQUE, PARA TRANSPORTAR LEITE, PARA A COOPERATIVA COOCAR.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3808/3808_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3808/3808_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> DOAÇÃO DE CASAS OU TERRENOS AS FAMÍLIAS CARENTES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3805/3805_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3805/3805_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO OU A CONTRATAÇÃO DE UMA EMPRESA LOCAL PARA DISPONIBILIZAR, A POPULAÇÃO DA SEDE E DOS DISTRITOS, PAPA-ENTULHOS (CAÇAMBAS) E CAMINHÃO PARA O TRANSPORTE AS MESMAS._x000D_
 </t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3801/3801_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3801/3801_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE ATRAVÉS DE CONVÊNIOS COM O ESTADO E A USINA CORURIPE VERBA PARA A PAVIMENTAÇÃO ASFÁLTICA D</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3802/3802_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3802/3802_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE CAMINHÃO COM VASSOURA ADAPTADAS PARA VARRER AS VIAS PUBLICAS DA SEDE E DOS DISTRITOS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3803/3803_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3803/3803_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE CÂMARAS FRIAS PARA O ARMAZENAMENTO, CONSERVAÇÃO E RESFRIAMENTO DE FRUTAS, LEGUMES E VERDURAS PARA AS ESCOLAS MUNICIPAIS DA SEDE, DOS DISTRITOS E DAS VILAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3814/3814_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3814/3814_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO DEPARTAMENTO COMPETENTE PARA QUE FAÇA O PATROLAMENTO, CASCALHAMENTO E SE POSSÍVEL O ASFALTO E MEIO FIO NO PROLOGAMENTO DA RUA MATO GROSSO EM FRENTE A CHÁCARA DO SR. DAMIÃO ATÉ A ESTAÇÃO DE TRATAMENTO DE ESGOTO DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3815/3815_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3815/3815_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO E IMPLANTAÇÃO DO CENTRO DE CONTROLE DE ZOONOSE NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva, Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3816/3816_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3816/3816_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA REAVALIADO OS PERCENTUAIS DA TARIFA DE ILUMINAÇÃO PÚBLICA REFERENTE A CONTRIBUIÇÃO DE CUSTEIO DE ILUMINAÇÃO PÚBLICA, INSTITUÍDA PELA LEI Nº 1.224/2013, BEM COMO A TABELA DE CUSTO ENVIADO A CEMIG. </t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3828/3828_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3828/3828_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PARCERIA COM AS COMUNIDADES RURAIS PARA A REALIZAÇÃO DO EVENTO "ENCONTRO DA FAMÍLIA RURAL" NO MUNICIPIO DE CARNEIRINHO-MG. </t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3827/3827_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3827/3827_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICO PEDIATRA PARA ATENDER NO AMBULATÓRIO VICENTE SEVERINO SOCORRO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3829/3829_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3829/3829_texto_integral.xml</t>
   </si>
   <si>
     <t>ARBORIZAÇÃO NAS LATERAIS DA AVENIDA FIRMINO LUIZ DE OLIVEIRA NA SEDE DO MUNICÍPIO ATÉ A RODOVIA MGT 497.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3830/3830_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3830/3830_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONCESSÃO ADMINISTRATIVA DE USO DE LANCHONETE NA VILA OLÍMPICA E A MANUTENÇÃO DAS PISCINAS, COM ISSO VIABILIZANDO O USO DESTA PELAS PESSOAS DA NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3837/3837_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3837/3837_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONSTRUÇÃO DE UMA VILA OLÍMPICA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3838/3838_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3838/3838_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA UMA REVISÃO NA REDE DE ILUMINAÇÃO PÚBLICA DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3839/3839_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3839/3839_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM TERRENO PARA LOTEAR E CONSTRUIR CASAS POPULARES PARA DOAÇÃO AS FAMÍLIAS CARENTES DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3840/3840_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3840/3840_texto_integral.xml</t>
   </si>
   <si>
     <t>A PROMOÇÃO DE NOVOS CAMPEONATOS MUNICIPAIS E REGIONAIS NOS DISTRITOS DE ESTRELA DA BARRA, FÁTIMA DO PONTAL, SÃO SEBASTIÃO E TAMBÉM NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3841/3841_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3841/3841_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITARAM AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REGULARIZAÇÃO DO LOTEAMENTO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3842/3842_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3842/3842_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE APARELHOS DE ARES CONDICIONADOS PARA AS SALAS DE AULA DAS ESCOLA ESTADUAL MARECHAL HERMES, DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3843/3843_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3843/3843_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A DISPONIBILIZAÇÃO DE ÔNIBUS, UMA VEZ POR MÊS, PARA TRANSPORTAR OS APOSENTADOS E DEMAIS PESSOAS RESIDENTE NA VILA APARECIDA DE PARANAÍBA(VILA BARBOSA) E COMUNIDADE SÃO JOÃO BATISTA(RUIVINHA) PARA RECEBEREM A APOSENTADORIA, PAGAR BOLETOS BANCÁRIOS OU AINDA FAZEREM COMPRAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3844/3844_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3844/3844_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE O SETOR COMPETENTE PARA COLOCAR PLACAS DE TRÂNSITO IMPEDIDO NOS QUARTEIRÕES QUE FICA O PORTÃO, DE ENTRADA SAÍDA DE ALUNOS, DAS ESCOLAS ESTADUAIS E MUNICIPAIS, NOS HORÁRIOS E ENTRADA E SAÍDA DE TURNO.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3845/3845_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3845/3845_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A IMPLANTAÇÃO DE CANIL NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3846/3846_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3846/3846_texto_integral.xml</t>
   </si>
   <si>
     <t>AMBULÂNCIA LOTADA NO DISTRITO DE FÁTIMA DO PONTAL FAÇA APENAS O TRANSPORTE DE PACIENTE ATÉ A SEDE E RETORNANDO PARA O MESMO.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3847/3847_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3847/3847_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE VEÍCULO PARA FAZER O TRANSLADO DO DR. SINVALDO PARA O DISTRITO FÁTIMA DO PONTAL E RETORNAR NAS TERÇAS-FEIRAS.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3849/3849_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3849/3849_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A LIMPEZA DOS BUEIROS NO BAIRRO MARIA DA LUZ DE QUEIROZ, NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA RUA DR. ULISSES GUIMARÃES, NAS PROXIMIDADES DO HOTEL FARIA. </t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3851/3851_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3851/3851_texto_integral.xml</t>
   </si>
   <si>
     <t>AGUAR A ESTRADA, SENTIDO DISTRITO DE ESTRELA DA BARRA, E LAVAR O ASFALTO NA AVENIDA AMBRAULINO LEANDRO BARBOSA TAMBÉM NO PERÍODO DA TARDE.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3869/3869_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3869/3869_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A CONSTRUÇÃO DE DUAS LOMBADAS NA ESTRADA QUE VAI PARA A COMUNIDADE SÃO JOÃO BATISTA(RUIVINHA)NAS PROXIMIDADE DA SEDE DA COMUNIDADE.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3870/3870_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3870/3870_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE VIABILIZE, JUNTO AOS ÓRGÃO COMPETENTE, A CONCESSÃO DE PÁTIO PARA GUARDAR OS CARROS APREENDIDOS PELA POLICIA MILITAR, NO MUNICIPIO DE CARNEIRINHO.  </t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3871/3871_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3871/3871_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINESSE AO SETOR COMPETENTE AGILIDADE NA FISCALIZAÇÃO DOS VENDEDORES AMBULANTES NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3875/3875_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3875/3875_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE DECORE AS PRAÇA COMO MOTIVOS NATALINOS, BEM COMO OS PRÉDIOS EM QUE FUNCIONA OS ÓRGÃOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO MG</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3876/3876_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3876/3876_texto_integral.xml</t>
   </si>
   <si>
     <t>O PAGAMENTO DA INSALUBRIDADE AOS AGENTES DA SAÚDE DA FAMÍLIA E DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3877/3877_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3877/3877_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE COBERTURA NO ESTACIONAMENTO DOS VEÍCULOS DO AMBULATÓRIO VICENTE SEVERINO SOCORRO.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3881/3881_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3881/3881_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE BRINQUEDOS PARA AS CRIANÇAS CARENTES NO NATAL.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3882/3882_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3882/3882_texto_integral.xml</t>
   </si>
   <si>
     <t>CARNEIRINHO A CONSTRUÇÃO DE MINICAMPO E QUADRA DE AREIA NO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3885/3885_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3885/3885_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS POPULARES NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3883/3883_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3883/3883_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> DOAÇÃO DE TERRENO PARA CONSTRUÇÃO DE NOVO PRÉDIO PARA FUNCIONAMENTO DA ESCOLA ESTADUAL BOM SUCESSO.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3886/3886_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3886/3886_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO E INSTALAÇÃO DE CLIMATIZADOR PARA A TECELAGEM DE FÁTIMA DO PONTAL. </t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3891/3891_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3891/3891_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> FAÇA UM ESTUDO A RESPEITO DA SINALIZAÇÃO DAS RUAS E AVENIDAS, POIS ATUALMENTE AS RUAS SÃO AS PREFERENCIAIS E NÃO AS AVENIDAS COMO NAS DEMAIS CIDADES DA REGIÃO.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3892/3892_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3892/3892_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE SONORIZADOR NO ACESSO JERÔNIMO JOSÉ DE SOUZA QUE LIGA A SEDE A RODOVIA MGT 497.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3904/3904_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3904/3904_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE MAIS POSTES DE ENERGIA ELÉTRICA NAS RUAS E AVENIDAS, BEM COMO, A MELHORIA NA ILUMINAÇÃO</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3905/3905_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3905/3905_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PARA QUE FAÇAM O LEVANTAMENTO DOS LOCAIS, NAS ESTRADAS PRINCIPAIS E VICINAIS, QUE NECESSITAM DE NOVOS MATA-BURROS OU DE REFORMA DOS MESMO.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3906/3906_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3906/3906_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZE O CAMINHÃO PIPA PARA AGUAR, PELO MENOS DUAS VEZES POR SEMANA, AS RUAS E AVENIDA DAS VILAS GRACILANDIA E APARECIDA DO PARANAÍBA. </t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3911/3911_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3911/3911_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA ÁREA DE LAZER OSVALDO PAULA ASSUNÇÃO BEM COMO DA QUADRA FRANCISCO GUIZZO.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3912/3912_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3912/3912_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE  LIXEIRAS NAS PRAÇAS ADÉLIA SORES VILELA, ANTÔNIA RODRIGUES DE SOUZA, RUFINA PERPÉTUA </t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3913/3913_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3913/3913_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REBAIXAR O MEIO FIO EM FRENTE AO PRÉDIO DO VELÓRIO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO </t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3914/3914_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3914/3914_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA ÁREA EXTERNA COBERTA AO LADO PRÉDIO DO VELÓRIO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3915/3915_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3915/3915_texto_integral.xml</t>
   </si>
   <si>
     <t>A PRESTAÇÃO DE SERVIÇOS EM PROPRIEDADES RURAIS PARTICULARES NO MUNICÍPIO, CONFORME ESTABELECE A LEI MUNICIPAL 580/2003.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3921/3921_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3921/3921_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTINUIDADE NA CONSTRUÇÃO DE REDUTORES DE VELOCIDADES NAS RUAS E AVENIDAS NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>FAÇA O PATROLAMENTO, CASCALHAMENTO E COLOCAR TERRA EM VÁRIOS PONTO NA ESTRADA DO BARREIRO.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3923/3923_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3923/3923_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE TERRENOS PARA AS FAMÍLIAS CARENTES NO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3924/3924_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3924/3924_texto_integral.xml</t>
   </si>
   <si>
     <t>CONCLUSÃO DA CONSTRUÇÃO DE PASSEIO COM PISTA DE CAMINHADA NA AVENIDA FIRMINO LUIZ DE OLIVEIRA NA SEDE DO MUNICÍPIO, BEM COMO A RECOLOCAÇÃO DO POSTE QUE ESTÁ CAINDO NA MESMA AVENIDA.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3925/3925_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3925/3925_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">RENOVE O CONTRATO DE TRANSPORTE DE ALUNOS APLICANDO O ÍNDICE DE INFLAÇÃO PARA ATUALIZAÇÃO DOS CONTRATOS. </t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3936/3936_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3936/3936_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE BRINQUEDOS, PARA CRIANÇAS CARENTES NO NATAL</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3937/3937_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3937/3937_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA PARCERIA COM A USINA CORURIPE PARA OPERAÇÃO TAMPA BURACOS, RECAPEAMENTO E ARBORIZAÇÃO DA AV</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3938/3938_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3938/3938_texto_integral.xml</t>
   </si>
   <si>
     <t>OPERAÇÃO TAMPA BURACOS E O RECAPEAMENTO NA RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3796/3796_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3796/3796_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO ANTÔNIO PANTALEÃO</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3804/3804_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3804/3804_texto_integral.xml</t>
   </si>
   <si>
     <t>DJALMA HENRIQUE BARBOSA E ROSA BENTO DE QUEIROZ</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3809/3809_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3809/3809_texto_integral.xml</t>
   </si>
   <si>
     <t>TÚLIO EDER GUEDES -3º SARGENTO E LUCIUS MARTINELLI BORGES OLIVEIRA - SOLDADO</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3831/3831_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3831/3831_texto_integral.xml</t>
   </si>
   <si>
     <t>FUNCIONÁRIOS DA EMATER DE CARNEIRINHO: ALEXANDRE LUIZ NEVES -EXTENSIONISTA AGROPECUÁRIO II, SANDRA MARIA DE SOUZA -EXTENSIONISTA DE BEM ESTAR SOCIAL II E LÚCIA APARECIDA CARMELLO - SECRETÁRIA ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3852/3852_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3852/3852_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CAPITÃO MAGNO CIPRIANO DE OLIVEIRA, COMANDANTE DA 3°CIA PM IND. </t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3865/3865_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3865/3865_texto_integral.xml</t>
   </si>
   <si>
     <t>GILMAR DIAS DE ALMEIDA</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3867/3867_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3867/3867_texto_integral.xml</t>
   </si>
   <si>
     <t>CABO DA PM EDVALDO NOVAES COSTA, COMANDANTE DO 1°GRUPAMENTO DO DITRITO ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo, Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3868/3868_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3868/3868_texto_integral.xml</t>
   </si>
   <si>
     <t>TENENTE PM MARCOS ANTÔNIO DE SOUZA JUNIOR, COMANDANTE DO 2° PELOTÃO PM DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3890/3890_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3890/3890_texto_integral.xml</t>
   </si>
   <si>
     <t>WELLINGTON BARBOSA DE PAULA</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3726/3726_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3726/3726_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2002.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2015/3727/projeto_decreto_legislativo.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2015/3727/projeto_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3799/3799_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3799/3799_texto_integral.doc</t>
   </si>
   <si>
     <t>REJEITAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3934/3934_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3934/3934_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A EXECUÇÃO DO PROGRAMA MINHA CASA MINHA VIDA NO ÂMBITO DO MUNICÍPIO DE CARNEIRINHO, AUTORIZA A ALIENAÇÃO DE IMÓVEIS PERTENCENTES AO PATRIMÔNIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3680/3680_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3680/3680_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI 0 PROGRAMA MUNICIPAL DE APOIO À EDUCAÇÃO SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3681/3681_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3681/3681_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O ADICIONAL DE PERICULOSIDADE AOS VIGIAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3691/3691_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3691/3691_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL NA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3692/3692_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3692/3692_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O PAGAMENTO DE DESPESA DE EXERCÍCIO ANTERIOR NÃO EMPENHADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3693/3693_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3693/3693_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3711/3711_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3711/3711_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO NO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DA PREFEITURA DO MUNICÍPIO DE CARNEIRINHO-ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3715/3715_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3715/3715_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÁS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3729/3729_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3729/3729_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERA A REDAÇÃO DO &amp;#8220;CAPUT&amp;#8221; DO ART. 14 E DO INCISO I DO ART. 22, DA LEI Nº612, DE 03/07/03 E ACRESCENTA O PARÁGRAFO 8º NO ART. 22 DA REFERIDA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3730/3730_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3730/3730_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO PARA O CLUBE DE RODEIO 28 DE ABRIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3747/3747_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3747/3747_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA VAGA PARA CARGO DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3778/3778_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3778/3778_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA VAGA PARA CARGO DE PROVIMENTO EFETIVO E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3765/3765_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3765/3765_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CARNEIRINHO O "DIA DO INSPETOR DE ALUNOS, AUXILIAR DE CRECHE E ASSISTENTE PEDAGÓGICO"</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3777/3777_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3777/3777_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3772/3772_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3772/3772_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A ADQUIRIR PARTE DE IMÓVEL RURAL, QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3800/3800_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3800/3800_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3806/3806_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3806/3806_texto_integral.pdf</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3813/3813_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3813/3813_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3821/3821_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3821/3821_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3°, DA LEI N°203, DE 26 DE MAIO DE 1997.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3822/3822_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3822/3822_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O &amp; 1°DO ART.1° DA LEI N°1.189, DE 14 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3823/3823_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3823/3823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA PARCELAMENTO DE DÉBITO DE CONTRIBUIÇÃO PREVIDENCIÁRIA._x000D_
 </t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3824/3824_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3824/3824_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3832/3832_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3832/3832_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O INCISO II DO PARÁGRAFO ÚNICO DO ART.1° E &amp; 4° DO ART. 5°, ALTERA O INCISO III DO PARÁGRAFO ÚNICO DO ART.1°, TODOS DA LEI N°1.315 DE 16 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3833/3833_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3833/3833_texto_integral.pdf</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3834/3834_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3834/3834_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE RECUPERAÇÃO FISCAL - REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3835/3835_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3835/3835_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A FACULDADE FAMA, PARA CONCESSÃO DE ESTÁGIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3848/3848_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3848/3848_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3864/3864_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3864/3864_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3879/3879_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3879/3879_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3887/3887_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3887/3887_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N°1.230/13 E N°1.296/14 E DA OUTRAS PROVIDENCIAS;</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3888/3888_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3888/3888_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N°1.316/15 LEI DIRETRIZES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3889/3889_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3889/3889_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR/RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART.100, PARÁGRAFOS 3° E 4° DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3899/3899_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3899/3899_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIS.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3900/3900_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3900/3900_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL URBANO, DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3902/3902_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3902/3902_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3903/3903_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3903/3903_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL, DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3918/3918_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3918/3918_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAM  OS VENCIMENTOS  DO CARGO DE  ASSESSOR I, CRIADO PELA  LEI 1132/2011, DE 27 DE DEZEMBRO DE 2011.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3919/3919_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3919/3919_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM AS ENTIDADES QUE MENCIONA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3920/3920_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3920/3920_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA O INCISO VI NO PARÁGRAFO 8º, DO ART.22 DA LEI Nº612, DE 03 DE JULHO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3933/3933_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3933/3933_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO III DO ART.4°DA LEI N°1.323 DE 31 DE AGOSTO DE 2015.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3935/3935_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3935/3935_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3940/3940_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3940/3940_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONSTRUÇÃO DE PARQUE INFANTIL NA CRECHE MUNICIPAL DE SÃO SEBASTIÃO DO PONTAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3712/3712_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3712/3712_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO ANUAL DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3713/3713_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3713/3713_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "CÂMARA ITINERANTE" NO PODER LEGISLATIVO DO MUNICÍPIO DE CARNEIRINHO-MG, NO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3825/3825_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3825/3825_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESA ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3826/3826_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3826/3826_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ENTREGA DE BENS MÓVEIS AO EXECUTIVO MUNICIPAL E DÁ BAIXA NO PATRIMÔNIO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3893/3893_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3893/3893_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$55.500,00(CINQUENTA E CINCO MIL, QUINHENTOS REAIS)PARA DOTAÇÕES DA CÂMARA MUNICIPAL DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3907/3907_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3907/3907_texto_integral.pdf</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3679/3679_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3679/3679_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PAGAMENTO DE ADICIONAL DE INSALUBRIDADE, NOS TERMOS DO ART . 192 DA CLT AO SERVIDORES QUE EXERCEM ATIVIDADES OU OPERAÇÕES INSALUBRES QUE POR SUA NATUREZA, CONDIÇÕES OU MÉTODOS DE TRABALHO, EXPONHAM OS EMPREGADOS A AGENTES NOCIVOS À SAÚDE, ACIMA DOS LIMITES DE TOLERÂNCIA FIXADOS EM RAZÃO DA NATUREZA E DA INTENSIDADE DO AGENTE E DO TEMPO DE EXPOSIÇÃO AOS SEUS EFEITOS. </t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3683/3683_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3683/3683_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO HERCULANO DA SILVA</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3684/3684_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3684/3684_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA NILCE DA SILVA</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3685/3685_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3685/3685_texto_integral.xml</t>
   </si>
   <si>
     <t>IDALINO FERREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3686/3686_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3686/3686_texto_integral.xml</t>
   </si>
   <si>
     <t>CARLOS DA SILVA RODRIGUES</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3687/3687_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3687/3687_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA ENGRAÇA CONCEIÇÃO LIMA</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3688/3688_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3688/3688_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZ ANTÔNIO DA SILVA</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3689/3689_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3689/3689_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA FRANCISCA DE QUEIROZ</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3694/3694_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3694/3694_texto_integral.xml</t>
   </si>
   <si>
     <t>JONAS ALVES GONÇALVES</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3695/3695_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3695/3695_texto_integral.xml</t>
   </si>
   <si>
     <t>ALAIDE DUTRA DOS SANTOS</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3696/3696_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3696/3696_texto_integral.xml</t>
   </si>
   <si>
     <t>IVERCELI DE FREITAS MENDONÇA</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3697/3697_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3697/3697_texto_integral.xml</t>
   </si>
   <si>
     <t>MALVINA ROSA</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3698/3698_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3698/3698_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO SOARES QUEIROZ</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3699/3699_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3699/3699_texto_integral.xml</t>
   </si>
   <si>
     <t>VICENTE QUIRINO DE ALMEIDA</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3722/3722_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3722/3722_texto_integral.xml</t>
   </si>
   <si>
     <t>PAULO JUNIOR PEREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3723/3723_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3723/3723_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIO JOSÉ DOS SANTOS</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3724/3724_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3724/3724_texto_integral.xml</t>
   </si>
   <si>
     <t>ANDERSON PEREIRA SABINO</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3725/3725_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3725/3725_texto_integral.xml</t>
   </si>
   <si>
     <t>VITÓRIA APARECIDA ARANTES</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3744/3744_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3744/3744_texto_integral.xml</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS CARNAVAL DE 2015</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3745/3745_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3745/3745_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CELEBRAÇÃO DE TERMO DE CONCESSÃO DE DIREITO REAL DE USO DOS IMÓVEIS ONDE FUNCIONAM AS TECELAGENS DE FÁTIMA DO PONTAL E ESTRELA DA BARRA, SÃO SEBASTIÃO DO PONTAL E DA SEDE DO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3746/3746_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3746/3746_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CÓPIA DO PROCESSO LICITATÓRIO REFERENTE A CONSTRUÇÃO DE BANHEIROS NA QUADRA 74, NA RUA SÃO PAULO EM CARNEIRINHO ACOMPANHADO DAS NOTAS DE EMPENHO E FISCAIS REFERENTE AOS PAGAMENTOS. CÓPIA DO PROCESSO LICITATÓRIO REFERENTE A CONSTRUÇÃO DA BANHEIRO NA  QUADRA 74, NA RUA SÃO PAULO EM </t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ BEZERRA DA SILVA</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3756/3756_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3756/3756_texto_integral.xml</t>
   </si>
   <si>
     <t>JUDITE LUIZA DE FRANÇA</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3757/3757_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3757/3757_texto_integral.xml</t>
   </si>
   <si>
     <t>ORLANDINO FELÍCIO BENTO</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.xml</t>
   </si>
   <si>
     <t>VANIL FRANCISCO ESPONTÃO</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3759/3759_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3759/3759_texto_integral.xml</t>
   </si>
   <si>
     <t>RAIMUNDO DO NASCIMENTO</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3760/3760_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3760/3760_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ DIVINO BARBOSA</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3762/3762_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3762/3762_texto_integral.xml</t>
   </si>
   <si>
     <t>LAZARO SEVERINO ALVES</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3763/3763_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3763/3763_texto_integral.xml</t>
   </si>
   <si>
     <t>BRASILINA TOLEDO LIMA</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3773/3773_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3773/3773_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PILAR INÁCIO CENTENO CARÓSIO </t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3774/3774_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3774/3774_texto_integral.xml</t>
   </si>
   <si>
     <t>SONIA MARIA TAVARES</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3787/3787_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3787/3787_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">ESCLARECIMENTOS SOBRE O VALOR GASTO COM A AQUISIÇÃO E INSTALAÇÃO DO APARELHO DE RAIO X QUE FOI ADQUIRIDO PELA MUNICIPALIDADE, O QUAL ATÉ O PRESENTE MOMENTO NÃO ENCONTRA-SE EM FUNCIONAMENTO. </t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3788/3788_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3788/3788_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO LUCIANO DOS SANTOS </t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3789/3789_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3789/3789_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA. LOURDES BENEDITO DA SILVEIRA, WILSON INÁCIO DA SILVEIRA E THAILSON INÁCIO DA SILVEIRA</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3790/3790_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3790/3790_texto_integral.xml</t>
   </si>
   <si>
     <t>MARCONDES AVES DE QUEIROZ</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3798/3798_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3798/3798_texto_integral.xml</t>
   </si>
   <si>
     <t>OSVALDO BARBOSA</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3810/3810_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3810/3810_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO MOREIRA DA SILVA</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3811/3811_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3811/3811_texto_integral.xml</t>
   </si>
   <si>
     <t>IPÓLITO TIAGO DE ARAÚJO</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3818/3818_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3818/3818_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ EURICO</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3820/3820_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3820/3820_texto_integral.xml</t>
   </si>
   <si>
     <t>SR. EMIDIO JOSÉ DE SOCORRO</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3817/3817_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3817/3817_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIÃO ROSA DE LIMA</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3819/3819_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3819/3819_texto_integral.xml</t>
   </si>
   <si>
     <t>ANA JARDIM FERNANDES</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3836/3836_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3836/3836_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE CONTAS DE COMEMORAÇÕES DOS 23 ANOS DE EMANCIPAÇÃO POLITICA ADMINISTRATIVO DE CARNEIRINHO, INCLUINDO OS EVENTOS: 14ª EXPOCAR, 23ª FESTA DO PEÃO E CHURRASCO POPULAR, REALIZADOS NOS DIAS 21 A 26 DE ABRIL 2015. </t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.xml</t>
   </si>
   <si>
     <t>ALFREDO SEVERINO VIEIRA</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3854/3854_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3854/3854_texto_integral.xml</t>
   </si>
   <si>
     <t>IZABEL DA FONSECA</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3855/3855_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3855/3855_texto_integral.xml</t>
   </si>
   <si>
     <t>ANGELINA MARTINS DE SOUZA</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3856/3856_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3856/3856_texto_integral.xml</t>
   </si>
   <si>
     <t>ROSA PIMENTEL DA COSTA</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA APARECIDA MARTINS</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3858/3858_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3858/3858_texto_integral.xml</t>
   </si>
   <si>
     <t>LUCIANO BONFIM DOS SANTOS</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3859/3859_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3859/3859_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ MARTINS DE LIMA</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3860/3860_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3860/3860_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DALIRA MARIA DE JESUS_x000D_
 </t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3861/3861_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3861/3861_texto_integral.xml</t>
   </si>
   <si>
     <t>SEVERINA JOSEFA DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.xml</t>
   </si>
   <si>
     <t>ANÉSIA CÂNDIDA SEVERO</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3863/3863_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3863/3863_texto_integral.xml</t>
   </si>
   <si>
     <t>RUBÉNS DE OLIVEIRA CAMPOS</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3866/3866_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3866/3866_texto_integral.xml</t>
   </si>
   <si>
     <t>ROSA MARIA MAIA DE IMA</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3872/3872_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3872/3872_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> VALCIQUE DE OLIVEIRA</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3873/3873_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3873/3873_texto_integral.xml</t>
   </si>
   <si>
     <t>MANOEL GOMES DA SILVA</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3874/3874_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3874/3874_texto_integral.xml</t>
   </si>
   <si>
     <t>OLIVINA QUEIROZ DOS SANTOS SILVA</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3878/3878_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3878/3878_texto_integral.xml</t>
   </si>
   <si>
     <t>SINÉZIO RIBEIRO</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3880/3880_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3880/3880_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA MARTINS DE OLIVEIRA, FALECEU DIA 09/09/2015, EM SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3884/3884_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3884/3884_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CÓPIA DA FOLHA DE PAGAMENTO DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, CONTENDO OS NOMES, CARGOS E VENCIMENTOS DO PESSOAL EFETIVO, COMISSIONADO E CONTRATADOS. </t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3894/3894_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3894/3894_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIANA ALVES SÃO JOSÉ</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3895/3895_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3895/3895_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO DE SOUZA GAMA</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3896/3896_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3896/3896_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA DAS DORES RODRIGUES GOMES</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3897/3897_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3897/3897_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO VICENTE TRASSI</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3898/3898_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3898/3898_texto_integral.xml</t>
   </si>
   <si>
     <t>AZIRA CORENDINO DOS SANTOS</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3901/3901_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3901/3901_texto_integral.xml</t>
   </si>
   <si>
     <t>DIONINEZIA MARTINS DE QUEIROZ</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3908/3908_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3908/3908_texto_integral.xml</t>
   </si>
   <si>
     <t>OSMAIR CASSINONI -GELÉIA</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3909/3909_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3909/3909_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DONIZETE FERNANDES BARBOSA </t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3910/3910_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3910/3910_texto_integral.xml</t>
   </si>
   <si>
     <t>NILMA SILEIDE DE QUEIROZ</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3916/3916_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3916/3916_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA BISPO CAETANO</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3917/3917_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3917/3917_texto_integral.xml</t>
   </si>
   <si>
     <t>LUCIANA ALVES DA SILVA</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3926/3926_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3926/3926_texto_integral.xml</t>
   </si>
   <si>
     <t>IDELZIRA RIBEIRO DA SILVA</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3927/3927_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3927/3927_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">VALDECIR DO AMARAL </t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3928/3928_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3928/3928_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO LUIZ PAZIM</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3929/3929_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3929/3929_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ JUSTINO MIRANDA</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3930/3930_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3930/3930_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZA SANTINI</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3931/3931_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3931/3931_texto_integral.xml</t>
   </si>
   <si>
     <t>DANIEL LISBOA DOS SANTOS(BAIANO)</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3932/3932_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3932/3932_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO BATISTA SANTOS</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3939/3939_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3939/3939_texto_integral.xml</t>
   </si>
   <si>
     <t>GENÉSIO BARBOSA DE FREITAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3139,67 +3139,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3676/3676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3677/3677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3678/3678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3682/3682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3700/3700_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3703/3703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3701/3701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3714/3714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3705/3705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3706/3706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3707/3707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3708/3708_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3709/3709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3710/3710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3716/3716_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3717/3717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3718/3718_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3719/3719_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3720/3720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3721/3721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3731/3731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3732/3732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3733/3733_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3734/3734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3736/3736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3737/3737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3738/3738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3739/3739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3740/3740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3741/3741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3742/3742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3748/3748_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3743/3743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3749/3749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3750/3750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3751/3751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3753/3753_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3754/3754_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3766/3766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3767/3767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3769/3769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3771/3771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3775/3775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3780/3780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3776/3776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3779/3779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3781/3781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3782/3782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3783/3783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3784/3784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3785/3785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3786/3786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3791/3791_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3793/3793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3794/3794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3797/3797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3795/3795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3808/3808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3805/3805_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3801/3801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3802/3802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3803/3803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3814/3814_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3815/3815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3816/3816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3828/3828_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3827/3827_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3829/3829_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3830/3830_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3837/3837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3838/3838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3839/3839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3840/3840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3841/3841_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3842/3842_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3843/3843_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3844/3844_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3845/3845_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3846/3846_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3847/3847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3849/3849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3851/3851_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3869/3869_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3870/3870_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3871/3871_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3875/3875_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3876/3876_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3877/3877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3881/3881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3882/3882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3885/3885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3883/3883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3886/3886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3891/3891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3892/3892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3904/3904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3905/3905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3906/3906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3911/3911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3912/3912_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3913/3913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3914/3914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3915/3915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3921/3921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3923/3923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3924/3924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3925/3925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3936/3936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3937/3937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3938/3938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3796/3796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3804/3804_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3809/3809_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3831/3831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3852/3852_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3865/3865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3867/3867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3868/3868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3890/3890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3726/3726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2015/3727/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3799/3799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3934/3934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3680/3680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3681/3681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3691/3691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3692/3692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3693/3693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3711/3711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3715/3715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3729/3729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3730/3730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3747/3747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3778/3778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3765/3765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3777/3777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3772/3772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3800/3800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3806/3806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3813/3813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3821/3821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3823/3823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3824/3824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3832/3832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3833/3833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3834/3834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3835/3835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3848/3848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3864/3864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3879/3879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3887/3887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3888/3888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3889/3889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3899/3899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3900/3900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3902/3902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3918/3918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3919/3919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3920/3920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3933/3933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3935/3935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3940/3940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3712/3712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3713/3713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3825/3825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3826/3826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3893/3893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3679/3679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3683/3683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3684/3684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3685/3685_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3686/3686_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3687/3687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3688/3688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3689/3689_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3694/3694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3695/3695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3696/3696_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3697/3697_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3698/3698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3699/3699_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3722/3722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3723/3723_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3724/3724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3725/3725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3744/3744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3745/3745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3746/3746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3756/3756_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3757/3757_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3759/3759_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3760/3760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3762/3762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3763/3763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3773/3773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3774/3774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3787/3787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3788/3788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3789/3789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3790/3790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3798/3798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3810/3810_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3811/3811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3818/3818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3820/3820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3817/3817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3819/3819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3836/3836_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3854/3854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3855/3855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3856/3856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3858/3858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3859/3859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3860/3860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3861/3861_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3863/3863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3866/3866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3872/3872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3873/3873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3874/3874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3878/3878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3880/3880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3884/3884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3894/3894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3895/3895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3896/3896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3897/3897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3898/3898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3901/3901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3908/3908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3909/3909_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3910/3910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3916/3916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3917/3917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3926/3926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3927/3927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3928/3928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3929/3929_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3930/3930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3931/3931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3932/3932_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3939/3939_texto_integral.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3676/3676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3677/3677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3678/3678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3682/3682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3700/3700_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3703/3703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3701/3701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3714/3714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3705/3705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3706/3706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3707/3707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3708/3708_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3709/3709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3710/3710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3716/3716_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3717/3717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3718/3718_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3719/3719_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3720/3720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3721/3721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3731/3731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3732/3732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3733/3733_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3734/3734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3736/3736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3737/3737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3738/3738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3739/3739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3740/3740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3741/3741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3742/3742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3748/3748_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3743/3743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3749/3749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3750/3750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3751/3751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3753/3753_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3754/3754_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3766/3766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3767/3767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3769/3769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3771/3771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3775/3775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3780/3780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3776/3776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3779/3779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3781/3781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3782/3782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3783/3783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3784/3784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3785/3785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3786/3786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3791/3791_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3793/3793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3794/3794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3797/3797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3795/3795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3808/3808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3805/3805_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3801/3801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3802/3802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3803/3803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3814/3814_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3815/3815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3816/3816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3828/3828_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3827/3827_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3829/3829_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3830/3830_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3837/3837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3838/3838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3839/3839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3840/3840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3841/3841_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3842/3842_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3843/3843_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3844/3844_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3845/3845_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3846/3846_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3847/3847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3849/3849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3851/3851_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3869/3869_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3870/3870_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3871/3871_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3875/3875_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3876/3876_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3877/3877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3881/3881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3882/3882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3885/3885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3883/3883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3886/3886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3891/3891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3892/3892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3904/3904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3905/3905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3906/3906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3911/3911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3912/3912_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3913/3913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3914/3914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3915/3915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3921/3921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3923/3923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3924/3924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3925/3925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3936/3936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3937/3937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3938/3938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3796/3796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3804/3804_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3809/3809_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3831/3831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3852/3852_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3865/3865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3867/3867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3868/3868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3890/3890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3726/3726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2015/3727/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3799/3799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3934/3934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3680/3680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3681/3681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3691/3691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3692/3692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3693/3693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3711/3711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3715/3715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3729/3729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3730/3730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3747/3747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3778/3778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3765/3765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3777/3777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3772/3772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3800/3800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3806/3806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3813/3813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3821/3821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3823/3823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3824/3824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3832/3832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3833/3833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3834/3834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3835/3835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3848/3848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3864/3864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3879/3879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3887/3887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3888/3888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3889/3889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3899/3899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3900/3900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3902/3902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3918/3918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3919/3919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3920/3920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3933/3933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3935/3935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3940/3940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3712/3712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3713/3713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3825/3825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3826/3826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3893/3893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3679/3679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3683/3683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3684/3684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3685/3685_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3686/3686_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3687/3687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3688/3688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3689/3689_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3694/3694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3695/3695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3696/3696_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3697/3697_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3698/3698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3699/3699_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3722/3722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3723/3723_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3724/3724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3725/3725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3744/3744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3745/3745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3746/3746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3756/3756_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3757/3757_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3759/3759_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3760/3760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3762/3762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3763/3763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3773/3773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3774/3774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3787/3787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3788/3788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3789/3789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3790/3790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3798/3798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3810/3810_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3811/3811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3818/3818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3820/3820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3817/3817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3819/3819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3836/3836_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3854/3854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3855/3855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3856/3856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3858/3858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3859/3859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3860/3860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3861/3861_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3863/3863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3866/3866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3872/3872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3873/3873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3874/3874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3878/3878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3880/3880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3884/3884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3894/3894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3895/3895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3896/3896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3897/3897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3898/3898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3901/3901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3908/3908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3909/3909_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3910/3910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3916/3916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3917/3917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3926/3926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3927/3927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3928/3928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3929/3929_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3930/3930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3931/3931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3932/3932_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2015/3939/3939_texto_integral.xml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>