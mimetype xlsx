--- v0 (2025-10-06)
+++ v1 (2026-03-27)
@@ -54,3957 +54,3957 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5169/ato_da_mesa_01_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5169/ato_da_mesa_01_1410032020.pdf</t>
   </si>
   <si>
     <t>Nomeia o Senhor Robison Paulo Ernesto da Silva para exercer o cargo, de provimento em comissão, de Controlador Interno.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5170/ato_da_mesa_02_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5170/ato_da_mesa_02_1410032020.pdf</t>
   </si>
   <si>
     <t>Exonera servidor Antonio Pascoal Longo do Cargo de Assessor Parlamentar, provimento em comissão e contrata no cargo de Motorista, provimento efetivo.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5171/ato_da_mesa_03_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5171/ato_da_mesa_03_1410032020.pdf</t>
   </si>
   <si>
     <t>Concede férias a servidora Selma Socorro Toledo e dá outras providências.</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5172/ato_da_mesa_04_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5172/ato_da_mesa_04_1410032020.pdf</t>
   </si>
   <si>
     <t>Concede férias aos servidores que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5173/ato_da_mesa_05_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5173/ato_da_mesa_05_1410032020.pdf</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5174/ato_da_mesa_06_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5174/ato_da_mesa_06_1410032020.pdf</t>
   </si>
   <si>
     <t>Concede férias a servidora que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5175/ato_da_mesa_07_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5175/ato_da_mesa_07_1410032020.pdf</t>
   </si>
   <si>
     <t>Suspende o atendimento ao público de 12 de junho a 07 de julho de 2014.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5176/ato_da_mesa_08_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5176/ato_da_mesa_08_1410032020.pdf</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5177/ato_da_mesa_09_1410032020.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5177/ato_da_mesa_09_1410032020.pdf</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3330/3330_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3330/3330_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO QUE SOLICITE AO SETOR COMPETENTE A REALIZAÇÃO DE CAMPANHAS CONTRA O TABAGISMO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3331/3331_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3331/3331_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REFORMA DAS PISCINAS DA VILA OLÍMPICA._x000D_
 </t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3335/3335_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3335/3335_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE PRAÇA NO BAIRRO RESIDENCIAL MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3332/3332_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3332/3332_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A LIMPEZA DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3333/3333_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3333/3333_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A DOAÇÃO DE CASAS OU TERRENOS AS FAMÍLIAS CARENTES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3324/3324_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3324/3324_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REFORMA DA ÁREA DE LAZER FRANCISCO GUIZZO INCLUSIVE A QUADRA.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>Oscar José de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3325/3325_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3325/3325_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO QUE SOLICITE DA EMATER INFORMAÇÕES SOBRE QUAIS ASSOCIAÇÕES ESTÃO TRABALHANDO E QUAIS NÃO ESTÃO, BEM COMO QUAL A SITUAÇÃO ATUAL DE CADA UMA EM RELAÇÃO AO TRATOR.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3326/3326_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3326/3326_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO QUE SOLICITE AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA E CASCALHAMENTO DAS RUAS E AVENIDAS DA VILA APARECIDA DO PARANAÍBA, BEM COMO A LIMPEZA DOS TERRENOS BALDIOS.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3334/3334_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3334/3334_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO O CASCALHAMENTO DAS ESTRADAS DAS REGIÕES DA VILA APARECIDA DO PARANAIBA, ÁGUA AMARELA, BARRO PRETO E CASCALHAMENTO DO CÓRREGO DA GRAMA.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3336/3336_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3336/3336_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REALIZAÇÃO DA FESTA DO PEÃO NA SEDE DO MUNICÍPIO DE CARNEIRINHO E NOS DISTRITOS.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3337/3337_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3337/3337_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO QUE CONSTRUA UMA PISTA DE CAMINHADA NA AVENIDA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3327/3327_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3327/3327_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REFORMA DOS BANHEIROS OBSERVANDO A LEGISLAÇÃO DE ADAPTAÇÃO PARA DEFICIENTES FÍSICOS NA PRAÇA PRAÇA RUFINA PERPÉTUA DE TOLEDO NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3338/3338_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3338/3338_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DA COBERTURA DAS ARQUIBANCADAS DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3328/3328_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3328/3328_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR OS TERMOS DA INDICAÇÃO CM 130/13 DE AUTORIA DO VEREADOR APARECIDO INÁCIO GONÇALVES QUE SOLICITOU A LEGALIZAÇÃO E POSTERIOR DOAÇÃO DAS ESCRITURAS DOS TERRENOS E CASAS NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3329/3329_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3329/3329_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR OS TERMOS DA INDICAÇÃO Nº 73/2013, DATADA DE 22 DE MARÇO DE 2013 QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL A OLARIA NA LAGOA DO JACARÉ.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3339/3339_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3339/3339_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO Nº 24, DATADA DE 07 DE FEVEREIRO DE 2014 QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A INSTALAÇÃO E IMPLANTAÇÃO DE FÁRMACIAS MUNICIPAIS NOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL, BEM COMO, NAS VILAS GRACILÂNDIA E APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3340/3340_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3340/3340_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A AQUISIÇÃO E/OU DISPONIBILIZAÇÃO DOS SEGUINTES BENS: UMA PÁ CARREGADEIRA, UMA MOTO NIVELADORA, DOIS CAMINHÕES TIPO CAÇAMBA E DOIS VEÍCULO SENDO UM TIPO STRADAE O OUTRO TIPO GOL OU UNO, PARA A SUBPREFEITURA DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3353/3353_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3353/3353_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PRAÇA NO BAIRRO SAGRADO CORAÇÃO DE JESUS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3354/3354_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3354/3354_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL RESIDENCIAL NA CIDADE DE UBERABA-MG, PARA ABRIGAR OS PACIENTES E OS ACOMPANHANTES QUE NECESSITAM DE PERMANECER NAQUELA CIDADE POR MAIS DIAS EM TRATAMENTO.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3355/3355_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3355/3355_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA ESCOLA MUNICIPAL VICENTE LUIZ ALVES E A CONSTRUÇÃO UMA QUADRA DE ESPORTES NA REFERIDA ESCOLA PARA A PRÁTICA DE ATIVIDADES FÍSICAS PELOS ALUNOS, COM RECURSO PRÓPRIO OU ATRAVÉS CONVÊNIOS COM OS MINISTÉRIOS DA EDUCAÇÃO E DO ESPORTE.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3356/3356_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3356/3356_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS INDICANDO ACESSO RESTRITO A ÔNIBUS E PERUAS ESCOLARES NO ACESSO PELA RUA QUATRO, BEM COMO, SINALIZAÇÃO DE FAIXAS DE PEDESTRES E PLACAS REIVINDICANDO REDUÇÃO DE VELOCIDADE POR SER ÁREA ESCOLAR</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3357/3357_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3357/3357_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UMA AMBULÂNCIA-UTI COMPLETA PARA A SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3358/3358_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3358/3358_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE O MAIS RÁPIDO POSSÍVEL A INTERNET COMUNITÁRIA VIA RÁDIO PARA A POPULAÇÃO CARENTE DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3359/3359_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3359/3359_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA DELEGACIA CIVIL NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3360/3360_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3360/3360_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL (CASA DA FAMÍLIA) ETTORI LONGO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3361/3361_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3361/3361_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA UMA OPERAÇÃO TAMPA BURACOS E O RECAPEAMENTO NAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3362/3362_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3362/3362_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DOS LOTEAMENTOS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, JUNTO AO CARTÓRIO DE REGISTRO DE IMÓVEIS, E TAMBÉM A DOAÇÃO DAS ESCRITURAS DOS TERRENOS DOS BAIRRO SÃO JOSÉ, SAGRADO CORAÇÃO DE JESUS E SANTA INÊS NO REFERIDO DISTRITO. SOLICITO TAMBÉM A DOAÇÃO DE LOTES NO BAIRRO SANTA INÊS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3363/3363_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3363/3363_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO A CEMIG PARA A COLOCAÇÃO DE DOIS POSTES NA RUA JOÃO BERTOLINO DE QUEIROZ, NO BAIRRO JOAQUIM LUIZ FERREIRA, NA ALTURA DO NÚMERO 722, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3364/3364_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3364/3364_texto_integral.xml</t>
   </si>
   <si>
     <t>A AMPLIAÇÃO DA REDE ELÉTRICA COM A COLOCAÇÃO DE BICO DE LÂMPADA EM VÁRIOS PONTO DO CEMITÉRIO DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A INSTALAÇÃO DE TORNEIRAS EM LOCAIS ESTRATÉGICOS. FAZ NECESSÁRIO TAMBÉM O CALÇAMENTO DA PARTE EXTERNA E DO PASSEIO CENTRAL DO REFERIDO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIA DO VEREADOR OSMAR ANTÔNIO DE OLIVEIRA E JOAQUIM MADALENA SEVERINO DE ALMEIDA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA VILA OLÍMPICA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3366/3366_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3366/3366_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONSTRUÇÃO DE UMA CAPELA DE VELÓRIO MUNICIPAL NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3367/3367_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3367/3367_texto_integral.xml</t>
   </si>
   <si>
     <t>RENOVE OS TERMOS DE CESSÃO DE USO DE PRÉDIO PÚBLICO COM OS EMPRESÁRIOS DO RAMO DE TECELAGEM.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3368/3368_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3368/3368_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE BANHEIROS PÚBLICOS NA PRAÇA ADÉLIA SOARES VILELA NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3369/3369_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3369/3369_texto_integral.xml</t>
   </si>
   <si>
     <t>MONTAR UM PARQUE INFANTIL NA ÁREA DE LAZER E NA VILA OLÍMPICA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3370/3370_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3370/3370_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE PARCERIA COM OS ÓRGÃOS COMPETENTES PARA A DOAÇÃO DE MUDAS DE ÁRVORES PARA POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3372/3372_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3372/3372_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA CASA DE CONVIVÊNCIA NA SEDE DO MUNICIPIO PARA ABRIGAR AS PESSOAS QUE FICAM ABANDONADAS NAS RUAS E OS ANDARILHOS QUE PASSAM POR NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3374/3374_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3374/3374_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO DEPARTAMENTO DE ESTRADAS E RODAGEM DO ESTADO DE MINAS GERAIS PARA A CONSTRUÇÃO DE UM TREVO NA MGT 497, NO ACESSO AO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A COLOCAÇÃO DE PLACAS DE INDICANDO OS DISTRITO DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL E A DISTÂNCIA A SER PERCORRIDA PELO USUÁRIO DESTA RODOVIA.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3375/3375_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3375/3375_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE UM ADVOGADO PARA COMPOR O QUADRO FUNCIONAL DA SECRETARIA DE ASSISTÊNCIA SOCIAL E PROMOÇÃO HUMANA PARA ATENDER A POPULAÇÃO CARENTE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3376/3376_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3376/3376_texto_integral.xml</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DOS BANCO EXISTENTE NA PRAÇA ADÉLIA SOARES VILELA, NO BAIRRO JARDIM PRIMAVERA, BEM COMO REPAROS NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3377/3377_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3377/3377_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UMA BOMBA PARA AGUAR O CAMPO DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3378/3378_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3378/3378_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM TRATOR PARA ATENDER O POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3379/3379_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3379/3379_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA CONVÊNIO COM AS FACULDADES DAS CIDADES VIZINHAS, TAIS COMO, PARANAÍBA-MS, FERNANDÓPOLIS, VOTUPORANGA, JALES, SANTA FÉ TODAS DO ESTADO DE SÃO PAULO, PARA REPASSAR VERBA PROPORCIONAL AO NÚMERO DE UNIVERSITÁRIOS QUE FREQUENTAM A FACULDADE, PARA CUSTEAR PELO MENOS 50%(CINQUENTA POR CENTO)DE CADA MENSALIDADE.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3392/3392_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3392/3392_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE CAMINHÃO PIPA PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3391/3391_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3391/3391_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO E INSTALAÇÃO DE 04 (QUATRO) ARES-CONDICIONADOS PARA A DELEGACIA DA POLÍCIA CIVIL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3380/3380_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3380/3380_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A AQUISIÇÃO DE UMA AMBULÂNCIA PARA VILA GRACILÂNDIA E QUE SEJA CONTRATADO UM MOTORISTA DAQUELA LOCALIDADE PARA TRABALHAR NA MESMA.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3390/3390_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3390/3390_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BANHEIROS NA PRAÇA ANTÔNIA RODRIGUES DE SOUZA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3382/3382_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3382/3382_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REGULARIZAÇÃO DO LOTEAMENTO DOS BAIRROS JOAQUIM LUIZ FERREIRA, MARIA HONÓRIA DE QUEIROZ E LOTES DO FRANCISCO GUIZO, BEM COMO, A ESCRITURAÇÃO DOS TERRENOS A QUEM DETÉM O DIREITO DE CESSÃO OU O DIREITO DE POSSE.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3383/3383_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3383/3383_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA PARA AS PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3389/3389_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3389/3389_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO CRISTO NA PRAÇA DA ROTATÓRIA JOÃO SOARES DE ASSUNÇÃO.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3381/3381_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3381/3381_texto_integral.xml</t>
   </si>
   <si>
     <t>A REMOÇÃO DO POSTE DE REDE ELÉTRICA QUE SE ENCONTRA NA RUA GUILHERME ROSA DA SILVA ESQUINA COM A ELIAS DAVID DE QUEIROZ NO BAIRRO JOAQUIM LUIZ FERREIRA.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3388/3388_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3388/3388_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTE UM PROGRAMA PARA ATENDER AS CRIANÇAS DE 7 A 10 ANOS.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3387/3387_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3387/3387_texto_integral.xml</t>
   </si>
   <si>
     <t>A LIMPEZA DO ESTÁDIO ALÍPIO SOARES BARBOSA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3386/3386_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3386/3386_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BANHEIROS DA PRAÇA "MARIA MALVINA DE JESUS" NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3385/3385_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3385/3385_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDÊNCIADO FEITO UM LEVANTAMENTO E POSTERIOR REGULARIZAÇÃO DO LOTEAMENTO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3384/3384_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3384/3384_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A DOAÇÃO DE BANDEIRAS NACIONAL, MERCOSUL, ESTADO E MUNICÍPIO PARA AS ESCOLAS MUNICIPAIS E ESTADUAIS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3396/3396_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3396/3396_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PREVIDÊNCIA CONVÊNIOS, O MAIS RÁPIDO POSSÍVEL, COM O HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO, SANTA CASA DE MISERICÓRDIA DE FERNANDÓPOLIS-SP, JALES-SP E PARANAÍBA-MS, BEM COMO, O HOSPITAL NOSSA SENHORA APARECIDA ITURAMA PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3397/3397_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3397/3397_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE A REESTRUTURAÇÃO DE CARGOS E SALÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO ALTERANDO PRINCIPALMENTE O PISO SALARIAL DOS MOTORISTAS, DOS AUXILIARES DE SERVIÇOS GERAIS E URBANOS, DOS AUXILIARES DE ENFERMAGEM, VIGIAS, OPERADOR DE MÁQUINA E AUXILIARES ADMINISTRATIVOS E ETC., BEM COMO, VIABILIZAR AUMENTO DE SALÁRIOS DE PELO MENOS 50% (CINQUENTA PONTOS PERCENTUAIS) PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3398/3398_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3398/3398_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA OU CONSTRUÇÃO DE VESTIÁRIOS E BANHEIROS NO ESTÁDIO SEBASTIÃO FELÍCIO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3399/3399_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3399/3399_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE TUBULAÇÕES E LEVANTAR OS ATERROS NAS PROPRIEDADES DO SENHORES: AMILTON CÉSAR MACHADO NA REGIÃO DO BEBEDOURO, IBAR VILELA NA REGIÃO DA RUIVINHA E REGINALDO GARCIA ASSUNÇÃO.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3400/3400_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3400/3400_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A DOAÇÃO DE CESTAS DE MATERIAIS DE CONSTRUÇÃO PARA AS PESSOAS QUE FORAM CONTEMPLADAS COM TERRENOS PELA MUNICIPALIDADE NAS GESTÕES ANTERIORES E QUE NÃO EDIFICARAM SUAS CASAS.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3401/3401_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3401/3401_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PROFISSIONAIS DE FISIOTERAPIA E FONOAUDIOLOGIA PARA ATENDER NO AMBULATÓRIO VICENTE SEVERINO SOCORRO.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3402/3402_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3402/3402_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE LIXEIRA E POSTERIOR DOAÇÃO PARA AS FAMÍLIAS CARENTES PARA COLOCAR O LIXO PRODUZIDO NAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3403/3403_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3403/3403_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CAMINHÕES PARA TRANSPORTAREM OS RESÍDUOS SÓLIDOS DO MUNICÍPIO TENDO EM VISTA QUE O MUNICÍPIO TEM QUE CONSTRUIR O ATERRO SANITÁRIO NESTE EXERCÍCIO.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3404/3404_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3404/3404_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCADO PLACA "PROIBIDO JOGAR ANIMAIS MORTO" EM VÁRIOS PONTO A MARGEM DA AVENIDA AMBRAULINO LEANDRO BARBOSA, DA RODOVIA MGT 497 E DA AVENIDA FIRMINO LUIZ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3405/3405_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3405/3405_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM CAMINHÃO MUCK.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3406/3406_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3406/3406_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TRATOR DE CORTAR GRAMA PARA APARAR AS GRAMAS DOS ESTÁDIOS DO MUNICIPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3418/3418_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3418/3418_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA FUNCIONAR A UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3419/3419_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3419/3419_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BUEIROS NAS PROPRIEDADES DOS SENHORES RUBENS MASSALA E ALFREDO SEVERINO VIEIRA AMBOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3420/3420_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3420/3420_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE LOMBADAS COM GALERIAS FLUVIAIS </t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3421/3421_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3421/3421_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A SUBSTITUIÇÃO DAS CAIXAS D'ÁGUA DE AMIANTO POR DE PVC EXISTENTE, BEM COMO, A INSTALAÇÃO DE FILTRO NO BEBEDOURO DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ. </t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3422/3422_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3422/3422_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE MATA-BURROS DE FERRO. </t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3446/3446_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3446/3446_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> ADQUIRA MAIS CAÇAMBAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3437/3437_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3437/3437_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CASAS POPULAR NA ÁREA RURAL DO MUNICÍPIO DE CARNEIRINHO EM PARCERIA COM A CAIXA ECONÔMICA OU BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3423/3423_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3423/3423_texto_integral.xml</t>
   </si>
   <si>
     <t>A ADESÃO AO CONSÓRCIO INTERMUNICIPAL PARA A INSTALAÇÃO DE UNIDADES DO CORPO DE BOMBEIRO NA CIDADE DE ITURAMA-MG PARA ATENDER A REGIÃO.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3424/3424_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3424/3424_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE UMA EMPRESA PARA ELABORAR O PROGRAMA DE PREVENÇÃO DE RISCOS AMBIENTAIS-PPRA, VISANDO À PRESERVAÇÃO DA SAÚDE E DA INTEGRIDADE DOS TRABALHADORES.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3425/3425_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3425/3425_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE CURRAL APROPRIADO PARA ABRIGAR OS GADO DA FEIRA DE PRO-GENÉTICA, NO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO. </t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3426/3426_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3426/3426_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE BARRACÃO PARA ASSOCIAÇÃO DOS PISCICULTORES E AQUICULTORES DO MUNICÍPIO DE CARNEIRINHO, NO DISTRITO DE ESTRELA DA BARRA, MUNICIPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3427/3427_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3427/3427_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE DUAS PEDRAS FUNDAMENTAIS, SENDO UMA NA ENTRADA DO DISTRITO DE ESTRELA DA BARRA E OUTRA NO DISTRITO DE FÁTIMA DO PONTAL COM PLACAS DESTACANDO A REALIZAÇÃO DO SONHO DA POPULAÇÃO DE CARNEIRINHO DE VER CONSTRUIDA A PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3428/3428_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3428/3428_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.134/2013 DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONTRATAÇÃO DE UMA EMPRESA CREDENCIADA JUNTO A CEMIG PARA FAZER UM LEVANTAMENTO DA NECESSIDADE DE AMPLIAÇÃO DE REDES ELÉTRICAS, MUDANÇAS DE POSTES DE ILUMINAÇÃO E SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NOS DISTRITOS E VILAS DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3429/3429_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3429/3429_texto_integral.xml</t>
   </si>
   <si>
     <t>OPERAÇÃO TAMPA BURACO OU RECAPEAMENTO DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA. NA OPORTUNIDADE SOLICITAMOS TAMBÉM COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO, ALERTANDO OS MOTORISTAS QUE PODERÁ OCORRER AQUAPLANAGEM, URGETEMENTE</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3430/3430_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3430/3430_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REATIVAÇÃO DO SERVIÇO DE EMISSÃO DE CARTEIRA DE IDENTIDADE NO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3438/3438_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3438/3438_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REFORMA DOS MUROS NO CEMITÉRIO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3447/3447_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3447/3447_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM CAMINHÃO PIPA PARA AGUAR AS RUAS, AVENIDAS E ESTRADA NÃO PAVIMENTADAS AO REDOR DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3448/3448_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3448/3448_texto_integral.xml</t>
   </si>
   <si>
     <t>CRIAR MAIS UMA EQUIPE NO DEPARTAMENTO DE PONTES E MATA-BURROS PARA ATENDER OS PRODUTORES RURAIS DO DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3449/3449_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3449/3449_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE IMÓVEL NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL PARA FAZER LOTEAMENTO VISANDO ERRADICAR O DÉFICIT HABITACIONAL.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O LEVANTAMENTO DA ESTRADA MUNICIPAL NA SAÍDA DA AVENIDA CARLOS SANTA ROSA, PRÓXIMO AO LIXÃO. </t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3451/3451_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3451/3451_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CANTEIRO CENTRAL, COM REDE DE ENERGIA ELÉTRICA, NO PROLONGAMENTO DA AVENIDA AMBRAULINO LEANDRO BARBOSA NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3444/3444_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3444/3444_texto_integral.xml</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA UNIDADE DO SAMU - SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A CEMIG - COMPANHIA ENERGÉTICA DO ESTADO DE MINAS GERAIS, PARA QUE SEJA COLOCADO UM POSTE DE ENERGIA ELÉTRICA NA RUA MATO GROSSO DO SUL APÓS A RUA CORREDOR X DE FRENTE A CASA DO SR. DAMIÃO, NO BAIRRO JOAQUIM LUIZ FERREIRA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3453/3453_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3453/3453_texto_integral.xml</t>
   </si>
   <si>
     <t>A REMOÇÃO DO LIXÃO PARA OUTRO LOCAL MAIS AFASTADO DA CIDADE.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3454/3454_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3454/3454_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTECIPAÇÃO DO PAGAMENTO DO SALÁRIO DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA QUE ESSES TENHAM DINHEIRO PARA IREM A 13ª EXPOCAR DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3455/3455_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3455/3455_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PRESTE UMA HOMENAGEM AO EX-VEREADOR JOÃO SAMARTINO FILHO, COLOCANDO O NOME DELE NA AVENIDA QUE SERÁ CONSTRUIDA NO NOVO BAIRRO PRÓXIMO A CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3458/3458_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3458/3458_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE GALERIAS PLUVIAIS PARA A CAPTAÇÃO DE ÁGUAS DA CHUVA NA RUA OTÁVIO FRANCISCO VILELA COM A AV. JERÔNIMO MARTINS PEREIRA, BEM COMO, EM DEMAIS PONTOS CRÍTICO AO LONGO DA RUA.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Gerson Ferrari, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3467/3467_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3467/3467_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE CANTEIRO CENTRAL COM PISTA DE CAMINHADA E ILUMINAÇÃO NA AVENIDA FIRMINO LUIZ OLIVEIRA. </t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3459/3459_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3459/3459_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> DETERMINE A SECRETARIA DE OBRAS PARA QUE FAÇA UM ESTUDO A RESPEITO DA SINALIZAÇÃO DAS RUAS E AVENIDAS, POIS ATUALMENTE AS RUAS SÃO AS PREFERENCIAIS E NÃO AS AVENIDAS COMO NAS DEMAIS CIDADES DA REGIÃO. </t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3460/3460_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3460/3460_texto_integral.xml</t>
   </si>
   <si>
     <t>CASCALHAMENTO DA MARGINAL NO DISTRITO INDUSTRIAL VITAL JOSÉ MACHADO NA SEDE DO MUNICÍPIO DE CARNEIRINHO - MG.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3468/3468_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3468/3468_texto_integral.xml</t>
   </si>
   <si>
     <t>ESTACIONAMENTOS PERPERDICULARES EM FRENTE AOS SUPERMERCADOS.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3469/3469_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3469/3469_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO ESTACIONAMENTO NOS TERRENOS AO LADO DO AMBULATÓRIO VICENTE SEVERINO SOCORRO,DE PROPRIEDADE DO MUNICÍPIO, CERCANDO-OS COM MURRO, BEM COMO A COLOCAÇÃO DE PEDRA BRITA.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3470/3470_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3470/3470_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONTRATAÇÃO DE DOIS ELETRICISTAS PARA DAREM MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA NA SEDE E NOS DISTRITOS DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3471/3471_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3471/3471_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE UM IMÓVEL E A TRANSFERÊNCIA DO POSTO DE SAÚDE DA VILA APARECIDA DO PARANAÍBA, POIS O ORA EM FUNCIONAMENTO ENCONTRA-SE EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3474/3474_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3474/3474_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE LOMBADAS NO ACESSO QUE LIGA A SEDE DO MUNICÍPIO À COMUNIDADE DE BASE SÃO JOÃO BATISTA - RUIVINHA. </t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3472/3472_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3472/3472_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">UE DESENVOLVA PROJETOS PARA TORNAR O DISTRITO DE ESTRELA DA BARRA EM UMA ESTÂNCIA TURÍSTICA, NECESSITA DAS SEGUINTES OBRAS, PARA QUE TAL FATO SE TORNE REALIDADE, A CONSTRUÇÃO DE ENTRADA COM PISTA DUPLA, COM ILUMINAÇÃO DIFERENCIADA NA SEDE DO DISTRITO, A COLOCAÇÃO DE PEIXES DE GESSO OU DESENHADO, E A CONSTRUÇÃO DE PISTA DE ATLETISMO; A SUBSTITUIÇÃO DOS TELEFONES PÚBLICOS CONVENCIONAL POR TELEFONE PÚBLICO ARTÍSTICO, NO FORMATO DE PEIXES, CARACTERIZANDO AS VÁRIAS ESPÉCIES; O LOTEAMENTE DE UMA ÁREA AS MARGENS DO RIO GRANDE, PARA QUE AS PESSOAS POSSAM CONSTRUIR CASA DE VERANEIO E A AMPLIAÇÃO DA PRAINHA E A COLOCAÇÃO DE MAIS AREIA, BEM COMO DANDO UMA MELHOR MANUTENÇÃO DA MESMA. </t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3473/3473_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3473/3473_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PROVIDENCIE CONVÊNIO COM AS FACULDADES DA REGIÃO PARA QUE OS UNIVERSITÁRIOS CARNEIRINHENSES POSSAM CUMPRIR COM A CARGA HORÁRIA DE ESTÁGIO EXIGIDOS PELAS INSTITUIÇÕES EDUCACIONAIS AQUI NO MUNICÍPIO</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3475/3475_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3475/3475_texto_integral.xml</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE UM LETREIRO NO TREVO DE CARNEIRINHO COM A IDENTIFICAÇÃO DA CIDADE "CARNEIRINHO".</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3477/3477_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3477/3477_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE BANHEIRO PRÓXIMO A ÁREA DE LAZER "FRANCISCO GUIZZO" NO BAIRRO JARDIM PRIMAVERA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3480/3480_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3480/3480_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O MOMENTO EM QUE FOR CRIADO NOVO BAIRRO NA SEDE DO MUNICIPIO, SEJA DADO O NOME DO SR. KENJI IDENAGA (IN MEMORIAN)A UMA RUA OU AVENIDA, PRESTANDO UMA HOMENAGEM A SUA FAMÍLIA DURANTE ESTE MANDATO. </t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3481/3481_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3481/3481_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A CONSTRUÇÃO DE GALERIAS PLUVIAIS AO LONGO DA AVENIDA SÃO SEBASTIÃO ATÉ A ESTÁTUA DE SÃO SEBASTIÃO QUE FICA NA ENTRADA DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3482/3482_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3482/3482_texto_integral.xml</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DO NOME DO ESTÁDIO MUNICIPAL DO DISTRITO DE ESTRELA DA BARRA NOS TERMOS DA LEI 1255, DATADA DE 08 DE ABRIL DE 2014 QUE RENOMEOU O ESTÁDIO PARA ESTÁDIO MUNICIPAL JOAQUIM BARRETO DA CUNHA</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3483/3483_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3483/3483_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E INSTALAÇÃO DE TERMINAL RODOVIÁRIO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3484/3484_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3484/3484_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A AQUISIÇÃO DE ÔNIBUS, MAIS CONFORTÁVEIS, PARA TRANSPORTAR AS PESSOAS (PACIENTES) FAZEM TRATAMENTO EM OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3485/3485_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3485/3485_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE CONSTRUA UM CENTRO DE EVENTOS CULTURAIS E OFICINA DE ARTES NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3486/3486_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3486/3486_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DISPONIBILIZE UM ÔNIBUS PARA TRANSPORTAR AS PESSOAS DO GRUPO DA TERCEIRA IDADE PARA PARTICIPAREM DE BAILES EM OUTRAS CIDADES PELO MENOS UMA VEZ POR MÊS. </t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3487/3487_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3487/3487_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA REFAZER A SINALIZAÇÃO HORIZONTAL COM MARCADORES REFLETIVOS (TACHA OU SONORIZADO) DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA, BEM COMO, DAS RUAS E AVENIDAS DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL. SOLICITAMOS AINDA QUE SEJA COLOCADO PLACAS DE IDENTIFICAÇÃO AO LONGO DA ESTRADA VICINAL E TAMBÉM DAS RUAS, AVENIDAS COM AS REFERIDAS DENOMINAÇÕES.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3488/3488_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3488/3488_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A INSTALAÇÃO DE MATA-BURROS DE FERRO NAS PROPRIEDADE DA SENHORA MIRAÍ DE OLIVEIRA QUEIROZ E FAMÍLIA E DO SENHOR NESTOR MANOEL CENTENO.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3489/3489_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3489/3489_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A CONTRATAÇÃO DE AUXILIARES DE SERVIÇOS GERAIS E URBANOS E MOTORISTA PARA PRESTAREM SERVIÇOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3490/3490_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3490/3490_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A RECUPERAÇÃO DO ATERRO SOBRE O CÓRREGO DA MUTUCA QUE DESÁGUA NO RIO GRANDE, NA PROPRIEDADE DO SENHOR SERGINO SEVERINO SOCORRO,NA ESTRADA MUNICIPAL QUE LIGA O DISTRITO DE ESTRELA DA BARRA AOS DISTRITO DE FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3496/3496_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3496/3496_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A COLOCAÇÃO DE FORRO, COM ISOLANTE TÉRMICO, NA ESCOLA MUNICIPAL NILO PEÇANHA, NA VILA APARECIDA DO PARANAÍBA, BEM COMO A DISPONIBILIZAÇÃO DE INTERNET E INSTRUTOR DE INFORMÁTICA PARA QUE OS ALUNOS DA REFERIDA ESCOLA. </t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3497/3497_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3497/3497_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A INSTALAÇÃO DE AR CONDICIONADO OU CLIMATIZAÇÃO TODAS AS AMBULÂNCIA DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3498/3498_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3498/3498_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTÁ CASA DE LEIS, PROJETO DE LEI CONCEDENDO AUMENTO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3499/3499_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3499/3499_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE UM BEBEDOURO PARA A FARMÁCIA DE MINAS. </t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3500/3500_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3500/3500_texto_integral.xml</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE GINÁSTICA NO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE NOVAS INSTALAÇÕES PARA FUNCIONAMENTO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CEMEI. </t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3502/3502_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3502/3502_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA FEITA ADAPTAÇÕES DE ACESSIBILIDADE AOS DEFICIENTES FÍSICOS NO PRÉDIO ONDE FUNCIONA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS-APAE. </t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3503/3503_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3503/3503_texto_integral.xml</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO DE LEI PROPONDO A REESTRUTURA DO PLANO DE CARGO E SALÁRIOS DOS PROFISSIONAIS DA EDUCAÇÃO E ENCAMINHE AO LEGISLATIVO PARA SER APRECIANDO DE PREFERENCIA NESTE EXERCÍCIO FINANCEIRO.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3504/3504_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3504/3504_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE CESTA BÁSICA DE ALIMENTOS PARA OS FUNCIONÁRIOS PÚBLICOS QUE RECEBEM ATÉ UM SALÁRIO MÍNIMO OU A INSTITUIÇÃO DO TICKET ALIMENTAÇÃO PARA TODOS OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3515/3515_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3515/3515_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REFORMA DA PRAÇA DA LAUDELINA ANTÔNIA DOS SANTOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, INCLUINDO REPAROS NOS BANHEIROS E NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3516/3516_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3516/3516_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PRAÇA NO BAIRRO SANTA INÊS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3517/3517_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3517/3517_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA, REDE ÁGUA, ESGOTO, GALERIAS PLUVIAIS, MEIO FIO, GUIAS DE SARJETAS E REDE ELÉTRICA NOS BAIRROS SÃO JOSÉ E SAGRADO CORAÇÃO DE JESUS E DO PROLONGAMENTO DA RUA ÁGUA LIMPA E A EXTENSÃO DA AV.SÃO LUIZ ATÉ A TECELAGEM.NA OPORTUNIDADE SOLICITO, TAMBÉM, A CONSTRUÇÃO DE EXTENSÃO DA REDE ELÉTRICA DA AV. SÃO LUIZ ATÉ A TECELAGEM. </t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3532/3532_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3532/3532_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAÇÃO DE PONTO DE TÁXI NO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3533/3533_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3533/3533_texto_integral.xml</t>
   </si>
   <si>
     <t>LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DE BASE SÃO JOÃO BATISTA ATÉ A DIVISA DO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3534/3534_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3534/3534_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA NO PROLONGAMENTO DA AVENIDA CARLOS SANTA ROSA ATÉ PRÓXIMO AO LIXÃO.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3536/3536_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3536/3536_texto_integral.xml</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO BARRACÃO DA ASSOCIAÇÃO DE MORADORES DA COMUNIDADE DE BASE SÃO JOÃO BATISTA- (RUIVINHA, BEM COMO A AQUISIÇÃO E DOAÇÃO A REFERIDA ASSOCIAÇÃO DE UM TRATOR TRAÇADO COM IMPLEMENTOS PARA ATENDER OS PEQUENOS E MÉDIOS PRODUTORES DA REGIÃO</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3538/3538_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3538/3538_texto_integral.xml</t>
   </si>
   <si>
     <t>PARCELAMENTO DO  IPTU DOS CONTRIBUINTES EM ATRASO NOS EXERCÍCIOS ANTERIORES.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3545/3545_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3545/3545_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE UM VEÍCULO PARA FICAR A DISPOSIÇÃO DOS MORADORES DA COMUNIDADE SÃO JOÃO BATISTA - RUIV</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3546/3546_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3546/3546_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO OU DISPONIBILIZAÇÃO DE AUXILIARES DE SERVIÇOS URBANOS PARA QUE FAÇAM A LIMPEZA DAS RUA</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3547/3547_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3547/3547_texto_integral.xml</t>
   </si>
   <si>
     <t>PARA PROVIDENCIAR O CONSERTO DAS TAMPAS DAS GALERIAS PLUVIAIS NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3553/3553_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3553/3553_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA E AMPLIAÇÃO DO ANTIGO PRÉDIO DA USB (UNIDADE BÁSICA DE SAÚDE) DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PARA FUNCIONAR A EXTENSÃO DO CRAS (CENTRO DE REFERENCIA DE ASSISTENCIAL SOCIAL).</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE TERRENOS PARA CONSTRUÇÃO DE UM NOVO VELÓRIO.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3549/3549_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3549/3549_texto_integral.xml</t>
   </si>
   <si>
     <t>ADQUIRIR FERRAMENTAS ADEQUADAS PARA OS MECÂNICOS QUE TRABALHAM NA PREFEITURA MUNICIPAL DE CARNEIRINH</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3550/3550_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3550/3550_texto_integral.xml</t>
   </si>
   <si>
     <t>SECRETÁRIA DE OBRAS, PARA QUE SEJA DISPONIBILIZADO CAÇAMBAS NAS ENTRADAS E SAÍDAS DA SEDE DO MUNICÍPIO, NO ACESSO A ASSOCIAÇÃO DE MORADORES DA COMUNIDADE DE BASE SÃO JOÃO BATISTA(RUIVINHA) DISTRITO DE ESTRELA DA BARRA, NO LIXÃO, NA ENTRADA DO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO, NAS VILAS APARECIDA DO PARANAÍBA E GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3554/3554_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3554/3554_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM PRÉDIO, NO BAIRRO JARDIM PRIMAVERA, PARA FUNCIONAMENTO DE CENTRO EDUCACIONAL INFANTIL QUE ATENDAM CRIANÇAS DE 5 MESES À 7 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3555/3555_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3555/3555_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE BARRACÃO NA SEDE DA ASSOCIAÇÃO DO PRODUTORES RURAIS BOM SUCESSO, POÇO ARTESIANO E REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3562/3562_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3562/3562_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO MURO EM VOLTA DA CAPELA DE VELÓRIO QUE ESTA EM CONSTRUÇÃO NO DISTRITO DE ESTRELA DA BA</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3563/3563_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3563/3563_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A CONSTRUÇÃO DE UMA SALA PARA SERVIR DE CONSULTÓRIO MÉDICO.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3564/3564_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3564/3564_texto_integral.xml</t>
   </si>
   <si>
     <t>ANEL VIÁRIO ENTORNO DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3565/3565_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3565/3565_texto_integral.xml</t>
   </si>
   <si>
     <t>COMPRA DE CAPAS PARA COBRIR AS PISCINAS DAS VILAS OLÍMPICAS DE SÃO SEBASTIÃO DO PONTAL E DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3566/3566_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3566/3566_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A CONTRATAÇÃO DE VIGIA PARA PRESTAR SERVIÇOS NA PRAÇA RUFINA PÉRPETUA DE TOLEDO(PRAÇA DA MATRIZ).</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3567/3567_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3567/3567_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZAR, JUNTO A SECRETARIA ESTADUAL DE SAÚDE, A INSTALAÇÃO DE EQUIPE MÓVEL DE COMBATE AO BARBEIRO E AO MOSQUITO AEDES AEGYPTI NO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3568/3568_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3568/3568_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE SEJA APLICADO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL NO MÍNIMO 25 % (VINTE E CINCO POR CENTOS) DO TOTAL DOS IMPOSTO NELE ARRECADADOS, EM OBRAS E SERVIÇOS.T</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3569/3569_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3569/3569_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3570/3570_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3570/3570_texto_integral.xml</t>
   </si>
   <si>
     <t>REATIVAR O CONVÊNIO COM O BANCO HSBC NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL PARA RECEBER OS TRIBUTOS DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3578/3578_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3578/3578_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE UM TERRENO NO PARQUE INDUSTRIAL PARA INSTALAÇÃO DE FÁBRICA DE MÓVEIS.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3577/3577_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3577/3577_texto_integral.xml</t>
   </si>
   <si>
     <t>REPASSE SUBVENÇÃO À ASSOCIAÇÃO DOS DEFICIENTES FÍSICOS DE CARNEIRINHO - ADEFIC.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3574/3574_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3574/3574_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.89/2013, DATADA DE 05 DE ABRIL DO CORRENTE ANO, QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE PRAÇA NO JARDIM PLANALTO COM MONUMENTO SIMBOLIZANDO A BÍBLIA.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3573/3573_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3573/3573_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> PROVIDENCIAR AS REFORMAS DA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ E DO GINÁSIO POLIESPORTIVO JOSÉ TIAGO DE ALVARENGA, PRINCIPALMENTE OS BANHEIROS OS QUAIS ESTÃO TOTALMENTE DANIFICADOS, AMBAS AS OBRAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, SEJA COM RECURSO PRÓPRIO OU VIA MINISTÉRIOS DA EDUCAÇÃO E DO ESPORTES, BEM COMO, A CONSTRUÇÃO DE MAIS SALAS NA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3572/3572_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3572/3572_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> FACILITE NOS TERMOS DA LEI O QUE FOR NECESSÁRIO PARA O LOTEAMENTO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, O QUAL ESTA SENDO CRIADO PELA CNB - CORRESPONDENTE DA CAIXA ECONÔMICA FEDERAL EM PARCERIA COM A EMPRESA LAION DE BRASÍLIA DF.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3571/3571_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3571/3571_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE CALHAS NA LATERAL DIREITA DO GINÁSIO POLIESPORTIVO FRANCISCO GUIZO, A QUAL FICA DE FRENTE COM A PRAÇA ADÉLIA SOARES VILELA.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3582/3582_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3582/3582_texto_integral.xml</t>
   </si>
   <si>
     <t>A SINALIZAÇÃO DAS RUAS E AVENIDAS INDICANDO "PARE",BEM COMO, A COLOCAÇÃO DE PLACAS COM OS NOMES DAS MESMAS NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3583/3583_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3583/3583_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NAS AVENIDAS OSVALDO PAULA DE ASSUNÇÃO, SÃO JOAQUIM DO TRIÂNGULO E OZIEL PEREIRA E TODAS A RUAS QUE SE FIZEREM NECESSÁRIO NO DISTRITO DE ESTRELA DA BARRA, BEM COMO, NAS RUAS NO INTERIOR DO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3584/3584_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3584/3584_texto_integral.xml</t>
   </si>
   <si>
     <t>A LOCAÇÃO OU AQUISIÇÃO DE UM LOCAL PARA IMPLANTAR PROGRAMAS QUE VISA ENSINAR NOTAS MUSICAIS EM INSTRUMENTOS DE CORDAS, PERCURSSÃO E DE SOPRO, BEM COMO, DANÇAS EM GERAL, EM ESPECIAL A ZUMBA, VISANDO DESENVOLVER HABILIDADES NAS CRIANÇAS, ADOLESCENTES, JOVENS E ADULTOS NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3585/3585_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3585/3585_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CALÇADAS ENTRE OS TÚMULOS NO CEMITÉRIO DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3586/3586_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3586/3586_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE APARELHOS DE ARES CONDICIONADOS PARA AS SALAS DE AULA DAS ESCOLAS MUNICIPAIS, ESTADUAIS, CEMEI E CRECHES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3594/3594_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3594/3594_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE BRINQUEDOS EDUCATIVOS PARA AS CRIANÇAS DAS CRECHES MUNICIPAIS E DA APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3595/3595_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3595/3595_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM PARQUE INFANTIL PARA A ESCOLA MUNICIPAL NILO PEÇANHA, NA VILA APARECIDA DO PARANAÍBA, MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3596/3596_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3596/3596_texto_integral.xml</t>
   </si>
   <si>
     <t>A LIMPEZA E CASCALHAMENTO DAS RUAS E AVENIDAS DA VILA APARECIDA DO PARANAÍBA, BEM COMO, A LIMPEZA DOS TERRENOS BALDIOS</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3597/3597_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3597/3597_texto_integral.xml</t>
   </si>
   <si>
     <t>A DECORAÇÃO DA PRAÇA MANGABEIRA (PRAÇA DA MATRIZ) E DA RUA OTÁVIO FRANCISCO VILELA COM ARTIGOS/ENFEITES NATALINOS.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3611/3611_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3611/3611_texto_integral.xml</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO ASFÁLTICA DO ACESSO A VILA GRACILÂNDIA, BEM COMO DAS RUAS E AVENIDAS DA MESMA.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3599/3599_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3599/3599_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE PROFISSIONAIS ESPECIALIZADOS PARA MINISTRAR CURSOS DE APERFEIÇOAMENTOS PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3600/3600_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3600/3600_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE COBERTURA NA PRAÇA MARIA MALVINA DE JESUS(PRAÇA DA MATRIZ) NO DISTRITO DE ESTRELA DA BARRA PARA OS IDOSOS JOGAM TRUCO, POIS EXISTEM MESAS E BANCOS QUE SÃO UTILIZADO NA PRATICA DESTE ESPORTE.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3601/3601_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3601/3601_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE ZELADOR PARA CUIDAR DO ESTÁDIO MUNICIPAL JOAQUIM BARRETO DA CUNHA, NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3602/3602_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3602/3602_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PROFISSIONAIS EM PSICOLOGIA E FONOAUDIOLOGIA PARA ATENDER NA ESCOLA ESTADUAL PROF. ANTÔNIO DA SILVA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3603/3603_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3603/3603_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE RECONSTRUÇÃO DA PONTE QUE LIGA A COMUNIDADE DO CÓRREGO DO FRANGO, PASSANDO PELA PROPRIEDADE DO JERONIMO CELESTRINO DE QUEIROZ(BARBOSA) E DO SR.MANOEL MARTINS ATAÍDE DANDO ACESSO A VÁRIAS PROPRIEDADES RURAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3604/3604_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3604/3604_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PROFISSIONAIS EM PSICOLOGIA E FONOAUDIOLOGIA PARA ATENDER NA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3605/3605_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3605/3605_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE MATERIAL NECESSÁRIO PARA A CONSTRUÇÃO DE TUBULAÇÕES NAS ESTRADAS MUNICIPAIS, VISANDO A DRENAGEM DOS CÓRREGOS OU DE REPRESAS QUE ESCOAM POR ESSAS. </t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3607/3607_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3607/3607_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE MATA-BURROS DE FERRO COM AS BASES.  </t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3612/3612_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3612/3612_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ROTATÓRIA NA RUA OTÁVIO FRANCISCO VILELA COM A AV.CARLOS SANTA ROSA, ESQUINA COM AGÊNCIA DO BANCO BRADESCO, LOTÉRICA E CORREIO, BEM COMO A CONSTRUÇÃO DE UM CANTEIRO CENTRAL NA AVENIDA CARLOS SANTA ROSA.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3613/3613_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3613/3613_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTE PROGRAMA DE INCENTIVO AO TURISMO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3627/3627_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3627/3627_texto_integral.xml</t>
   </si>
   <si>
     <t>AUMENTE A ALTURA DOS MUROS E SUBSTITUA OS PORTÕES DO CEMITÉRIO MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3624/3624_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3624/3624_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A AQUISIÇÃO DE UM CAMINHÃO PARA AS ASSOCIAÇÕES PARA DAR SUPORTE NO TRANSPORTE DE PRODUTOS COMERCIALIZADOS NA FEIRA. </t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3625/3625_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3625/3625_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE O CORETO EXISTENTE DA PRAÇA RUFINA PERPÉTUA DE TOLEDO, PARA QUE OS APOSENTADOS E DEMAIS PESSOAS POSSAM JOGAREM TRUCO. SOLICITAMOS AINDA QUE SEJA ADQUIRIDA PELO MENOS TRÊS MESAS COM DOZE CADEIRAS PARA ESTAS PESSOAS.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3626/3626_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3626/3626_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A CONSTRUÇÃO DE UM MINI-CAMPO DE FUTEBOL COM ALAMBRADOS, GOLS E VESTIÁRIOS COM BANHEIROS NO DISTRITO DE ESTRELA DA BARRA, NA VILA FÁTIMA, VILA APARECIDA DO PARANAÍBA E VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3628/3628_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3628/3628_texto_integral.xml</t>
   </si>
   <si>
     <t>CONCEDA GRATIFICAÇÃO AOS MOTORISTAS QUE PRESTAM SERVIÇOS À SECRETARIA MUNICIPAL DE SAÚDE COM INCENTIVO PARA MANTER OS VEÍCULOS ABASTECIDO, LIMPOS E A CONSERVAÇÃO DA PARTE MECÂNICA.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3629/3629_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3629/3629_texto_integral.xml</t>
   </si>
   <si>
     <t>CONCEDA UMA GRATIFICAÇÃO PARA OS MOTORISTAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DAS DEMAIS SECRETARIAS PARA MANTEREM OS VEÍCULOS ABASTECIDOS, LIMPOS E EM BOA CONSERVAÇÃO A MECÂNICA PARA QUE ESTEJA EM PLENAS CONDIÇÃO DE VIAGEM AO FINAL DO SEU TURNO DE TRABALHO.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3634/3634_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3634/3634_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BANHEIROS DO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO, BEM COMO, A COLOCAÇÃO DE ESPELHOS NOS BANHEIROS FEMININOS.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3635/3635_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3635/3635_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE VENTILADORES NO SALÃO DE FESTA DO RECINTO DE EXPOSIÇÃO IZAÚ VILELA MACHADO.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3636/3636_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3636/3636_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE HOMENAGEASSE AO SENHOR ORIZON MOREIRA DA SILVA, COLOCANDO O SEU NOME NA PRAÇA QUE SERÁ CONSTRUÍDA NO BAIRRO BELA VISTA. </t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3640/3640_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3640/3640_texto_integral.xml</t>
   </si>
   <si>
     <t>O RECAPEAMENTO DA RUA OTÁVIO FRANCISCO VILELA (ANTIGA RUA DR.ULISSES GUIMARÃES).</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3641/3641_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3641/3641_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA PARA SKATE E PATINS.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3642/3642_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3642/3642_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA CONSTRUÇÃO DE CASAS POPULARES NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3643/3643_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3643/3643_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A CONSTRUÇÃO DE UMA ÁREA DE LAZER NO DISTRITO DE FÁTIMA DO PONTAL</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3644/3644_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3644/3644_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA A MANUTENÇÃO OU AQUISIÇÃO DO TRATOR DA ASSOCIAÇÃO DO ANGICO EM FÁTIMA DO PONTAL</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3645/3645_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3645/3645_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CASAS POPULARES NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3650/3650_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3650/3650_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A DOAÇÃO DE CESTAS DE ALIMENTOS PARA OS FUNCIONÁRIOS PÚBLICOS NO NATAL.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3651/3651_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3651/3651_texto_integral.xml</t>
   </si>
   <si>
     <t>ALTERAR A SINALIZAÇÃO DA AVENIDA CARLOS SANTA ROSA PARA QUE SEJA PREFERENCIAL NOS DOIS SENTIDOS, PARANDO APENAS NA AVENIDA OTÁVIO FRANCISCO VILELA.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3652/3652_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3652/3652_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A CTBC E CEMIG PARA QUE AUMENTE A ALTURA DOS FIOS DE ALTA TENSÃO DE ENERGIA E DE TELEFONIA EM ALGUNS PONTOS NA AVENIDA CARLOS SANTA ROSA.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3653/3653_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3653/3653_texto_integral.xml</t>
   </si>
   <si>
     <t>CASCALHE A AVENIDA CARLOS SANTA ROSA NAS PROXIMIDADES DO LIXÃO.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3654/3654_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3654/3654_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ATERRO COM A COLOCAÇÃO DE MANILHAS NA ESTRADA MUNICIPAL QUE DÁ ACESSO À PROPRIEDADE DO SR.JOSÉ RIBEIRO E ELTOM.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3659/3659_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3659/3659_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE TERRENOS PARA FAMÍLIAS CARENTES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3655/3655_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3655/3655_texto_integral.xml</t>
   </si>
   <si>
     <t>DESENVOLVA SISTEMA DE CAPTAÇÃO DA ÁGUA DAS CHUVAS NOS IMÓVEIS ONDE FUNCIONAM AS SECRETARIAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3656/3656_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3656/3656_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRAÇÃO DA BANDA ESTRELA SUPER SOM PARA ABRILHANTAR AS FESTIVIDADES DE COMEMORAÇÃO DOS ANIVERSÁRIO DA SEDE DO MUNICÍPIO E DOS DISTRITO.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3657/3657_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3657/3657_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRAÇÃO DA BANDA HERO'S PARA ABRILHANTAR AS FESTAS DAS COMUNIDADES RURAIS DO MUNICÍPIO OU REPASSE SUBVENÇÃO PARA PAGAR A BANDA.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3658/3658_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3658/3658_texto_integral.xml</t>
   </si>
   <si>
     <t>REALIZE FESTA DE PEÃO DE BOIADEIRO EM TODOS OS DISTRITOS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3668/3668_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3668/3668_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.136/2013 DE 27 DE MAIO QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE DOIS VESTIÁRIOS NO MINE CAMPO DA ASSOCIAÇÃO ECLESIAL DOS MORADORES E DOS PRODUTORES RURAIS DA COMUNIDADE DE BASE SÃO JOÃO BATISTA - RUIVINHA.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3669/3669_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3669/3669_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITE AO SETOR COMPETENTE PARA QUE FAÇA A CONSTRUÇÃO DE LOMBADAS NAS RUAS SÃO PAULO, JOSÉ ALVES DE OLIVEIRA, RICARDO JESUS COSTA, MINAS GERAIS, PIAUI E RUA SANTA CATARINA.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3673/3673_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3673/3673_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE TUBOS NA ANTIGA PONTE E A CONSTRUÇÃO DE ATERRO PRÓXIMO A PROPRIEDADE DO SR. MOISES FERREIRA.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3670/3670_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3670/3670_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DAS INDICAÇÕES 47/2013, DATADA DE 12 DE MARÇO DE 2013E 84/2014 DATADA DE 01DE ABRIL DE 2014, DE MINHA AUTORIA QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL DE CARNEIRINHO A REATIVAÇÃO DO SERVIÇO DE EMISSÃO DE CARTEIRA DE IDENTIDADE NO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3671/3671_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3671/3671_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA DO ANEL VIÁRIO ENTORNO DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E A ESTRADA MUNICIPAL QUE SAI DO CEMITÉRIO ATÉ O ANEL, BEM COMO A CONSTRUÇÃO DE TREVOS NO REFERIDO ANEL.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3667/3667_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3667/3667_texto_integral.xml</t>
   </si>
   <si>
     <t>A DISPONIBILIZAÇÃO FINANCEIRA PARA A REALIZAÇÃO DE CAVALGADA EM JANEIRO DE 2015 NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E DEMAIS APOIO NECESSÁRIO AOS ORGANIZADORES.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3435/3435_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3435/3435_texto_integral.xml</t>
   </si>
   <si>
     <t>DR. BRUNO GUSTAVO GUARATHO SALMEN HUSSAIN</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3436/3436_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3436/3436_texto_integral.xml</t>
   </si>
   <si>
     <t>DR. CÉSAR FELIPE COLOMBARI DA SILVA</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3456/3456_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3456/3456_texto_integral.xml</t>
   </si>
   <si>
     <t>LUCAS DE SOUZA CUNHA</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3476/3476_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3476/3476_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">AOS DOUTORES WILLIAN MARTINS MAIA - PREFEITO MUNICIPAL E LUIZ OTÁVIO VILELA SOARES E DEMAIS MEMBROS </t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3505/3505_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3505/3505_texto_integral.xml</t>
   </si>
   <si>
     <t>DOUTOR CLODOALDO SOARES</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3561/3561_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3561/3561_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ NETO MACEDO</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3589/3589_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3589/3589_texto_integral.xml</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3588/3588_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3588/3588_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO EMILIO MARTINS ARRUDA</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3606/3606_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3606/3606_texto_integral.xml</t>
   </si>
   <si>
     <t>WECSLEY MENEZES BRAZ</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3633/3633_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3633/3633_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ FÁBIO VILELA NEVES CARNEIRO LEÃO,ALCEU MELO CARNEIRO LEÃO, AÉCIO APARECIDO SANTEZE FILHO, CELSO BARBOSA DE QUEIROZ, TIAGO JOSÉ ALVES DE QUEIROZ PAMPLONA, VALDIVINO MALAQUIAS E WALTER TOMAZ DE FREITAS JUNIOR</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3615/3615_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3615/3615_texto_integral.xml</t>
   </si>
   <si>
     <t>EDIMARÇO RAIMUNDO RODRIGUES</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO SARGENTO JOSÉ CLEITON DIAS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3461/3461_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3461/3461_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVOS AO EXERCÍCIO DE2004. </t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3463/3463_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3463/3463_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2001.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3492/3492_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3492/3492_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2006.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3514/3514_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3514/3514_texto_integral.doc</t>
   </si>
   <si>
     <t>ANULA O DECRETO LEGISLATIVO Nº 54/2014, QUE APROVOU AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2001.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3621/3621_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3621/3621_texto_integral.doc</t>
   </si>
   <si>
     <t>REJEITA AS  CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2001.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3632/3632_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3632/3632_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO DR.ADILSON PEREIRA DE QUEIROZ</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves, Ernesto Carneiro Leão Neves Vilela, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3649/3649_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3649/3649_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG,AO DR.ALEXANDRE CHIBANTE MARTINS.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3663/3663_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3663/3663_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG AO REVERENDÍSSIMO PADRE LUIZ RIBEIRO DA CUNHA</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3316/3316_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3316/3316_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL NA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A IMPLANTAR O PLANO DE SAÚDE DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3318/3318_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3318/3318_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE  CARGOS E RESPECTIVAS VAGAS NO QUADRO DE PREENCHIMENTO PERMANENTE DA PREFEITURA MUNICIPAL DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3319/3319_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3319/3319_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3320/3320_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3320/3320_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA MUNICÍPIO PERMUTAR IMÓVEL DE SUA PROPRIEDADE COM COM IMÓVEL DE PROPRIEDADE DE ROMANO TIVERON JUNIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3321/3321_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3321/3321_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO FIRMAR CONVÊNIO DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL COM A EMATER-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3322/3322_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3322/3322_texto_integral.doc</t>
   </si>
   <si>
     <t>DELIMITA O PERÍMETRO URBANO, DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3323/3323_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3323/3323_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO I DO ART.22, DA LEI N.612, DE 03/07/03 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3350/3350_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3350/3350_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 1.E 2. DA LEI N.1.239, DE 21 DE JANEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRIBUIR MENSALMENTE COM A ASSOCIAÇÃO  DOS MUNICÍPIOS DO BAIXO VALE DO RIO GRANDE - AMVARIG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CESSÃO DE CADEIRAS DE RODAS ÀS PESSOAS COM DEFICIÊNCIA FÍSICA, CARENTE, PELA SECRETARIA MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PAGAMENTO DE MULTA AMBIENTAL, ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL URBANO, DE PROPRIEDADE DO MUNICÍPIO, SITUADO NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3408/3408_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3408/3408_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO NO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DA PREFEITURA DO MUNICÍPIO DE CARNEIRINHO-ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3413/3413_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3413/3413_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3414/3414_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3414/3414_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3415/3415_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3415/3415_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3416/3416_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3416/3416_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE CARGOS E RESPECTIVAS VAGAS NO QUADRO DE PREENCHIMENTO PERMANENTE DA PREFEITURA MUNICIPAL DE CARNEIRINHO E A DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3417/3417_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3417/3417_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3439/3439_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3439/3439_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO ESTÁDIO MUNICIPAL DO DISTRITO DE ESTRELA DA BARRA, DE ESTÁDIO MUNICIPAL JOAQUIM BARRETO DA CUNHA.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3440/3440_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3440/3440_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO PARA O SINDICATO DOS PRODUTORES RURAIS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3441/3441_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3441/3441_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3442/3442_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3442/3442_texto_integral.doc</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3443/3443_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3443/3443_texto_integral.doc</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3464/3464_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3464/3464_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO FINANCEIRO 2015.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3466/3466_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3466/3466_texto_integral.doc</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES PARA A ADESÃO DO MUNICÍPIO DE CARNEIRINHO AO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE SAÚDE DA MACRO DO TRIANGULO SUL.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3478/3478_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3478/3478_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE VAGA NO QUADRO DE PREENCHIMENTO PERMANENTE DA PREFEITURA MUNICIPAL DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3493/3493_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3493/3493_texto_integral.doc</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3494/3494_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3494/3494_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3495/3495_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3495/3495_texto_integral.doc</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3507/3507_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3507/3507_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZO O MUNICÍPIO DE CARNEIRINHO A ADQUIRIR PARTE DE IMÓVEL RURAL, QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.   </t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3508/3508_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3508/3508_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO DE CARNEIRINHO A ADQUIRIR PARTE DE IMÓVEL RURAL, QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3509/3509_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3509/3509_texto_integral.doc</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3510/3510_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3510/3510_texto_integral.doc</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3539/3539_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3539/3539_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL URBANO, DE PROPOSIÇÃO DO MUNICÍPIO, SITUADO NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3506/3506_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3506/3506_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3544/3544_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3544/3544_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A ADQUIRIR PARTE DE IMÓVEL RURAL, QUE MENCIONA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3511/3511_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3511/3511_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO DE CARNEIRINHO A ADQUIRIR PARTE DE IMÓVEL URBANO, QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3512/3512_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3512/3512_texto_integral.doc</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3513/3513_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3513/3513_texto_integral.doc</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3560/3560_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3560/3560_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR DEVOLUÇÃO DE PARTE DO CONVÊNIO N.477/2005 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3540/3540_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3540/3540_texto_integral.doc</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3541/3541_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3541/3541_texto_integral.doc</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3542/3542_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3542/3542_texto_integral.doc</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3543/3543_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3543/3543_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA MUNICÍPIO PERMUTAR IMÓVEL DE SUA PROPRIEDADE COM IMÓVEL DE PROPRIEDADE DE ROMANO TIVERON JUNIOR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3660/3660_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3660/3660_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3579/3579_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3579/3579_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO CELEBRAR CONTRATO DE RATEIO COM O CONSÓRCIO INTERMUNICIPAL DE SAÚDE - CISVALEGRAN E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3580/3580_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3580/3580_texto_integral.doc</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3581/3581_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3581/3581_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3592/3592_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3592/3592_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CELEBRAÇÃO DE CONVÊNIO, AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3593/3593_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3593/3593_texto_integral.doc</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3614/3614_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3614/3614_texto_integral.doc</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3637/3637_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3637/3637_texto_integral.doc</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3638/3638_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3638/3638_texto_integral.doc</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3639/3639_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3639/3639_texto_integral.pdf</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3661/3661_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3661/3661_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N.1.230/13 DO PLANO PLURIANUAL 2014/2017 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3662/3662_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3662/3662_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N.1.277/14 LEI DE DIRETRIZES ORÇAMENTÁRIAS 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3664/3664_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3664/3664_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ARQUIVO PÚBLICO MUNICIPAL, DEFINE AS DIRETRIZES DA POLÍTICA MUNICIPAL DE ARQUIVOS PÚBLICOS E PRIVADOS DE INTERESSE PÚBLICO E SOCIAL E CRIA O SISTEMA MUNICIPAL DE ARQUIVOS &amp;#8211; SISMARQ.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3666/3666_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3666/3666_texto_integral.doc</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3674/3674_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3674/3674_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CARNEIRINHO O "DIA DO INSPETOR DE ALUNOS, AUXILIAR DE CRECHE E ASSISTENTE PEDAGÓGICO&amp;#8221;</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3675/3675_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3675/3675_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3630/3630_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3630/3630_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESAS ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA O EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3410/3410_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3410/3410_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA OS ARTS.196-A, 196-B E 196-C À LEI ORGÂNICA DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3341/3341_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3341/3341_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO TÁRTARO NETO</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3342/3342_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3342/3342_texto_integral.xml</t>
   </si>
   <si>
     <t>FLORISVAL FERNANDES DA SILVA</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3343/3343_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3343/3343_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ JOAQUIM DE OLIVEIRA</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3344/3344_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3344/3344_texto_integral.xml</t>
   </si>
   <si>
     <t>ANICETO MACHADO DO SOCORRO</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3345/3345_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3345/3345_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LUIZ REZENDE DE SOUZA </t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3346/3346_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3346/3346_texto_integral.xml</t>
   </si>
   <si>
     <t>JUVENATO PALES DE SALES</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3349/3349_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3349/3349_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA SOLICITAR AO SENHOR PREFEITO MUNICIPAL QUE ENVIE A ESTA CASA LEGISLATIVA DEMONSTRATIVO DETALHADO DOS RESTOS A PAGAR QUE FORAM PAGOS NO EXERCÍCIO DE 2013, BEM COMO OS QUE FALTAM A PAGAR.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3347/3347_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3347/3347_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA SOLICITAR AO SENHOR PREFEITO MUNICIPAL CÓPIA DAS FOLHAS DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS REFERENTE AOS MESES DE DEZEMBRO DE 2013 E JANEIRO DE 2014.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3348/3348_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3348/3348_texto_integral.xml</t>
   </si>
   <si>
     <t>ADEMAR APARECIDO DA MAIA</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3393/3393_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3393/3393_texto_integral.xml</t>
   </si>
   <si>
     <t>OZIRIO FRANCISCO DE QUEIROZ</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3394/3394_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3394/3394_texto_integral.xml</t>
   </si>
   <si>
     <t>CLAUDIONOR DOS SANTOS</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3407/3407_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3407/3407_texto_integral.xml</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTA DAS DESPESAS COM A REALIZAÇÃO DO CARNAVAL 2014, INCLUINDO NOTA DE EMPENHOS, LIQUIDAÇÕES, NOTAS FICAIS, RECIBOS E DEMAIS DOCUMENTOS QUE ESTEJA INCLUSO AO PROCESSO ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3411/3411_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3411/3411_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ CARLOS BORGES CARVALHO</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3412/3412_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3412/3412_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">OLIVEIRA FÉLIX ARAÚJO </t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3432/3432_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3432/3432_texto_integral.xml</t>
   </si>
   <si>
     <t>DIRCEU LEONARDO DE PAULA</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3433/3433_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3433/3433_texto_integral.xml</t>
   </si>
   <si>
     <t>OSVALDO MIAN</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3434/3434_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3434/3434_texto_integral.xml</t>
   </si>
   <si>
     <t>SIDINEI ESPERANÇA</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3431/3431_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3431/3431_texto_integral.xml</t>
   </si>
   <si>
     <t>ELIAS LOURENÇO DA COSTA</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
     <t>JOVIANO ALVES PEREIRA</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3457/3457_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3457/3457_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE AO SETOR COMPETENTE PARA QUE PROMOVA A REALIZAÇÃO DE FESTA DO PEÃO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, FÁTIMA DO PONTAL E ESTRELA DA BARRA NESTE ANO. </t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo, Aparecido Inácio Gonçalves, Ernesto Carneiro Leão Neves Vilela, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3479/3479_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3479/3479_texto_integral.xml</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DA SENHORA DIRCE ROMANO COSTA, OCORRIDO EM PARANAIBA-MS, NESTE DIA DE HOJE</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3491/3491_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3491/3491_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CÓPIA DA FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS, CONSTANDO OS SERVIDORES E VALORES POR SECRETARIAS, REFERENTE AO MÊS DE MAIO DE 2014. </t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3518/3518_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3518/3518_texto_integral.xml</t>
   </si>
   <si>
     <t>VOMILDES SOARES DE SOUZA</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3519/3519_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3519/3519_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ GIMENES</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3520/3520_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3520/3520_texto_integral.xml</t>
   </si>
   <si>
     <t>LUZIA HONÓRIA  MAGALHÃES DA SILVA</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3521/3521_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3521/3521_texto_integral.xml</t>
   </si>
   <si>
     <t>NORIVALDO CESAR NUNES</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3522/3522_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3522/3522_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ SEVERINO DE SOCORRO </t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3523/3523_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3523/3523_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA JOANA JESUS BALDISSERA</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3524/3524_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3524/3524_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ CELSON MARTINS DE JESUS</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3525/3525_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3525/3525_texto_integral.xml</t>
   </si>
   <si>
     <t>ADALTON FRANCISCO DE ARAUJO</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3526/3526_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3526/3526_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ PEREIRA DA PAZ</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3527/3527_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3527/3527_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ ELIAS RIBEIRO </t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3551/3551_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3551/3551_texto_integral.xml</t>
   </si>
   <si>
     <t>AGENTES COMUNITÁRIOS E AGENTES DE ENDEMIAS EPIDEMIOLÓGICA DE ACORDO COM A LEI 12.994/2014.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3529/3529_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3529/3529_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA MARTINS DE LIMA</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3530/3530_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3530/3530_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO APARECIDO OLIVEIRA</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3531/3531_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3531/3531_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES DA SILVA</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3535/3535_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3535/3535_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA APARECIDA DO CARMO OLIVEIRA PEREIRA</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3552/3552_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3552/3552_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITA GASTOS COM GRÁFICAS VALORES ESPECÍFICOS COM CADA SECRETÁRIA.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3558/3558_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3558/3558_texto_integral.xml</t>
   </si>
   <si>
     <t>EDUARDO HENRIQUE ACCIOLY CAMPOS</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3557/3557_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3557/3557_texto_integral.xml</t>
   </si>
   <si>
     <t>LINO MEDEIROS</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3559/3559_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3559/3559_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA APARECIDA</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3556/3556_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3556/3556_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA DE LOURDES DE OLIVEIRA</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3575/3575_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3575/3575_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">RELAÇÃO DOS VEÍCULOS E MAQUINÁRIOS DOADOS PELOS PROGRAMAS PAC¹ E PAC² DO GOVERNO FEDERAL, CONTENDO ESPECIFICAÇÃO DOS MESMOS, BEM COMO, DOS QUE FORAM ADQUIRIDOS COM RECURSOS PRÓPRIOS DA MUNICIPALIDADE, NOS EXERCÍCIOS DE 2013 E 2014. </t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3576/3576_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3576/3576_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATE UMA EMPRESA ESPECIALIZADA EM ANÁLISE DE ÁGUA PARA FAZER A ANÁLISE DA ÁGUA CONSUMIDA PELA POPULAÇÃO DE CARNEIRINHO, ORA FORNECIDA PELA COPASA. </t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3590/3590_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3590/3590_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA FERNANDES ASSUNÇÃO</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3591/3591_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3591/3591_texto_integral.xml</t>
   </si>
   <si>
     <t>CARLOS RAFAEL COSTA SILVA</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3608/3608_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3608/3608_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUERIMENTO DE MINUTO DE SILÊNCIO PELO FALECIMENTO DO SR. ANTÔNIO BELMIRO MACHADO</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3610/3610_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3610/3610_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA DE FÁTIMA SILVA RIBEIRO</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3609/3609_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3609/3609_texto_integral.xml</t>
   </si>
   <si>
     <t>OUVIDIA QUEIROZ SOCORRO</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3616/3616_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3616/3616_texto_integral.xml</t>
   </si>
   <si>
     <t>APARECIDA BERTELI DA CRUZ</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3617/3617_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3617/3617_texto_integral.xml</t>
   </si>
   <si>
     <t>SILMAR SANTOS SOUZA</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3618/3618_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3618/3618_texto_integral.xml</t>
   </si>
   <si>
     <t>MAREIDE APARECIDA CUNHA BARBOSA</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3619/3619_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3619/3619_texto_integral.xml</t>
   </si>
   <si>
     <t>LEONARDO HENRIQUE BARBOSA</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3620/3620_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3620/3620_texto_integral.xml</t>
   </si>
   <si>
     <t>MAURICIO APARECIDO GOMES</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3623/3623_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3623/3623_texto_integral.xml</t>
   </si>
   <si>
     <t>CORTAR OS EUCALIPTOS EXISTENTES NO FUNDO DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3622/3622_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3622/3622_texto_integral.xml</t>
   </si>
   <si>
     <t>FLORISBELA MARIA DA SILVA</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3631/3631_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3631/3631_texto_integral.xml</t>
   </si>
   <si>
     <t>OBIDIÉLIO GALDINO FERREIRA</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3646/3646_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3646/3646_texto_integral.xml</t>
   </si>
   <si>
     <t>JANDER RODRIGUES DE QUEIROZ</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3647/3647_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3647/3647_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA VITÓRIA LANTORRI COUTO</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3648/3648_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3648/3648_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ FERREIRA DE SOUZA</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3665/3665_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3665/3665_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ BELANTANE </t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3672/3672_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3672/3672_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REALIZE O TEN PENING NA FESTA DO PEÃO DE BOIADEIRO DE 28 DE ABRIL DE 2015. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4311,67 +4311,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5169/ato_da_mesa_01_1410032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5170/ato_da_mesa_02_1410032020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5171/ato_da_mesa_03_1410032020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5172/ato_da_mesa_04_1410032020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5173/ato_da_mesa_05_1410032020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5174/ato_da_mesa_06_1410032020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5175/ato_da_mesa_07_1410032020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5176/ato_da_mesa_08_1410032020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5177/ato_da_mesa_09_1410032020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3330/3330_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3331/3331_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3335/3335_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3332/3332_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3333/3333_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3324/3324_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3325/3325_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3326/3326_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3334/3334_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3336/3336_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3337/3337_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3327/3327_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3338/3338_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3328/3328_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3329/3329_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3339/3339_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3340/3340_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3353/3353_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3354/3354_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3355/3355_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3356/3356_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3357/3357_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3358/3358_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3359/3359_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3360/3360_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3361/3361_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3362/3362_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3363/3363_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3364/3364_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3366/3366_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3367/3367_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3368/3368_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3369/3369_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3370/3370_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3372/3372_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3374/3374_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3375/3375_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3376/3376_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3377/3377_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3378/3378_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3379/3379_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3392/3392_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3391/3391_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3380/3380_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3390/3390_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3382/3382_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3383/3383_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3389/3389_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3381/3381_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3388/3388_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3387/3387_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3386/3386_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3385/3385_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3384/3384_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3396/3396_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3397/3397_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3398/3398_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3399/3399_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3400/3400_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3401/3401_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3402/3402_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3403/3403_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3404/3404_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3405/3405_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3406/3406_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3418/3418_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3419/3419_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3420/3420_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3421/3421_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3422/3422_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3446/3446_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3437/3437_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3423/3423_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3424/3424_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3425/3425_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3426/3426_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3427/3427_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3428/3428_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3429/3429_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3430/3430_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3438/3438_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3447/3447_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3448/3448_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3449/3449_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3451/3451_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3444/3444_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3453/3453_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3454/3454_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3455/3455_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3458/3458_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3467/3467_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3459/3459_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3460/3460_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3468/3468_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3469/3469_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3470/3470_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3471/3471_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3474/3474_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3472/3472_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3473/3473_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3475/3475_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3477/3477_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3480/3480_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3481/3481_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3482/3482_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3483/3483_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3484/3484_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3485/3485_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3486/3486_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3487/3487_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3488/3488_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3489/3489_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3490/3490_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3496/3496_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3497/3497_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3498/3498_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3499/3499_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3500/3500_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3502/3502_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3503/3503_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3504/3504_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3515/3515_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3516/3516_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3517/3517_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3532/3532_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3533/3533_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3534/3534_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3536/3536_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3538/3538_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3545/3545_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3546/3546_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3547/3547_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3553/3553_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3549/3549_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3550/3550_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3554/3554_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3555/3555_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3562/3562_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3563/3563_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3564/3564_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3565/3565_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3566/3566_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3567/3567_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3568/3568_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3569/3569_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3570/3570_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3578/3578_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3577/3577_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3574/3574_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3573/3573_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3572/3572_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3571/3571_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3582/3582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3583/3583_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3584/3584_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3585/3585_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3586/3586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3594/3594_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3595/3595_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3596/3596_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3597/3597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3611/3611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3599/3599_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3600/3600_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3601/3601_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3602/3602_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3603/3603_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3604/3604_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3605/3605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3607/3607_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3612/3612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3613/3613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3627/3627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3624/3624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3625/3625_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3626/3626_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3628/3628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3629/3629_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3634/3634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3635/3635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3636/3636_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3640/3640_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3641/3641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3642/3642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3643/3643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3644/3644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3645/3645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3650/3650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3651/3651_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3652/3652_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3653/3653_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3654/3654_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3659/3659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3655/3655_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3656/3656_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3657/3657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3658/3658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3668/3668_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3669/3669_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3673/3673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3670/3670_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3671/3671_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3667/3667_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3435/3435_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3436/3436_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3456/3456_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3476/3476_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3505/3505_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3561/3561_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3589/3589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3588/3588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3606/3606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3633/3633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3615/3615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3461/3461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3463/3463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3492/3492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3514/3514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3621/3621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3632/3632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3649/3649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3663/3663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3316/3316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3318/3318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3319/3319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3320/3320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3321/3321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3322/3322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3323/3323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3350/3350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3408/3408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3413/3413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3414/3414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3415/3415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3416/3416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3417/3417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3439/3439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3440/3440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3441/3441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3442/3442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3443/3443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3464/3464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3466/3466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3478/3478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3493/3493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3494/3494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3495/3495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3507/3507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3508/3508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3509/3509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3510/3510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3539/3539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3506/3506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3544/3544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3511/3511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3512/3512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3513/3513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3560/3560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3540/3540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3541/3541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3542/3542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3543/3543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3660/3660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3579/3579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3580/3580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3581/3581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3592/3592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3593/3593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3614/3614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3637/3637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3638/3638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3639/3639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3661/3661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3662/3662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3664/3664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3666/3666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3674/3674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3675/3675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3630/3630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3410/3410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3341/3341_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3342/3342_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3343/3343_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3344/3344_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3345/3345_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3346/3346_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3349/3349_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3347/3347_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3348/3348_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3393/3393_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3394/3394_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3407/3407_texto_integral.xml" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3411/3411_texto_integral.xml" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3412/3412_texto_integral.xml" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3432/3432_texto_integral.xml" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3433/3433_texto_integral.xml" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3434/3434_texto_integral.xml" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3431/3431_texto_integral.xml" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3457/3457_texto_integral.xml" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3479/3479_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3491/3491_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3518/3518_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3519/3519_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3520/3520_texto_integral.xml" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3521/3521_texto_integral.xml" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3522/3522_texto_integral.xml" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3523/3523_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3524/3524_texto_integral.xml" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3525/3525_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3526/3526_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3527/3527_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3551/3551_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3529/3529_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3530/3530_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3531/3531_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3535/3535_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3552/3552_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3558/3558_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3557/3557_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3559/3559_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3556/3556_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3575/3575_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3576/3576_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3590/3590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3591/3591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3608/3608_texto_integral.xml" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3610/3610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3609/3609_texto_integral.xml" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3616/3616_texto_integral.xml" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3617/3617_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3618/3618_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3619/3619_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3620/3620_texto_integral.xml" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3623/3623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3622/3622_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3631/3631_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3646/3646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3647/3647_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3648/3648_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3665/3665_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3672/3672_texto_integral.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5169/ato_da_mesa_01_1410032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5170/ato_da_mesa_02_1410032020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5171/ato_da_mesa_03_1410032020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5172/ato_da_mesa_04_1410032020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5173/ato_da_mesa_05_1410032020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5174/ato_da_mesa_06_1410032020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5175/ato_da_mesa_07_1410032020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5176/ato_da_mesa_08_1410032020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/sapl/public/materialegislativa/2014/5177/ato_da_mesa_09_1410032020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3330/3330_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3331/3331_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3335/3335_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3332/3332_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3333/3333_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3324/3324_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3325/3325_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3326/3326_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3334/3334_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3336/3336_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3337/3337_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3327/3327_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3338/3338_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3328/3328_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3329/3329_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3339/3339_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3340/3340_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3353/3353_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3354/3354_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3355/3355_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3356/3356_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3357/3357_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3358/3358_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3359/3359_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3360/3360_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3361/3361_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3362/3362_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3363/3363_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3364/3364_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3366/3366_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3367/3367_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3368/3368_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3369/3369_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3370/3370_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3372/3372_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3374/3374_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3375/3375_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3376/3376_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3377/3377_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3378/3378_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3379/3379_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3392/3392_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3391/3391_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3380/3380_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3390/3390_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3382/3382_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3383/3383_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3389/3389_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3381/3381_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3388/3388_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3387/3387_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3386/3386_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3385/3385_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3384/3384_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3396/3396_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3397/3397_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3398/3398_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3399/3399_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3400/3400_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3401/3401_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3402/3402_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3403/3403_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3404/3404_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3405/3405_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3406/3406_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3418/3418_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3419/3419_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3420/3420_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3421/3421_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3422/3422_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3446/3446_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3437/3437_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3423/3423_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3424/3424_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3425/3425_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3426/3426_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3427/3427_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3428/3428_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3429/3429_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3430/3430_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3438/3438_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3447/3447_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3448/3448_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3449/3449_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3451/3451_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3444/3444_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3453/3453_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3454/3454_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3455/3455_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3458/3458_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3467/3467_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3459/3459_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3460/3460_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3468/3468_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3469/3469_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3470/3470_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3471/3471_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3474/3474_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3472/3472_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3473/3473_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3475/3475_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3477/3477_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3480/3480_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3481/3481_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3482/3482_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3483/3483_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3484/3484_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3485/3485_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3486/3486_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3487/3487_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3488/3488_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3489/3489_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3490/3490_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3496/3496_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3497/3497_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3498/3498_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3499/3499_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3500/3500_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3502/3502_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3503/3503_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3504/3504_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3515/3515_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3516/3516_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3517/3517_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3532/3532_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3533/3533_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3534/3534_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3536/3536_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3538/3538_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3545/3545_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3546/3546_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3547/3547_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3553/3553_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3549/3549_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3550/3550_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3554/3554_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3555/3555_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3562/3562_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3563/3563_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3564/3564_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3565/3565_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3566/3566_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3567/3567_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3568/3568_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3569/3569_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3570/3570_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3578/3578_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3577/3577_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3574/3574_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3573/3573_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3572/3572_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3571/3571_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3582/3582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3583/3583_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3584/3584_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3585/3585_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3586/3586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3594/3594_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3595/3595_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3596/3596_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3597/3597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3611/3611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3599/3599_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3600/3600_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3601/3601_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3602/3602_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3603/3603_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3604/3604_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3605/3605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3607/3607_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3612/3612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3613/3613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3627/3627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3624/3624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3625/3625_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3626/3626_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3628/3628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3629/3629_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3634/3634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3635/3635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3636/3636_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3640/3640_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3641/3641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3642/3642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3643/3643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3644/3644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3645/3645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3650/3650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3651/3651_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3652/3652_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3653/3653_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3654/3654_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3659/3659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3655/3655_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3656/3656_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3657/3657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3658/3658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3668/3668_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3669/3669_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3673/3673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3670/3670_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3671/3671_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3667/3667_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3435/3435_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3436/3436_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3456/3456_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3476/3476_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3505/3505_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3561/3561_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3589/3589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3588/3588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3606/3606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3633/3633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3615/3615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3461/3461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3463/3463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3492/3492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3514/3514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3621/3621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3632/3632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3649/3649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3663/3663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3316/3316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3318/3318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3319/3319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3320/3320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3321/3321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3322/3322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3323/3323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3350/3350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3408/3408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3413/3413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3414/3414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3415/3415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3416/3416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3417/3417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3439/3439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3440/3440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3441/3441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3442/3442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3443/3443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3464/3464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3466/3466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3478/3478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3493/3493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3494/3494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3495/3495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3507/3507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3508/3508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3509/3509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3510/3510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3539/3539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3506/3506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3544/3544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3511/3511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3512/3512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3513/3513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3560/3560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3540/3540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3541/3541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3542/3542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3543/3543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3660/3660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3579/3579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3580/3580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3581/3581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3592/3592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3593/3593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3614/3614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3637/3637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3638/3638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3639/3639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3661/3661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3662/3662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3664/3664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3666/3666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3674/3674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3675/3675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3630/3630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3410/3410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3341/3341_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3342/3342_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3343/3343_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3344/3344_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3345/3345_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3346/3346_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3349/3349_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3347/3347_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3348/3348_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3393/3393_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3394/3394_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3407/3407_texto_integral.xml" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3411/3411_texto_integral.xml" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3412/3412_texto_integral.xml" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3432/3432_texto_integral.xml" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3433/3433_texto_integral.xml" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3434/3434_texto_integral.xml" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3431/3431_texto_integral.xml" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3457/3457_texto_integral.xml" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3479/3479_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3491/3491_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3518/3518_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3519/3519_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3520/3520_texto_integral.xml" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3521/3521_texto_integral.xml" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3522/3522_texto_integral.xml" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3523/3523_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3524/3524_texto_integral.xml" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3525/3525_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3526/3526_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3527/3527_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3551/3551_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3529/3529_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3530/3530_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3531/3531_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3535/3535_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3552/3552_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3558/3558_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3557/3557_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3559/3559_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3556/3556_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3575/3575_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3576/3576_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3590/3590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3591/3591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3608/3608_texto_integral.xml" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3610/3610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3609/3609_texto_integral.xml" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3616/3616_texto_integral.xml" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3617/3617_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3618/3618_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3619/3619_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3620/3620_texto_integral.xml" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3623/3623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3622/3622_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3631/3631_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3646/3646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3647/3647_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3648/3648_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3665/3665_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2014/3672/3672_texto_integral.xml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H365"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="222.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>