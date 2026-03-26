--- v0 (2025-10-06)
+++ v1 (2026-03-26)
@@ -54,4610 +54,4610 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2891/2891_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2891/2891_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE CASAS OU TERRENOS.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.xml</t>
   </si>
   <si>
     <t>doação de cestas básicas material de construção</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.xml</t>
   </si>
   <si>
     <t>construção de capela para velório no distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.xml</t>
   </si>
   <si>
     <t>A REGULARIZAÇÃO DOS LOTEAMENTOS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO, A DOAÇÃO DE ESCRITURAS DOS LOTEAMENTOS DO BAIRRO SÃO JOSÉ, SAGRADO CORAÇÃO DE JESUS E SANTA INÊS NO REFERIDO DISTRITO. SOLICITO TAMBÉM A DOAÇÃO DE LOTES NO BAIRRO SANTA INÊS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2897/2897_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2897/2897_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA, REDE ÁGUA, ESGOTO, GALERIAS PLUVIAIS, MEIO FIO, GUIAS DE SARJETAS E REDE ELÉTRICA NOS BAIRROS SÃO JOSÉ E SAGRADO CORAÇÃO DE JESUS E DO PROLONGAMENTO DA RUA ÁGUA LIMPA E A EXTENSÃO DA AV.SÃO LUIZ ATÉ A TECELAGEM.NA OPORTUNIDADE SOLICITO, TAMBÉM, A CONSTRUÇÃO DE EXTENSÃO DA REDE ELÉTRICA DA AV. SÃO LUIZ ATÉ A TECELAGEM. </t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2898/2898_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2898/2898_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">reforma das pontes e mata burros do município de Carneirinho </t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Osmar Antônio de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2899/2899_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2899/2899_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAPELA PARA VELÓRIO NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2900/2900_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2900/2900_texto_integral.xml</t>
   </si>
   <si>
     <t>MELHORIA NO BALNEÁRIO MUNICIPAL GILOMÉ MACHADO DE QUEIROZ, NO DISTRITO DE ESTRELA DA BARRA, EFETUADO REPAROS NOS QUIOSQUES, A REPOSIÇÃO DA AREIA E A MANUTENÇÃO DA REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Oscar José de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2901/2901_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2901/2901_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">Construção Banheiro Público na praça Adélia Soares Vilela </t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2902/2902_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2902/2902_texto_integral.xml</t>
   </si>
   <si>
     <t>Pista de Passeio e iluminação da avenida Firmino Luiz de Oliveira</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2880/2880_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2880/2880_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE A INFRAESTRUTURA BÁSICA NO DISTRITO INDUSTRIAL VITAL JOSÉ MACHADO, TAIS COMO, REDE ELÉTRICA, REDE DE ÁGUA E ESGOTO, MEIO FIO, GUIAS DE SARGETA E PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2903/2903_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2903/2903_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM PRÉDIO PARA FUNCIONAMENTO DO ESF - ESTRATÉGIA DE SAÚDE DA FAMÍLIA,NO DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2904/2904_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2904/2904_texto_integral.xml</t>
   </si>
   <si>
     <t>aquisição de medicamentos para a fármacia Municipal e para o ambulatório, posto de saudes.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE UM POLO TURÍSTICO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2911/2911_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2911/2911_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> limpeza geral no Distrito de Estrela da Barra.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.xml</t>
   </si>
   <si>
     <t>a disponibilização de terreno para a construção de galpão para abrigar os funcionários da Usina, bem</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2907/2907_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2907/2907_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS PARA SEUS FUNCIONÁRIOS DA USINA</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Genomar Tiago de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2908/2908_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2908/2908_texto_integral.xml</t>
   </si>
   <si>
     <t>Aquisição de ambulância e perua Kombi para os Distritos de estrela da Barra, Fátima do Pontal, e São</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.xml</t>
   </si>
   <si>
     <t>doação dos terrenos da municipalidade existente no bairro Sagrado Coração.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2910/2910_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2910/2910_texto_integral.xml</t>
   </si>
   <si>
     <t>a disponibilização de um médica definitivamente no Distrito de São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2923/2923_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2923/2923_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO PRÉDIO QUE FICA FUNCIONA O POSTO DE SAÚDE DE VILA BARBOSA DO PARANAÍBA E  GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2932/2932_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2932/2932_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE MATERIAL DE CONSUMO UTILIZADO NA CRECHE, SUBPREFEITURA, POSTO DE SAÚDE NO COMÉRCIO DE SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2933/2933_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2933/2933_texto_integral.xml</t>
   </si>
   <si>
     <t>PÁ CARREGADEIRA, MOTO NIVELADORA, 2 CAMINHÕES CAÇAMBAS E 1 CAMIONETE STRADA P/ SUBPREFEITURA.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2935/2935_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2935/2935_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO E IMPLANTAÇÃO DE FÁRMACIAS MUNICIPAIS NOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL, BEM COMO, NAS VILAS GRACILÂNDIA E APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2938/2938_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2938/2938_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA CONVÊNIO COM O HOSPITAIS EM SÃO JOSÉ DO RIO PRETO, FERNANDOPOLIS JALES E BARRETOS.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2937/2937_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2937/2937_texto_integral.xml</t>
   </si>
   <si>
     <t>REEMBOLSO DE DIÁRIAS AOS MOTORISTAS DOS DISTRITOS DE SÃO SEB. DO PONTAL, FÁTIMA DO PONTAL E ESTRELA DA BARRA LOTADOS NA SECRETÁRIA DE SAÚDE E A REGULARIZAÇÃO DO SISTEMA DE DIÁRIAS PARA OS DEMAIS MOTORISTAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2939/2939_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2939/2939_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE PÁ CARREGADEIRA, CAMINHÃO, TRATOR TERRACIADOR PARA OS PEQUENOS PRODUTORES RURAIS DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2940/2940_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2940/2940_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CERRARIA MOVÉL PARA A CERRAR AS MADEIRA A SEREM UTILIZADA NA CONSTRUÇÃO OU REFORMA DE PONTES E MATA BURROS NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2941/2941_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2941/2941_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA DE ESPORTE NAS DEPENDÊNCIAS DA ESCOLA MUNICIPAL VICENTE LUIZ ALVES.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2949/2949_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2949/2949_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AMPLIAÇÃO DO PRÉDIO ONDE FUNCIONA O VELÓRIO MUNICIPAL, NA SEDE DO MUNICÍPIO DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2930/2930_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2930/2930_texto_integral.xml</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DO LOTEAMENTO DOS BAIRROS JOAQUIM L.FERREIRA E MARIA HONÓRIA DE QUEIROZ. BEM COMO A ESCRITURAÇÃO DOS TERRENOS A QUEM DETÉM O DIREITO DE CESSÃO OU O DIREITO DE POSSE.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2931/2931_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2931/2931_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE SARJE TÃO NAS RUAS COM GRANDE ACÚMULO DE ÁGUA. </t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO PRÉDIO QUE FICA FUNCIONA O POSTO DE SAÚDE DE VILA BARBOSA DO PARANAÍBA E GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2925/2925_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2925/2925_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA MOLAS</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2926/2926_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2926/2926_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A SECRETÁRIA DE EDUCAÇÃO, ESPORTE  E CULTURA, PARA ELABORAÇÃO DE PROJETOS QUE VISEM A IMPLANTAÇÃO DOS PROGRAMAS SEGUNDO TEMPO, MINAS OLÍMPICA E PONTO DE CULTURA NA QUADRA DE ESPORTE FRANCISCO GUIZZO PARA ATENDER AS CRIANÇAS E ADOLESCENTES DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3122/3122_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3122/3122_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO ÓRGÃO COMPETENTE PARA QUE FAÇA O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DE BASE SÃO JOÃO BATISTA ATÉ A DIVISA DO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2942/2942_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2942/2942_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA ESCOLA ESTADUAL MARECHAL HERMES DO DISTRITO DE ESTRELA DA BARRA EM PARCEIRA, EFETUE A REFORMA DO PRÉDIO DA ESCOLA ESTADUAL MARECHAL HERMES DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO  DA CHACARÁ  DO SRº JOSÉ RUVIERI PARA LOTEAMENTO E POSTERIOR  CONSTRUÇÃO DE AS FAMILIAS </t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2945/2945_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2945/2945_texto_integral.xml</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DO LOTEAMENTO DOS DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2946/2946_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2946/2946_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA AV. OSVALDO P. ASSUNÇÃO, SÃO JOAQUIM, E OZIEL PEREIRA E TODAS AS RUAS QUE SE FIZEREM NECESSÁRIO NO DISTRITO DE ESTRELA DA BARRA, BEM COMO, NAS RUAS NO MINTERIOR DO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2950/2950_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2950/2950_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA MUDADO O LIXÃO DO DISTRITO DE ESTRELA DA BARRA DE LOCAL.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2936/2936_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2936/2936_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE RETORNE O PAGAMENTO DO AUXILIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS INSTITUIDO PELA LEI MUNICIPAL N.1.015, DE 26 DE MARÇO DE 2009, E FAÇA O REAJUSTE DO VALOR R$200,00(DUZENTOS REAIS).</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2944/2944_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2944/2944_texto_integral.xml</t>
   </si>
   <si>
     <t>ATENDIMENTO DIÁRIO DE MÉDICO NO DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2954/2954_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2954/2954_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO OU A CONTRATAÇÃO DE UMA EMPRESA LOCAL PARA DISPONIBILIZAR A POPULAÇÃO DA SEDE E DOS DISTRITOS PAPA-ENTULHOS(CAÇAMBA)E CAMINHÃO PARA O TRANSPORTE AS MESMAS.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2953/2953_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2953/2953_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE UM CARRO PARA APAE</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2960/2960_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2960/2960_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA RESCINDIDO O CONTRATO COM A EMPRESA BRASIL LIMP.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2987/2987_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2987/2987_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDER COM A SECRETARIA DO ESTADO P/ FAZER IDENTIDADE E IMPLANT. SINE P/ FAZER CARTEIRA TRABALHO.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2957/2957_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2957/2957_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE LOMBADAS NAS RUAS E AVENIDAS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2958/2958_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2958/2958_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DOAÇÃO DE KIT ESCOLAR E CAMISETAS P/ OS ALUNOS DAS ESCOLAS MUNICIPAIS, CAMISETA PARA ALUNOS DA REDE ESTADUAL. </t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2986/2986_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2986/2986_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAR OPERADORA TIM NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2965/2965_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2965/2965_texto_integral.xml</t>
   </si>
   <si>
     <t>TRASPORTE COLETIVO QUE SAÍA DO DISTRITO DE FÁTIMA, PASSA PELO DISTRITO DE ESTRELA DA BARRA PARA A SEDE DO MUNICÍPIO E RETORNO AO FINAL DO DIA, PELO MENOS TRÊS VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2964/2964_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2964/2964_texto_integral.xml</t>
   </si>
   <si>
     <t>RETORNE, CAMPEONATO MUNICIPAIS E REGIONAIS, DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2956/2956_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2956/2956_texto_integral.xml</t>
   </si>
   <si>
     <t>MINISTRAR CURSOS DE CAPACITAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS, PRINCIPALMENTE OS DA ÁREA DE EDUCAÇÃO E SAÚDE.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2961/2961_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2961/2961_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DISPONIBILIZE UM INSTRUTOR FÍSICO PARA MINISTRAR AULAS HIDROGINÁSTICA COMUNITÁRIAS AS PESSOAS DA SEDE. </t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2962/2962_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2962/2962_texto_integral.xml</t>
   </si>
   <si>
     <t>DESENVOLVIDO PROGRAMAS QUE ATENDA A TERCEIRA IDADE,TAIS COMO PALESTRAS, BAILES, ATIVIDADES FÍSICAS E VIAGENS PERIÓDICAS.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2963/2963_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2963/2963_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO A CEMIG PARA QUE SEJA FEITO UM LEVANTAMENTO NA SEDE DO MUNICÍPIO DESTACANDO A FALTA DE LUMINÁRIA NOS POSTES E LAMPADAS QUEIMADAS E TAMBÉM A ILUMINAÇÀO DO MINE-CAMPO NA COMUNIDADE SÃO JOÃO BATISTA-RUIVINHA.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2968/2968_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2968/2968_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PONTE SOBRE O CÓRREGO DA MUTUCA NA PROP. JOÃO SEVERINO ALVES, DIVISA COM GUIOMAR V. LEÃO.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2979/2979_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2979/2979_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO PONTE DE CIMENTO NO CÓRREGO DO RIBEIRÃO DO CEMITÉRIO DIVISA COM MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3001/3001_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3001/3001_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM CAMINHÃO PARA AS ASSOCIAÇÕES, PARA DAR SUPORTE NO TRANSPORTE NO TRANSPORTE DE PRODUTOS COMERCIALIZADOS NA FEIRA.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2978/2978_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2978/2978_texto_integral.xml</t>
   </si>
   <si>
     <t>MELHORIA NA SINALIZAÇÃO DAS RUAS E AVENIDAS.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2988/2988_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2988/2988_texto_integral.xml</t>
   </si>
   <si>
     <t>REESTRUTURAÇÃO DOS CARGO DA PREFEITURA MUNICIPAL DE CARNEIRINHO E AUMENTO DE SALARIAL.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2989/2989_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2989/2989_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE CASAS POPULARES NO DIST. SÃO SEBASTIÃO DO PONTAL, BAIRROS SAGRADO CORAÇÃO DE JESUS, SANTA INÊS E SÃO JOSÉ, ETC. </t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.xml</t>
   </si>
   <si>
     <t>CRIAR UMA SUBPREFEITURA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2982/2982_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2982/2982_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE SUBVENÇÕES PARA AS ASSOCIAÇÕES/ COMUNIDADES DO MUNICÍPIO DE CARNEIRINHO</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2999/2999_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2999/2999_texto_integral.xml</t>
   </si>
   <si>
     <t>PRIORIDADE PARA AS PESSOAS RESIDENTE NO MUNICÍPIO DE CARNEIRINHO MONTAREM SUAS BARRACAS RECINTO DE EXPOSIÇÃO IZAÚ VILELA MACHADO, DURANTE A REALIZAÇÃO DAS FESTIVIDADES DE COMEMORAÇÃO DE ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICA ADMINISTRATIVA DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA DAS ESTRADAS MUNICIPAIS QUE LIGA OS DISTRITOS DE ESTRELA DA BARRA, FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL A SEDE DA USINA, BEM COMO, A SEDE DO MUNICÍPIO DE CARNEIRINHO-MG. </t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2992/2992_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2992/2992_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA FEITO CONVÊNIO COM O MINISTÉRIO DA EDUCAÇÃO PARA A AQUISIÇÃO DE ÔNIBUS PARA TRANSPORTES ESCOLARES RURAIS.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2991/2991_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2991/2991_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA DE MOTOCROSS PARA OS APRECIADORES DESTE ESPORTE TREINAREM PARA PARTICIPAREM DOS CAMPEONATOS.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE SOBRE O CÓRREGO DA FORMIGA.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE AR CONDICIONADO PARA CRECHE EMILIA OLIVEIRA DE QUEIROZ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2993/2993_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2993/2993_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA GERAL, COM RETIRADA DE ENTULHOS E LIXOS NO DISTRITO DE ESTRELA DA BARRA </t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3018/3018_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3018/3018_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA MUNIC. OLEGÁRIO F. DE QUEIROZ E DO GINÁSIO POLIESPORTIVO  JOSÉ T. ALVARENGA, AMBAS AS OBRAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, SEJA COM RECURSO PRÓPRIO OU VIABILIZAR JUNTOS AOS MINISTÉRIOS DA EDUCAÇÃO E DO ESPORTE.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3017/3017_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3017/3017_texto_integral.xml</t>
   </si>
   <si>
     <t>O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL AO OLARIA NA LAGOA DO JACARÉ.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3016/3016_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3016/3016_texto_integral.xml</t>
   </si>
   <si>
     <t>POSTO DE SAÚDE DE VILA GRACILÂNDIA FUNCIONE DIARIAMENTE DE SEGUNDA A SEXTA E CONTRATAÇÃO DE UM PROFISSIONAL PARA ATENDER NA ÁREA DA SAÚDE, ENFERMEIRA, TÉCNICO ENFERMAGEM OU AUXILIAR DE ENFERMAGEM</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3012/3012_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3012/3012_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DO ENSINO EM TEMPO INTEGRAL NA ESCOLA MUNICIPAL VICENTE LUIZ ALVES.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3010/3010_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3010/3010_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE UM INSTRUTOR DE INFORMÁTICA PARA ESCOLA MUNICIPAL SANTA MADALENA EM FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3009/3009_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3009/3009_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICO PARA ATENDER PELO MENOS DUAS VEZES POR SEMANA NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3008/3008_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3008/3008_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAINHAS NO DISTRITO DE FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3003/3003_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3003/3003_texto_integral.xml</t>
   </si>
   <si>
     <t>PARCERIA COM PREFEITURA, SINDICATO, EMATER, PARA IMPLANTAÇÃO DEPÓSITO DE CALCÁRIO.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3002/3002_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3002/3002_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE JUNTO AO BDMG-BANCO DE DESENVOLVIMENTO DE MINAS GERAIS FINANCIAMENTO PARA A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS E AVENIDAS, AINDA NÃO PAVIMENTADAS, DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.xml</t>
   </si>
   <si>
     <t>AUMENTO DO VALE REFEIÇÃO DE R$12,00 PARA R$30,00 DOS MOTORISTAS E OPERADOR DE MÁQUINAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3011/3011_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3011/3011_texto_integral.xml</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE INCENTIVO AO COMÉRCIO EM GERAL E INDUSTRIAS PARA SE INSTALAREM NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3005/3005_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3005/3005_texto_integral.xml</t>
   </si>
   <si>
     <t>OPERAÇÃO TAMPA BURACOS ENTRE AV. SÃO JOAQUIM DO TRIÂNGULO, RUA TODOS OS SANTOS,AV. JK C/ OSVALDO PAULA`ASSUNÇÃO COM A RUA JUSCELINO KUBITSHEK, NO DISTRITO ESTRELA DE BARRA.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3006/3006_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3006/3006_texto_integral.xml</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DAS RUAS E AVENIDAS INDICANDO PARE, BEM COMO A COLOCAÇÃO DE PLACAS COM NOME DAS MESMAS NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3014/3014_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3014/3014_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO E INSTALAÇÃO DA COMARCA NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3013/3013_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3013/3013_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTECIPE O PAGAMENTO DOS SALÁRIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS PARA QUE ESTE POSSAM PARTICIPAR DESTE MOMENTO FESTIVO COM MAIS TRANQUILIDADE.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3031/3031_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3031/3031_texto_integral.xml</t>
   </si>
   <si>
     <t>LEGALIZAÇÃO DAS DIÁRIAS DOS TÉCNICO E AUXILIAR DE ENFERMAGEM QUE FAZEM VIAGENS P/ ACOMPANHAR PACIENTES PARA OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3034/3034_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3034/3034_texto_integral.xml</t>
   </si>
   <si>
     <t>OPERAÇÃO TAMPA BURACO OU O RECAPEAMENTO DA ESTRADA VICINAL REALINO ALVES DE OLIVEIRA. NA OPORTUNIDADE SOLICITAMOS TAMBÉM COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO, ALERTANDO OS MOTORISTAS QUE PODERÁ OCORRER AQUAPLANAGEM, URGENTEMENTE.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3033/3033_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3033/3033_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PRAÇA NO JARDIM PLANALTO, BEM COMO A CONSTRUÇÃO DO  MONUMENTO SIMBOLIZANDO A BÍBLIA.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3028/3028_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3028/3028_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CASA LAR PARA ABRIGAR OS IDOSOS SEM VINCULO FAMÍLIAR.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3030/3030_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3030/3030_texto_integral.xml</t>
   </si>
   <si>
     <t>PARCERIA AOS PRODUTORES RURAIS NO SENTIDO DA PREFEITURA FORNECER A  MÃO DE OBRA E A BASE E OS PRODUTORES RURAIS FORNECER O MATA BURRO DE FERRO.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3025/3025_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3025/3025_texto_integral.xml</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO DOS VENDEDORES AMBULANTES NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3036/3036_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3036/3036_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE FAÇA CONVÊNIO MÉDICO, COM ÔNUS FINANCEIRO DE 50% (CINQUENTA POR CENTO), COM OPERADORAS DE PLANOS PRIVADOS DE ASSISTÊNCIA À SAÚDE, CONTRATOS COLETIVOS POR ADESÃO, PARA OS SERVIDORES EFETIVOS E COMISSIONADOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3029/3029_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3029/3029_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE UM FISIOTERAPEUTA PARA ATENDER A POPULAÇÃO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3027/3027_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3027/3027_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO OU A CONCESSÃO DE UM SALÃO, PARA QUE AS PESSOAS DA TERCEIRA IDADE POSSA REALIZAR SUAS REUNIÕES E BAILES.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3024/3024_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3024/3024_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LAVOURA COMUNITÁRIA NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3035/3035_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3035/3035_texto_integral.xml</t>
   </si>
   <si>
     <t>contratação de um professor para ministrar aulas de judô, capoeira e caratê nas escolas municipais.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3055/3055_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3055/3055_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE VERBAS PARA REALIZAÇÃO DO RÉVEILLON/2014 NO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3054/3054_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3054/3054_texto_integral.xml</t>
   </si>
   <si>
     <t>VOLTE O TRATOR QUE RECOLHE O LIXO, JUNTAMENTE COM PÁ, LAMINA E CARRETA QUE VASCULHA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3053/3053_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3053/3053_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DISPONIBILIZE UM ÔNIBUS PARA TRANSPORTAR OS APOSENTADOS ATÉ A SEDE DO MUNICÍPIO PARA RECEBEREM SUAS APOSENTADORIAS NOS PRIMEIROS DIAS DO MÊS ATÉ O QUINTO DIA ÚTIL.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3065/3065_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3065/3065_texto_integral.xml</t>
   </si>
   <si>
     <t>REALIZE CONCURSO PÚBLICO NO MUNICÍPIO DE CARNEIRINHO PARA SUPRIR A FALTA DE FUNCIONÁRIOS NOS SETORES DO PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3046/3046_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3046/3046_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADAS EM PARCERIA COM A POPULAÇÃO.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3057/3057_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3057/3057_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ÁREA DE LAZER ÀS MARGENS DO CÓRREGO CARNEIRINHO COM QUIOSQUES PARA OS IDOSOS JOGAREM BARALHOS, QUADRAS DE AREIA PARA VÔLEI E FUTEBOL.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3066/3066_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3066/3066_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICO CARDIOLOGISTA PARA ATENDER NO AMBULATÓRIO VICENTE SEVERINO SOCORRO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3042/3042_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3042/3042_texto_integral.xml</t>
   </si>
   <si>
     <t>REFLORESTAMENTO DAS MARGENS DO CÓRREGO CARNEIRINHO.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3047/3047_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3047/3047_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONCESSÃO OU DOAÇÃO DO PARQUE DE EXPOSIÇÃO IZAÚ VILELA MACHADO PARA O SINDICATO DOS PRODUTORES RURAIS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3049/3049_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3049/3049_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE AUXILIARES DE SERVIÇOS GERAIS E URBANOS, MOTORISTA E AGENTES DE COMBATE A ENDEMIAS PARA PRESTAREM SERVIÇOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3048/3048_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3048/3048_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO OU CONSTRUÇÃO DE IMÓVEL RESIDENCIAL, DESTINADOS A RESIDENCIA DE POLICIAIS MILITARES DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3044/3044_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3044/3044_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UNIFORME PARA OS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE CARNEIRINHO-MG</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3043/3043_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3043/3043_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE UM INSTRUTOR DE INFORMÁTICA PARA MINISTRAR AULAS DE INFORMÁTICA AOS ALUNOS DAS ESCOLAS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE APARELHOS PARA PRATICA DE EXERCÍCIOS FÍSICOS E PARQUE INFANTIL NA PRAÇA DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3051/3051_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3051/3051_texto_integral.xml</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE INTERNET COMUNITÁRIA  NO DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3040/3040_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3040/3040_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CASCALHAR O PROLONGAMENTO DA AVENIDA JACI LIMA DE PAULA QUE DA ACESSO A CHÁCARA DOS CANDINHOS, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.. </t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3041/3041_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3041/3041_texto_integral.xml</t>
   </si>
   <si>
     <t>FURAR UM POÇO ARTESIANO OU SEMI ARTESIANO NA PROPRIEDADE DA SENHOR CLEUDENIR REZENDE CELESTRINO</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3045/3045_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3045/3045_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE DOIS VEÍCULOS COM CAPACIDADE DE MAIS OU MENOS 20 PASSAGEIROS PARA TRANSPORTAR PACIENTES DO MUNICÍPIO PARA AS CIDADES DE UBERABA-MG E BARRETOS-SP.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3050/3050_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3050/3050_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINAR AO SETOR COMPETENTE PARA QUE FAÇA A DEMARCAÇÃO DOS TERRENOS DA COHAB NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3067/3067_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3067/3067_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENTRE EM CONTATO COM OS DIRETORES A USINA CARNEIRINHO, NO SENTIDO DE FAZER PARCERIA, PARA QUE NESTE PERÍODO DE SAFRA SEJA DISPONIBILIZADO UM CAMINHÃO PIPA PARA AGUAR A ESTRADA QUE LIGA CARNEIRINHO ATÉ A ENTRADA DA USINA NO SENTIDO DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3087/3087_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3087/3087_texto_integral.xml</t>
   </si>
   <si>
     <t>contratação de nutricionista e agente sanitário para prestarem serviço no distrito de São Sebast. do</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3073/3073_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3073/3073_texto_integral.xml</t>
   </si>
   <si>
     <t>que viabilize a implantação de Internet Comunitária no Distrito São Sebastião do Pontal.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3074/3074_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3074/3074_texto_integral.xml</t>
   </si>
   <si>
     <t>fazer combate do mosquito Aedes aegypti transmissor da dengue no distrito de Estrela da Barra.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.xml</t>
   </si>
   <si>
     <t>disponibilizar área inst. de aparelhos para pratica de exercícios físicos e parque infantil na sede</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3070/3070_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3070/3070_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> que faça manutenção e consertos necessários no caminhão pipa e aguar aguar as ruas e avenidas das V</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3069/3069_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3069/3069_texto_integral.xml</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DO ACESSO A VILA GRACILÂNDIA, BEM COMO DAS RUAS E AVENIDAS DA MESMA</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3079/3079_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3079/3079_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAR MAIS UMA EQUIPE NO DEPARTAMENTO DE MATA-BURRO PARA ATENDER OS DISTRITOS DE SÃO S. P./FÁTIMA P </t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3080/3080_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3080/3080_texto_integral.xml</t>
   </si>
   <si>
     <t>a construção de parque aquático na sede do município</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3081/3081_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3081/3081_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">ministrar curso de transporte coletivo para os motoristas da prefeitura e os prestadores de serviço </t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3075/3075_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3075/3075_texto_integral.xml</t>
   </si>
   <si>
     <t>LEGALIZAÇÃO E POSTERIOR DOAÇÃO AS ESCRITURAS DOS TERRENOS E CASAS DA POPULAÇÃO DO DISTRITO DE FÁTIMA DO PONTAL</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3086/3086_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3086/3086_texto_integral.xml</t>
   </si>
   <si>
     <t>doaçao das escrituras terrenos e casas distrito Estrela da Barra</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3088/3088_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3088/3088_texto_integral.xml</t>
   </si>
   <si>
     <t>ABERTURA DAS RUAS ÁGUA DOCE, SANTA INÊS, SÃO JOSÉ E OUTRA PARA FUNCIONAR COMO RUA BOIADEIRA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, QUE SEJA VIABILIZADO PARCEIRA COM A USINA CARNEIRINHO NAS CONSTRUÇÃO DESTAS RUAS.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3089/3089_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3089/3089_texto_integral.xml</t>
   </si>
   <si>
     <t>AGILIDADE NA MANUTENÇÃO E CONSERTOS DOS MAQUINÁRIOS E VEÍCULOS, TAIS COMO: MOTO NIVELADORA, PÁ CARREGADEIRA CAMINHÕES, F-4000 E ETC, DA PREFEITURA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE EMPRESA CREDENCIADA JUNTO A CEMIG PARA FAZER UM LEVANTAMENTO DA NECESSIDADE DE AMPLIAÇÃO DE REDES ELÉTRICAS, MUDANÇAS DE POSTES DE ILUMINAÇÃO E SUBSTITUIÇÕES DE LÂMPADAS QUEIMADAS NOS DISTRITOS E VILAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3097/3097_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3097/3097_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONCESSÃO DE TERRENOS PARA A IMPLANTAÇÃO DE INDÚSTRIAS OU COMÉRCIO NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3107/3107_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3107/3107_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE DOIS VESTIÁRIOS NO MINE CAMPO DA ASSOCIAÇÃO ECLESIAL DOS MORADORES E DOS PRODUTORES RURAIS DA COMUNIDADE DE BASE SÃO JOÃO BATISTA - RUIVINHA.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3104/3104_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3104/3104_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">COMANDANTE DA 5º CIA INDEPENDENTE DA POLICIA MILITAR DE ITURAMA PARA QUE NÃO DESATIVE O SUB DESTACAMENTO DA POLICIA MILITAR DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3108/3108_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3108/3108_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A ELABORAÇÃO DE UM PROJETO DE LEI ATUALIZANDO O PISO SALARIAL DOS PROFESSORES DA REDE MUNICIPAL, NOS TERMOS DA LEI FEDERAL N.11.738/2008, DE 16 DE JULHO DE 2008.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3106/3106_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3106/3106_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO PARA QUE SEJA REATIVADO OS CURSOS TÉCNICOS DE AÇÚCAR E ÁLCOOL E SEGURANÇA DO TRABALHO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3105/3105_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3105/3105_texto_integral.xml</t>
   </si>
   <si>
     <t>REATIVE A SALA DO PROJETO EDUCATIVO PEDAGÓGICO - EJA - PROPOSTA PEDAGÓGICA E CURRICULAR PARA A EDUCAÇÃO DE JOVENS E ADULTOS, NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3100/3100_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3100/3100_texto_integral.xml</t>
   </si>
   <si>
     <t>PROVIDENCIE CONVÊNIO COM O MINISTÉRIO DA HABITAÇÃO PARA A SUBSTITUIÇÃO DAS CASAS DE MADEIRA EXISTENTE POR ALVENARIAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3109/3109_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3109/3109_texto_integral.xml</t>
   </si>
   <si>
     <t>DOAÇÃO DE LEITE ÀS CRIANÇAS CARENTES DO MUNICÍPIO, ATRAVÉS DE CADASTRO COM A ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3095/3095_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3095/3095_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA A ABERTURA DA RUA JK ATÉ A AVENIDA SÃO JOAQUIM DO TRIÂNGULO._x000D_
 </t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3096/3096_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3096/3096_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE LOMBADA NO DESVIO QUE LIGA A RUA JOÃO INÁCIO SOBRINHO A RUA BIAS FORTES, NO DISTRITO DE FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3099/3099_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3099/3099_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE CONVÊNIO JUNTO AO MINISTÉRIO DA AGRICULTURA PARA A AQUISIÇÃO DE 3 TRATORES COM ROÇADEIRA HIDRÁULICA ARTICULADA, PULVERIZADOR AGRÍCOLA BOMBA E PÁ TRASEIRA PARA AS ASSOCIAÇÕES DE PRODUTORES RURAIS DO BRIOSO E DA VOLTA GRANDE</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3118/3118_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3118/3118_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE UM CAMINHÃO PARA TRANSPORTAR TERRA E AREIA PARA ATERRAR LOTES E UTILIZAR EM CONSTRUÇÕES DE RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3103/3103_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3103/3103_texto_integral.xml</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DAS RUAS DO PARQUE DE EXPOSIÇÃO E RODEIO IZAÚ VILELA MACHADO.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3134/3134_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3134/3134_texto_integral.xml</t>
   </si>
   <si>
     <t>A ILUMINAÇÃO DO ESTÁDIO SEBASTIÃO FELÍCIO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3121/3121_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3121/3121_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> AQUISIÇÃO DE TERRENO PARA CONSTRUÇÃO DE UM NOVO CEMITÉRIO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3119/3119_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3119/3119_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDE JUNTO AO SETOR COMPETENTE PARA QUE CONSTRUA PASSEIO NA PRAÇA ADÉLIA SOARES VILELA NO JARDIM PRIMAVERA (ATRÁS DO BAR DO DIL) OU QUE INTERDITA AS RUAS PARA QUE AS PESSOAS PRATIQUEM CAMINHADA.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3120/3120_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3120/3120_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO DE UMA BANDA MUNICIPAL.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3133/3133_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3133/3133_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PISTA PARA CAMINHADA E DE CICLISMO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3131/3131_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3131/3131_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO AO GOVERNO DO ESTADO PARA INSTALAÇÃO DE ESCRITÓRIO DO INSTITUTO ESTADUAL DE FLORESTAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3132/3132_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3132/3132_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA PRAÇA DA MATRIZ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3124/3124_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3124/3124_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SECRETÁRIO MUNICIPAL DE SAÚDE PARA QUE RETORNE O PLANTÃO MÉDICO NOTURNO DO SR. SINVALDO NO DISTRITO DE FÁTIMA DO PONTAL PELO MENOS UMA VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3125/3125_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3125/3125_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ROÇADEIRA/CORTADORES DE GRAMAS PARA OS DISTRITOS DE FÁTIMA DO PONTAL, SÃO SEBASTIÃO DO PONTAL E ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3129/3129_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3129/3129_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DOS BARRACÕES DAS COMUNIDADES E ASSOCIAÇÕES DOS PRODUTORES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3128/3128_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3128/3128_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAR UM PROFESSOR DE NATAÇÃO/INSTRUTOR FÍSICO PARA MINISTRAR AULAS NATAÇÃO E DE HIDROGINÁSTICA COMUNITÁRIAS PARA AS PESSOAS DA SEDE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3130/3130_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3130/3130_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE CLÍNICO GERAL PARA ATENDER DIARIAMENTE NO AMBULATÓRIO VICENTE SEVERINO SOCORRO.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3123/3123_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3123/3123_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO DEPARTAMENTO COMPETENTE PARA QUE PROMOVA NOVAMENTE CAMPEONATOS MUNICIPAIS E REGIONAIS NOS DISTRITOS DE FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL E TAMBÉM NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3126/3126_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3126/3126_texto_integral.xml</t>
   </si>
   <si>
     <t>RETORNE O ATENDIMENTO MÉDICO NO ÔNIBUS DA SAÚDE RURAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3127/3127_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3127/3127_texto_integral.xml</t>
   </si>
   <si>
     <t>A EXTENSÃO DA REDE ELÉTRICA DA ENTRADA DO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ ATÉ O PORTO.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3138/3138_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3138/3138_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE FUNCIONÁRIO PARA ZELAR DA VILA OLÍMPICA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E MINISTRAR AULA DE HIDROGINÁSTICA E NATAÇÃO AS PESSOAS QUE DESEJAREM PRATICAR ESTE ESPORTE.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3164/3164_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3164/3164_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM PRÉDIO NA SEDE DO MUNICÍPIO PARA FUNCIONAR O HOSPITAL PÚBLICO.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3165/3165_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3165/3165_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SECRETÁRIO MUNICIPAL DE SAÚDE CONTRATAÇÃO DE MÉDICO PARA DAR PLANTÕES DUAS OU TRÊS VEZES POR SEMANA E DE UM PROFISSIONAL DE PSICOLOGIA PARA ATENDER NO POSTO DE SAÚDE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3162/3162_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3162/3162_texto_integral.xml</t>
   </si>
   <si>
     <t>A ANTECIPAÇÃO DE 50% DÉCIMO TERCEIRO SALÁRIOS AOS SERVIDORES PÚBLICOS MUNICIPAIS DE CARNEIRINHO DE ACORDO COM A DATA DE ANIVERSÁRIO DE CADA UM OU NO MOMENTO DO GOZO DE FÉRIAS PELO SERVIDOR.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3168/3168_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3168/3168_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL RESIDENCIAL NA CIDADE DE UBERABA-MG, PARA ABRIGAR AS PESSOAS E OS ACOMPANHANTES QUE NECESSITAM DE FICAR POR MAIS DIAS FAZENDO TRATAMENTO.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3169/3169_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3169/3169_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM CAMINHÃO TIPO BAÚ PARA EFETUAR MUDANÇA PARA A POPULAÇÃO CARENTE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3170/3170_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3170/3170_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE HORTA COMUNITÁRIA EM PARCERIA COM A EMATER E A POLÍCIA MILITAR NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3166/3166_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3166/3166_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE BANDA PARA ABRILHANTAR AS FESTIVIDADES DA ESCOLAS MUNICIPAIS, TAIS COMO, FESTA JUNINA E DE ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3171/3171_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3171/3171_texto_integral.xml</t>
   </si>
   <si>
     <t>LEVANTAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE LIGA OS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3160/3160_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3160/3160_texto_integral.xml</t>
   </si>
   <si>
     <t>A SINALIZAÇÃO DAS RUAS E AVENIDAS DO BAIRRO MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3161/3161_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3161/3161_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE TUBULAÇÃO NO SÍTIO SÃO VICENTE DE PROPRIEDADE DE HEIR VENÂNCIO DA SILVA, PRÓXIMO A ESTRADA QUE LIGAS OS MUNICÍPIOS DE CARNEIRINHO A LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3167/3167_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3167/3167_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA MUNICIPAL OBRAS PARA QUE LAVE AS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO PELO MENOS UMA VEZ POR MÊS PARA RETIRAR A TERRA EXISTENTE.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3189/3189_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3189/3189_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3188/3188_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3188/3188_texto_integral.xml</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM FRIGORÍFICO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Valdenir Pereira da Silva, Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3195/3195_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3195/3195_texto_integral.xml</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE REDUTORES DE VELOCIDADE E FAZER A SINALIZAÇÃO DA VIA DE ACESSO DO CRISTO ATÉ A MGT-497, PRINCIPALMENTE NAS PROXIMIDADES DO BAIRRO MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3182/3182_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3182/3182_texto_integral.xml</t>
   </si>
   <si>
     <t>RECAPEAMENTO DAS RUAS E AVENIDAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3181/3181_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3181/3181_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE IMÓVEL PARA A CONSTRUÇÃO DE UMA ÁREA DE LAZER, COM PARQUE INFANTIL, QUADRAS DE VÔLEI, BASQUETE, HANDEBOL E TÊNIS, MINE CAMPO PARA FUTEBOL E DIVERSOS ENTRETENIMENTO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3180/3180_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3180/3180_texto_integral.xml</t>
   </si>
   <si>
     <t>A AMPLIAÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA CRECHE MUNICIPAL EMÍLIA OLIVEIRA DE QUEIROZ, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3183/3183_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3183/3183_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE DUAS PESSOAS PARA TRABALHAR COMO AGENTE SANITÁRIO.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3185/3185_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3185/3185_texto_integral.xml</t>
   </si>
   <si>
     <t>DECORAÇÃO NATALINA NA PRAÇA MANGABEIRA(PRAÇA DA MATRIZ) E NA RUA OTÁVIO FRANCISCO VILELA.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3179/3179_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3179/3179_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA E MANUTENÇÃO DA ÁREA DE LAZER OSVALDO PAULA ASSUNÇÃO NO BAIRRO JARDIM PRIMAVERA, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3177/3177_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3177/3177_texto_integral.xml</t>
   </si>
   <si>
     <t>LIMPEZA POR BAIXO DAS ÁRVORES, A ILUMINAÇÃO DE ALGUNS PONTOS ESTRATÉGICO E A COLOCAÇÃO DE BANCOS EM VÁRIOS PONTOS NA RESERVA EXISTENTE NO BAIRRO MARIA DA LUZ, CRIANDO COM ISSO UM BOSQUE NESTE LOCAL.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3197/3197_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3197/3197_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SECRETÁRIO MUNICIPAL DE SAÚDE QUE AMPLIE O NÚMERO DE AUXÍLIOS POR MÊS AS PESSOAS PARA REALIZAREM O EXAME DE RESSONÂNCIA MAGNÉTICA.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM PORTO HIDROVIÁRIO ÀS MARGENS DO RIO GRANDE OU DO RIO PARANAÍBA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3199/3199_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3199/3199_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CASAS POPULAR NA ÁREA RURAL DO MUNICÍPIO DE CARNEIRINHO EM PARCERIA COM A CAIXA ECONÔMICA OU BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3200/3200_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3200/3200_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO E INSTALAÇÃO DE CLÍNICA VETERINÁRIA NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3201/3201_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3201/3201_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAR MANILHA E ERGUER A ESTRADA QUE PASSA EM FRENTE AO SÍTIO DO SR.JESUS PAZIM ATÉ A RODOVIA MGT 490._x000D_
 </t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3202/3202_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3202/3202_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CANTEIRO CENTRAL NA RUA OTÁVIO FRANCISCO VILELA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3203/3203_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3203/3203_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, ESPORTES E CULTURA, PARA A ELABORAÇÃO DE PROJETOS QUE VISEM A IMPLANTAÇÃO DOS PROGRAMAS SEGUNDO TEMPO, MINAS OLÍMPICA E PONTO DE CULTURA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3204/3204_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3204/3204_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE REFORMA DO GINÁSIO POLIESPORTIVO LOURENÇO MARTINS MAIA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3206/3206_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3206/3206_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA FAZER CONVENIO COM O MINISTÉRIO DA EDUCAÇÃO PARA A DISPONIBILIZAÇÃO DO PROGRAMA NACIONAL DE ACESSO AO ENSINO TÉCNICO E EMPREGO -PRONATEC.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3214/3214_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3214/3214_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO ESTÁDIO ALÍPIO SOARES BARBOSA NO DISTRITO DE ESTRELA DA BARRA</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3213/3213_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3213/3213_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O CASCALHAMENTO DA ESTRADA MUNICIPAL QUE LIGA OS DISTRITOS DE ESTRELA DA BARRA À FÁTIMA DO PONTAL, PRINCIPALMENTE NO TRECHO QUE PASSA PELA PROPRIEDADE DO SENHOR ANTÔNIO TIAGO.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3220/3220_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3220/3220_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM CAMINHÃO PIPA PARA AGUAR AS RUAS E AVENIDAS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3219/3219_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3219/3219_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRAÇÃO DE PROFISSIONAIS DE ODONTOLOGIA PARA ATENDER NAS ESCOLAS MUNICIPAL E ESTADUAL, E NA UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3218/3218_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3218/3218_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM TRATOR COM LÂMINA, PÁ, TANQUE PIPA E CARRETA PARA FAZER A COLETA DE ENTULHOS, GALHOS E DEMAIS SERVIÇOS PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3208/3208_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3208/3208_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO EM TODO O MUNICIPIO PONTOS DE COLETAS SELETIVA DO LIXO RECICLÁVEL RURAL.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3211/3211_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3211/3211_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE SARJETÃO NA RUA FRANCISCO TIAGO DA SILVA ESQUINA COM AS AVENIDAS HONÓRIO GONÇALVES DA MAIA E VICENTE TOLEDO MACHADO E NA RUA LAURA DOS SANTOS SOUZA E DEMAIS RUAS E AVENIDAS QUE FOREM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3210/3210_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3210/3210_texto_integral.xml</t>
   </si>
   <si>
     <t>PARA QUE CONSTRUA UMA NOVA ESTRADA E MUDAR O LOCAL DO MATA-BURRO QUE DA ACESSO A PROPRIEDADE DO SR.PEDRINHO.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3212/3212_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3212/3212_texto_integral.xml</t>
   </si>
   <si>
     <t>PRIORIZE NO CALENDÁRIO DE EVENTOS DESTE ANO A REALIZAÇÃO DO MOTOCROSS.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3215/3215_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3215/3215_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SOLICITE AO SETOR COMPETENTE QUE FAÇA A PODA DAS ÁRVORES NOS ÓRGÃOS PÚBLICOS, TAIS COMO PREFEITURA, PRAÇAS, BARRACÃO, CRECHE, ESCOLAS E DAS RUAS E AVENIDAS QUE FOREM NECESSÁRIOS EM TODO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3216/3216_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3216/3216_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A COLETA DE LIXO NO RESIDENCIAL MARIA DA LUZ DE QUEIROZ.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.xml</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA PONTE QUE LIGA A COMUNIDADE DO CÓRREGO DO FRANGO, PASSANDO PELA PROPRIEDADE DO JERONIMO CELESTRINO DE QUEIROZ(BARBOSA) E DO SR. MANOEL MARTINS ATAIDE DANDO ACESSO A VÁRIAS PROPRIEDADES RURAIS.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3224/3224_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3224/3224_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE UM VEÍCULO MAIS CONFORTÁVEL PARA TRANSPORTAR AS PESSOAS QUE FAZEM HEMODIALISE NA CIDADE DE PARANAÍBA-MS.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3225/3225_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3225/3225_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONCLUSÃO DOS MUROS NOS CEMITÉRIOS DA COMUNIDADE DA MUTUCA E DO DONATO.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3226/3226_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3226/3226_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DO PRÉDIO NA AVENIDA JERÔNIMO MARTINS PEREIRA E CEDER AO GRUPO DA TERCEIRA IDADE DO MUNICIPIO PARA REALIZAREM SEUS EVENTOS.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3227/3227_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3227/3227_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO E IMPLANTAÇÃO DO CENTRO DE CONTROLE DE ZOONOSE NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3245/3245_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3245/3245_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA PARCERIA COM A COPASA E O IGAM, PARA REALIZAREM PROJETOS DE PRESERVAÇÃO DE NASCENTES CONTRA ASSOREAMENTO DOS LAGOS, CÓRREGOS E RIOS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3228/3228_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3228/3228_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE CADEIRAS DE RODAS PARA DOAR AS PESSOAS PORTADORAS DE DEFICIÊNCIA FÍSICA.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3229/3229_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3229/3229_texto_integral.xml</t>
   </si>
   <si>
     <t>CONCEDA DESCONTO NO PAGAMENTO DE PARCELA ÚNICA DE IPTU, BEM COMO NOS VALORES QUE SE ENCONTRA EM ATRASO DOS EXERCÍCIOS ANTERIOR.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3230/3230_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3230/3230_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE CONTRATE UMA EMPRESA PARA PERFURAR UM POÇO ARTESIANO NA FEIRA LIVRE NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3231/3231_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3231/3231_texto_integral.xml</t>
   </si>
   <si>
     <t>CASCALHAMENTO EM VÁRIOS PONTOS NA ESTRADA MUNICIPAL QUE LIGA A SEDE DO MUNICÍPIO ATÉ O DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3232/3232_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3232/3232_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA O CASCALHAMENTO DA ESTRADA NA FAZENDA NOSSA SENHORA APARECIDA DE PROPRIEDADE DO SENHOR VITAL LUIZ ALVES.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3233/3233_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3233/3233_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO E INSTALAÇÃO DE CIRCUITOS INTERNOS DE CÂMERAS NOS PRÉDIOS DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3248/3248_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3248/3248_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM BARRACÃO PARA INSTALAÇÃO DE UMA TECELAGEM NA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE VILA OLÍMPICA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3250/3250_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3250/3250_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE O CORETO EXISTENTE DA PRAÇA RUFINA PERPÉTUA DE TOLEDO, PARA QUE OS APOSENTADOS E DEMAIS PESSOAS POSSAM JOGAREM TRUCO. SOLICITAMOS AINDA QUE SEJA ADQUIRIDA PELO MENOS TRÊS MESAS COM DOZE CADEIRAS PARA ESTAS PESSOAS.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3246/3246_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3246/3246_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REATIVE A LINHA TELEFÔNICA NO POSTO DE SAÚDE DE VILA GRACILÂNDIA._x000D_
 </t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3247/3247_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3247/3247_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PISTA DE MOTOCROSS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PARA QUE APRECIADORES DESTE ESPORTE POSSAM ESTAR EM CONDIÇÃO DE TREINAREM E CONSEQUENTEMENTE ESTAREM EM CONDIÇÃO DE PARTICIPAR DOS CAMPEONATOS</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3260/3260_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3260/3260_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO, MÓDULOS SANITÁRIOS NA SEDE, NOS DISTRITOS, NAS VILAS E NOS POVOADOS.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3259/3259_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3259/3259_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE APARELHO DE RÁDIO AMADOR PARA SER IMPLANTADO NOS VEÍCULOS DA DIVISÃO DE SAÚDE, EDUCAÇÃO E DEMAIS SETORES QUE VIAJAM PARA OUTRAS LOCALIDADES OU OUTRO SISTEMA DE COMUNICAÇÃO, POR EXEMPLO, CELULAR.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3258/3258_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3258/3258_texto_integral.xml</t>
   </si>
   <si>
     <t>LEVANTAMENTO E O CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL AO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3255/3255_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3255/3255_texto_integral.xml</t>
   </si>
   <si>
     <t>LEVANTAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE FAZ DIVISA COM A SEDE DO MUNICÍPIO DE CARNEIRINHO E ITURAMA PRÓXIMO A REGIÃO DO VALINHO ATÉ PROPRIEDADE DO SR.LAZARO PAULINO.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3256/3256_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3256/3256_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA NO PROLONGAMENTO DA AV.JACI LIMA DE PAULA SENTIDO AOS CADINHO.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3254/3254_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3254/3254_texto_integral.xml</t>
   </si>
   <si>
     <t>REFORMA DA QUADRA DE ESPORTE ELOI ROSA DA SILVA NA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3257/3257_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3257/3257_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO À CEMIG, PARA PROVIDENCIAR MELHORIA NA ILUMINAÇÃO PÚBLICA DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO , PRINCIPALMENTE NA RUA LAURA DOS SANTOS SOUZA, NO INTERVALO ENTRE A AVENIDA AUGUSTA FERREIRA BARBOSA E AVENIDA JOSÉ RODRIGUES DA SILVA(ANTIGA AVENIDA SETE).</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3253/3253_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3253/3253_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A PINTURA DAS GUIAS DE SARJETA DAS RUAS E AVENIDAS NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3266/3266_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3266/3266_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">                                             _x000D_
 FAÇA O TRATAMENTO DA ÁGUA QUE É DISTRIBUÍDA PARA A POPULAÇÃO DA VILA GRACILÂNDIA, CASO SEJA INVIÁVEL ESTE TRATAMENTO PELA PRÓPRIA MUNICIPALIDADE QUE SE FAÇA CONVÊNIO COM EMPRESAS QUE EXECUTAM ESTE SERVIÇO.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REFORMA DO PRÉDIO ONDE FUNCIONA A ESCOLA MUNICIPAL DA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3268/3268_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3268/3268_texto_integral.xml</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DO LOTEAMENTO DA VILA GRACILÂNDIA E A DOAÇÃO DOS TERRENOS AOS MORADORES QUE ESTÃO NA POSSE DO IMÓVEL.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3269/3269_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3269/3269_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS E AMPLIAR A QUANTIDADE DE POSTES NO CEMITÉRIO DA SEDE DO MUNICÍPIO DE CARNEIRINHO.                </t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3270/3270_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3270/3270_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE AS ORNAMENTAÇÕES DAS PRAÇAS DO NOSSO MUNICÍPIO COM ENFEITES NATALINOS, BEM COMO A DOAÇÃO DE BRINQUEDOS PARA CRIANÇAS CARENTES NESTE NATAL.                                             </t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3271/3271_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3271/3271_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A CRIAÇÃO DO DISTRITO DE GRACILÂNDIA.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3290/3290_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3290/3290_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">                                             _x000D_
                       A CONSTRUÇÃO DE UM ANEL VIÁRIO ENTORNO DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3291/3291_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3291/3291_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">                          VIABILIZE PARCEIRA COM O CARTÓRIO ELEITORAL DE ITURAMA PARA QUE VENHA ALGUNS DIAS, ATÉ O MÊS DE MAIO DE 2014, FAZER O ALISTAMENTO ELEITORAL DOS CIDADÃO RESIDENTE NO MUNICIPIO.                   _x000D_
                                    </t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3292/3292_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3292/3292_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REFORMA DOS MUROS NO CEMITÉRIO DE FÁTIMA DO PONTAL._x000D_
                       </t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3289/3289_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3289/3289_texto_integral.xml</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA PONTE QUE FAZ DIVISA COM MUNICÍPIO DE CARNEIRINHO E COM ITURAMA NA REGIÃO DO VALINHO PRÓXIMO A PROPRIEDADE DO SR. LAZARO PAULINO</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A ARBORIZAÇÃO E A RESTAURAÇÃO DA PISTA DE CAMINHADA, E A CONSTRUÇÃO DE UM MINI CAMPO NA VILA OLÍMPICA.             </t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE DOIS ABRIGOS PARA PASSAGEIROS, UM NA MGT 497 ENTRADA DA AVENIDA DE ACESSO A RUA FIRMINO LUIZ DE OLIVEIRA E OUTRO NA SAÍDA PARA MGT 497, PERTO DO CRISTO.                                _x000D_
                     </t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE PEDREIRO E SERVENTE PARA PRESTAR SERVIÇO NA SEDE DO MUNICÍPIO DE CARNEIRINHO, FAZENDO CALÇADAS E REFORMAS DE CASA DE PESSOAS DE BAIXA RENDA.              </t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> COMPETENTE PARA QUE FAÇA O PATROLAMENTO NA ESTRADA DA CAVA E A REFORMA DOS MATA BURROS.                               </t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3301/3301_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3301/3301_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE MÓVEIS, TAIS COMO CADEIRAS, BEBEDOURO E BANCOS PARA A UNIDADE BÁSICA DE SAÚDE JOSÉ FRANCISCO DE TOLEDO E A CONSTRUÇÃO DE CALÇADAS E SUBSTITUIÇÃO DO PORTÃO. SOLICITAMOS AINDA A MODERNIZAÇÃO DO GABINETE ODONTOLÓGICO E DA SALA DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3302/3302_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3302/3302_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">RENOVAÇÃO DO CONVÊNIO COM A EMATER </t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3303/3303_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3303/3303_texto_integral.xml</t>
   </si>
   <si>
     <t>REATIVAÇÃO DA GUARDA MIRIM DE CARNEIRINHO</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3304/3304_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3304/3304_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UMA CAMIONETE PARA O SETOR DE VIGILÂNCIA ENDEMIOLÓGICA DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CANTEIRO CENTRAL COM PISTA DE CAMINHADA E ILUMINAÇÃO NA AVENIDA FIRMINO LUIZ FERREIRA.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3306/3306_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3306/3306_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE SEIS ÔNIBUS PARA TRANSPORTAR UNIVERSITÁRIOS PARA AS CIDADES DE ITURAMA-MG, PARANAIBA-MS, JALES, FERNANDÓPOLIS, VOTUPORANGA-SP.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O PATROLAMENTO DAS ESTRADAS PRINCIPAIS DA SEDE DO MUNICÍPIO DE CARNEIRINHO A ESTRELA DA BARRA, FÁTIMA DO PONTAL E SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM PRÉDIO NA ÁREA DE LAZER FRANCISCO GUIZZO PARA ABRIGAR OS IDOSOS DA NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3309/3309_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3309/3309_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DO PROGRAMA "TRABALHO PARA MENORES DE 14 ANOS, NO MUNICÍPIO DE CARNEIRINHO".</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2882/2882_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2882/2882_texto_integral.xml</t>
   </si>
   <si>
     <t>Geane de Fátima Garcia</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.xml</t>
   </si>
   <si>
     <t>BANDA ESTRELA SUPER SOM</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2927/2927_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2927/2927_texto_integral.xml</t>
   </si>
   <si>
     <t>DR. RICARDO VILELA PERRONI</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2977/2977_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2977/2977_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DANIELA MARIA PEREIRA DA SILVA </t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2976/2976_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2976/2976_texto_integral.xml</t>
   </si>
   <si>
     <t>DR. MÁRCIA ELAINE ARONE DE LIMA</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3007/3007_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3007/3007_texto_integral.xml</t>
   </si>
   <si>
     <t>BENEVIDES SAMARTINO</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO CARLOS GONÇALVES</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3082/3082_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3082/3082_texto_integral.xml</t>
   </si>
   <si>
     <t>Moção de aplauso e reconhecimento ao Willian M. Maia, Rafael Vilela e Luiz Otávio Vilela</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3102/3102_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3102/3102_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ GIMENES</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3101/3101_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3101/3101_texto_integral.xml</t>
   </si>
   <si>
     <t>NATALINO LONGO</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3205/3205_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3205/3205_texto_integral.xml</t>
   </si>
   <si>
     <t>VICE-PREFEITO BERTOLINO FELISBERTO DE ALMEIDA</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3284/3284_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3284/3284_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDA A CASA, NOS TERMOS REGIMENTAIS, REQUER AO PLENÁRIO QUE SEJA DIRIGIDA MOÇÃO DE APLAUSO E RECONHECIMENTO AOS FUNCIONÁRIOS CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CEMEI NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG, PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO, PRINCIPALMENTE A INFANTIL, SEMPRE EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A POPULAÇÃO SEJA BEM ATENDIDA.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3285/3285_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3285/3285_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDA A CASA, NOS TERMOS REGIMENTAIS, REQUER AO PLENÁRIO QUE SEJA DIRIGIDA MOÇÃO DE APLAUSO E RECONHECIMENTO AOS FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE ESTRADAS PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO, SEMPRE EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A MANUTENÇÃO DAS ESTRADA ESTEJA EM PERFEITA ORDEM, PROPROCIONANDO MAIS CONFORTO AS PESSOAS QUE TRAFEGAM PELAS ESTRADAS.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3286/3286_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3286/3286_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDA A CASA, NOS TERMOS REGIMENTAIS, REQUER AO PLENÁRIO QUE SEJA DIRIGIDA MOÇÃO DE APLAUSO E RECONHECIMENTO AOS FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE OBRAS PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO DO MUNICIPIO, SEMPRE EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A POPULAÇÃO SEJA BEM ATENDIDA.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3287/3287_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3287/3287_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDA A CASA, NOS TERMOS REGIMENTAIS, REQUER AO PLENÁRIO QUE SEJA DIRIGIDA MOÇÃO DE APLAUSO E RECONHECIMENTO AO FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO EM GERAL, PRINCIPALMENTE A POPULAÇÃO EDUCACIONAL, SEMPRE EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A POPULAÇÃO SEJA BEM ATENDIDA.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3288/3288_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3288/3288_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDA A CASA, NOS TERMOS REGIMENTAIS, REQUER AO PLENÁRIO QUE SEJA DIRIGIDA MOÇÃO DE APLAUSO E RECONHECIMENTO AO FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE SAÚDE, PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO, SEMPRE EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A POPULAÇÃO SEJA BEM ATENDIDA.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2994/2994_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2994/2994_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVAM AS CONTAS DA PREFEITURA MUNICIPAL DE CARNEIRINHO, RELATIVAS AO EXERCÍCIO DE 2011.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2881/2881_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2881/2881_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DISPENSA DE DEDICAÇÃO EXCLUSIVA DE SECRETÁRIOS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3093/3093_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3093/3093_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.039, DE 28 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Amplia cargo Cria o cargo de provimento efetivo de Controlador Interno da Câmara Municipal de Carneirinho, altera  o vencimento  do cargo de Assessor Parlamentar  e Acresce uma vaga ao cargo de provimento efetivo de vigia ao Anexo I, da Lei 1132/2011, de 27 de dezembro de 2011.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2913/2913_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2913/2913_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO, A CELEBRAR CONVÊNIOS, CONTRATOS, ACORDOS, AJUSTES E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO, O ESTADO, OU PESSOA JURÍDICA DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2914/2914_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2914/2914_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA REPARCELAMENTO DE DÉBITO DE CONTRIBUIÇÃO PREVIDENCIÁRIA.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2915/2915_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2915/2915_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PAGAMENTO DE MULTAS, JUROS E ATUALIZAÇÃO MONETÁRIA, INCIDENTES SOBRE O FGTS DE EXECÍCIOS ANTERIORES.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2916/2916_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2916/2916_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PAGAMENTO DE MULTAS DE TRÂNSITO INCIDENTES SOBRE OS VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO DE EXERCÍCIOS ANTERIORES.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2918/2918_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2918/2918_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2920/2920_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2920/2920_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2969/2969_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2969/2969_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRIBUIR MENSALMENTE COM A ASSOCIAÇÃO DOS MUNICÍPIOS DO BAIXO VALE DO RIO GRANDE-AMVARIG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2970/2970_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2970/2970_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE APOIO À EDUCAÇÃO SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2971/2971_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2971/2971_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O PAGAMENTO DE DESPESA DE EXERCÍCIO ANTERIOR NÃO EMPENHADA, E EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2972/2972_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2972/2972_texto_integral.doc</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2974/2974_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2974/2974_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO I DO ART.22, DA LEI N.612, DE 03/07/03 E ACRESCENTA O INCISO VII NO MESMO ART.22 DA REFERIDA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2975/2975_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2975/2975_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA OS SERVIDORES A DIRIGIR OS VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2996/2996_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2996/2996_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2997/2997_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2997/2997_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2998/2998_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2998/2998_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ARTIGOS 1º &amp;#8220;CAPUT&amp;#8221;, 2º E O INCISO II DO ART. 3º, E REVOGA O INCISO III DO ART. 3º, TODOS DA LEI Nº1.178/13 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3019/3019_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3019/3019_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO PARA O SINDICATO DOS PRODUTORES RURAIS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3038/3038_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3038/3038_texto_integral.doc</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3039/3039_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3039/3039_texto_integral.doc</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3115/3115_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3115/3115_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3059/3059_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3059/3059_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTOS EM COMISSÃO E CARGO DE PROVIMENTO EFETIVO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3060/3060_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3060/3060_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE DIÁRIAS E AO RESSARCIMENTO DE GASTOS COM DESLOCAMENTO NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3083/3083_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3083/3083_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTARE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3084/3084_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3084/3084_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PAGAMENTO DE MULTAS, JUROS E ATUALIZAÇÃO MONETÁRIA, INCIDENTES SOBRE O FGTS DE EXERCÍCIOS ANTERIORES.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3085/3085_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3085/3085_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O PAGAMENTO DE DESPESA DE EXERCÍCIO ANTERIOR NÃO EMPENHADA.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3110/3110_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3110/3110_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3092/3092_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3092/3092_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI N.275, DE 19 DE FEVEREIRO DE 1999.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3139/3139_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3139/3139_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA RESTITUIÇÃO DE VALORES A UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART.8A.DA LEI N.1.178, DE 19 DE MARÇO DE 2013.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3141/3141_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3141/3141_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3142/3142_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3142/3142_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR E DA OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3143/3143_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3143/3143_texto_integral.doc</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3145/3145_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3145/3145_texto_integral.doc</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3146/3146_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3146/3146_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS INCISOS I E II DO ART. 2º, O CAPUT DO ART. 3º E O CAPUT DO ART. 4º, TODOS DA LEI Nº023/93._x000D_
 </t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3147/3147_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3147/3147_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA MIGRAÇÃO DE PARCELAMENTO DE DÉBITO DE CONTRIBUIÇÃO PREVIDENCIÁRIA NA FORMA DA LEI FEDERAL Nº12.810, DE 15 DE MAIO DE 2013. </t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3148/3148_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3148/3148_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA FIRMAR CONVÊNIOS DE COOPERAÇÃO E CESSÃO DE FUNCIONÁRIOS COM DIVERSOS ÓRGÃOS E AUTARQUIAS DA ADMINISTRAÇÃO PÚBLICA FEDERAL E ESTADUAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3149/3149_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3149/3149_texto_integral.doc</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3151/3151_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3151/3151_texto_integral.doc</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3152/3152_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3152/3152_texto_integral.doc</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3155/3155_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3155/3155_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA E DÁ DENOMINAÇÃO AO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CEMEI NO MUNICÍPIO DE CARNEIRINHO/MG.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA A CRECHE MUNICIPAL "EMILIA OLIVEIRA DE QUEIROZ", NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3157/3157_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3157/3157_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CARNEIRINHO, COM SEDE NA AVENIDA JACI LIMA DE PAULA, 441, NO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3173/3173_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3173/3173_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves, Ernesto Carneiro Leão Neves Vilela, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3175/3175_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3175/3175_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O BANCO BRADESCO &amp;#8211; S/A, AGÊNCIA DE CARNEIRINHO/MG Nº 1021-9, VISANDO À CONCESSÃO DE EMPRÉSTIMOS AOS SEUS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS COM PAGAMENTO MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO._x000D_
 </t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3191/3191_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3191/3191_texto_integral.doc</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3192/3192_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3192/3192_texto_integral.doc</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2014/2017.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A ANEXO II, TABELA III DO ANEXO III DA LEI COMPLEMENTAR N.34/2006.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3241/3241_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3241/3241_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA OS REPRESENTANTES DA FAZENDA PÚBLICA MUNICIPAL A CELEBRAREM ACORDO EM PROCESSOS ADMINISTRATIVOS E TRANSACIONAR EM PROCESSOS JUDICIAIS EM QUE O MUNICÍPIO DE CARNEIRINHO, SUAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS FOREM INTERESSADOS, AUTORES, RÉUS OU TIVEREM INTERESSE JURÍDICO NA QUALIDADE DE ASSISTENTES OU OPONENTES, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3242/3242_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3242/3242_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA OS REPRESENTANTES DA FAZENDA PÚBLICA MUNICIPAL A NÃO APRESENTAR EMBARGOS EM CERTAS EXECUÇÕES TRABALHISTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3243/3243_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3243/3243_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL NA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3244/3244_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3244/3244_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3252/3252_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3252/3252_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE CARNEIRINHO/MG.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3264/3264_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3264/3264_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO "JACARÉ DO ASFALTO MOTOCLUB".</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3278/3278_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3278/3278_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO &amp; 7.DO ART.22, DA LEI N.612, DE 03/07/03 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3298/3298_texto_integral.docx</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3298/3298_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA NOVA ESTRUTURA ADMINISTRATIVA NO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N.1.208 DE 03 DE JULHO DE 2013  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE CARNEIRINHO DESTINADO A PROMOVER A SAÚDE, A QUALIDADE DE VIDA E DO MEIO AMBIENTE, A ORGANIZAR A GESTÃO E ESTABELECER AS CONDIÇÕES PARA A PRESTAÇÃO DOS SERVIÇOS PÚBLICOS DE SANEAMENTO BÁSICO E SUA UNIVERSALIZAÇÃO.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3315/3315_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3315/3315_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E RESPECTIVAS VAGAS NO QUADRO DE PREENCHIMENTO PERMANENTE DA PREFEITURA MUNICIPAL DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A FIRMAR CONVÊNIO COM A CAIXA ECONÔMICA FEDERAL, AGÊNCIA DE ITURAMA, ESTADO DE MINAS GERAIS, VISANDO À CONCESSÃO DE EMPRÉSTIMOS AOS SEUS SERVIDORES E AGENTES POLÍTICOS COM PAGAMENTO MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2967/2967_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2967/2967_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3153/3153_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3153/3153_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE SERVIDOR EFETIVO PARA TER EXERCÍCIO EM OUTRO ÓRGÃO OU ENTIDADE DOS PODERES DA UNIÃO, DOS ESTADOS, OU DO DISTRITO FEDERAL E DOS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3176/3176_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3176/3176_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESAS ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA O EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3193/3193_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3193/3193_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ENTREGA DE BENS MÓVEIS AO EXECUTIVO MUNICIPAL E DÁ BAIXA NO PATRIMÔNIO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3207/3207_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3207/3207_texto_integral.doc</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3310/3310_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3310/3310_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE &amp;#8220;DR. WILLIAN MARTINS MAIA&amp;#8221;, A GALERIA DOS PRESIDENTES  DA CÂMARA MUNICIPAL  DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3311/3311_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3311/3311_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE &amp;#8220;JULIO CESAR FELÍCIO&amp;#8221;, A GALERIA DOS VEREADORES  DA CÂMARA MUNICIPAL  DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3312/3312_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3312/3312_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE &amp;#8220;DR. RICARDO VILELA PERRONI&amp;#8221; AO SALÃO NOBRE  DA CÂMARA MUNICIPAL  DE CARNEIRINHO. </t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 104, E ACRESCENTA PARÁGRAFO ÚNICO NA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3194/3194_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3194/3194_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS §§ 1º E 2º DO ART. 252 E   ACRESCE O § 4º AO  ARTIGO 252  DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3279/3279_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3279/3279_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCE INCISOS AO ARTIGO 27 DA LEI ORGÂNICA DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO FRANCISCO TOLEDO</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2885/2885_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2885/2885_texto_integral.xml</t>
   </si>
   <si>
     <t>IZAÚ VILELA MACHADO</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2886/2886_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2886/2886_texto_integral.xml</t>
   </si>
   <si>
     <t>HILDA ALBINA DE MENEZES</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2887/2887_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2887/2887_texto_integral.xml</t>
   </si>
   <si>
     <t>LUIZA SOCORRO DO NASCIMENTO</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2888/2888_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2888/2888_texto_integral.xml</t>
   </si>
   <si>
     <t>CLAUDIO CASTILHO</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE ENVIE A ESTA CASA LEGISLATIVA CÓPIA DOS CONTRATOS ORIUNDOS DE PROCESSO LICITATÓRIO PARA A CONTRATAÇÃO DE PESSOA JURIDICA OU FÍSICA PARA A REALIZAR O SERVIÇO DE TRANSPORTE DE ESCOLAR DENTRO DO MUNICÍPIO E INTERMUNICIPAL.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2889/2889_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2889/2889_texto_integral.xml</t>
   </si>
   <si>
     <t>FOLHA DE PAGAMENTO, CONTRATOS PRESTAÇÃO DE SERVIÇOS E RELAÇÕES DAS LICITAÇÕES DE JANEIRO</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2890/2890_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2890/2890_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA PROVIDENCIE A REMOÇÃO, NO PRAZO DE 15 (QUINZE) DIAS, DO QUIOSQUE (TRAILER) EXISTENTE NO BALNEÁRIO MUNICIPAL GILOMÉ MACHADO DE QUEIROZ, NO DISTRITO DE ESTRELA DA BARRA, DE PROPRIEDADE DE PARTICULAR.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2919/2919_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2919/2919_texto_integral.xml</t>
   </si>
   <si>
     <t>REAJUSTE DE SALÁRIOS DOS CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2921/2921_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2921/2921_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA ACIONADO A EMPRESA RESPONSÁVEL PELA REFORMA DO AMBULÁTORIO VICENTE SEVERINO.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2922/2922_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2922/2922_texto_integral.xml</t>
   </si>
   <si>
     <t>RETIRADA DAS COISAS NA QUADRA FRANCISCO GUIZZO E LIMPEZA DOS TERRENOS, ESCOLA GRACILÂNDIA E BARBOSA</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2928/2928_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2928/2928_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ GASPAR DA SILVA</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2934/2934_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2934/2934_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA ALVES DO NASCIMENTO</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2955/2955_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2955/2955_texto_integral.xml</t>
   </si>
   <si>
     <t>BARBARA QUIRINO DE PAIVA</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2959/2959_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2959/2959_texto_integral.xml</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DAS DESPESAS GASTOS NA REALIZAÇÃO DO CARNAVAL 2013.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2951/2951_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2951/2951_texto_integral.xml</t>
   </si>
   <si>
     <t>Aparecida Maria Rodrigues Dias</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2952/2952_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2952/2952_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">que faça um levantamento dos pontos crítico nas estrada no período chuvoso e posteriormente faça o </t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2981/2981_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2981/2981_texto_integral.xml</t>
   </si>
   <si>
     <t>SAUL MOREIRA DA SILVA</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2980/2980_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2980/2980_texto_integral.xml</t>
   </si>
   <si>
     <t>PEDRO DAVID ALVES</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ ANTONIO NEVES EM 01/04/13</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3000/3000_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3000/3000_texto_integral.xml</t>
   </si>
   <si>
     <t>CLARICE CÂNDIDA DE JESUS</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3022/3022_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3022/3022_texto_integral.xml</t>
   </si>
   <si>
     <t>JANDIRA ALVES DE OLIVEIRA</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.xml</t>
   </si>
   <si>
     <t>CLARINDO ALVES DE QUEIROZ</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3021/3021_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3021/3021_texto_integral.xml</t>
   </si>
   <si>
     <t>EDNA CRISTINA DE CARVALHO</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3026/3026_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3026/3026_texto_integral.xml</t>
   </si>
   <si>
     <t>EUCLISIA EMÍDIA DA SILVA</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3032/3032_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3032/3032_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ BARBOSA DA SILVA</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3037/3037_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3037/3037_texto_integral.xml</t>
   </si>
   <si>
     <t>ANTÔNIO RODRIGUES DE FREITAS</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3064/3064_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3064/3064_texto_integral.xml</t>
   </si>
   <si>
     <t>FAUSTO DOS SANTOS PIRES</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3062/3062_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3062/3062_texto_integral.xml</t>
   </si>
   <si>
     <t>OSVALDO RODRIGUES DA SILVA</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIÃO GONZAGA DA CUNHA</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3061/3061_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3061/3061_texto_integral.xml</t>
   </si>
   <si>
     <t>ODAIR ALMEIDA DA SILVA JUNIOR</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3058/3058_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3058/3058_texto_integral.xml</t>
   </si>
   <si>
     <t>ARNALDO PEREIRA BARROS</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3063/3063_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3063/3063_texto_integral.xml</t>
   </si>
   <si>
     <t>FOLHA DE PAGAMENTO CONTENDO OS NOMES DOS FUNCIONÁRIOS CONCURSADOS, CONTRATADOS E COMISSIONADOS, OS RESPECTIVOS CARGOS E VENCIMENTOS, BEM COMO INDIVIDUALIZADO POR LOCAL DE PRESTAÇÃO DE SERVIÇOS OU SEJA SEDE, DE CADA DISTRITO E CADAS VILAS, REFERENTE AOS MÊS DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3068/3068_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3068/3068_texto_integral.xml</t>
   </si>
   <si>
     <t>JAYSON JOSÉ APARECIDO DOS SANTOS</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3077/3077_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3077/3077_texto_integral.xml</t>
   </si>
   <si>
     <t>MILTON MARTINS DA SILVA</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3072/3072_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3072/3072_texto_integral.xml</t>
   </si>
   <si>
     <t>SÉRGIO REIS DA COSTA</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3078/3078_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3078/3078_texto_integral.xml</t>
   </si>
   <si>
     <t>OLINDINA ROSA DE OLVEIRA</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3116/3116_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3116/3116_texto_integral.xml</t>
   </si>
   <si>
     <t>IZAURA PEREIRA DE MENEZES</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3091/3091_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3091/3091_texto_integral.xml</t>
   </si>
   <si>
     <t>SRª ALAÍDE DOS SANTOS</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3112/3112_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3112/3112_texto_integral.xml</t>
   </si>
   <si>
     <t>SILVINO DE SALES PEREIRA</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3113/3113_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3113/3113_texto_integral.xml</t>
   </si>
   <si>
     <t>PAULO BATISTA BARBOSA</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3114/3114_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3114/3114_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIANA FABIANO ALVES</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3137/3137_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3137/3137_texto_integral.xml</t>
   </si>
   <si>
     <t>ALCIDES BRUNCA</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3136/3136_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3136/3136_texto_integral.xml</t>
   </si>
   <si>
     <t>SEBASTIANA APARECIDA DE MATOS</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3135/3135_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3135/3135_texto_integral.xml</t>
   </si>
   <si>
     <t>YAN FELIPE CARVALHO</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3150/3150_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3150/3150_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE FAÇA DENÚNCIA JUNTO AO MINISTÉRIO PÚBLICO FEDERAL, CONTRA A EX-PREFEITA MUNICIPAL DALVA MARIA DE QUEIROZ TIAGO, NO PRAZO DE 15 DIAS, QUANTO AS IRREGULARIDADE DOS CONVÊNIOS Nº 718484/2009, 732403/2010 E 737373/2010 QUE ENCONTRAM-SE REJEITADOS PELO MINISTÉRIO DO TURISMO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3172/3172_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3172/3172_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ ALVES DA SILVA</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3158/3158_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3158/3158_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO BERTOLINO PEREIRA </t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3159/3159_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3159/3159_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LUIZ AVELINO DE SOUZA </t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3187/3187_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3187/3187_texto_integral.xml</t>
   </si>
   <si>
     <t>CLEMÊNCIA IZIDIO DA SILVA</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3186/3186_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3186/3186_texto_integral.xml</t>
   </si>
   <si>
     <t>folha de pagamento referente ao mês de julho 2013</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3184/3184_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3184/3184_texto_integral.xml</t>
   </si>
   <si>
     <t>JANDIRA PEREIRA DE NOVAES</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3198/3198_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3198/3198_texto_integral.xml</t>
   </si>
   <si>
     <t>ANUZIO DILBERTO</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3196/3196_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3196/3196_texto_integral.xml</t>
   </si>
   <si>
     <t>DORVALINA PEREIRA VILELA</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3217/3217_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3217/3217_texto_integral.xml</t>
   </si>
   <si>
     <t>VALDONESIO SILVESTRE LOPES</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3209/3209_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3209/3209_texto_integral.xml</t>
   </si>
   <si>
     <t>JOVANILDO VENTURA RIBEIRO</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.xml</t>
   </si>
   <si>
     <t>CELESTRINO MARTINS</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3236/3236_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3236/3236_texto_integral.xml</t>
   </si>
   <si>
     <t>VALTER SEVERINO DE ALMEIDA</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3235/3235_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3235/3235_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ SEBASTIÃO DE LIMA</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA MADALENA DA CRUZ</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.xml</t>
   </si>
   <si>
     <t>MARIA PAIVA BARBOSA</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3240/3240_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3240/3240_texto_integral.xml</t>
   </si>
   <si>
     <t>FABRICIO BENTO CORREIA</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3239/3239_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3239/3239_texto_integral.xml</t>
   </si>
   <si>
     <t>HILDO EMIDIO DA SILVA</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3251/3251_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3251/3251_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE BANHEIROS PÚBLICOS NA PRAÇA ADÉLIA SOARES VILELA NO JARDIM PRIMAVERA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3261/3261_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3261/3261_texto_integral.xml</t>
   </si>
   <si>
     <t>M. S PELO FALECIMENTO DE MAURA GONÇALVES DA MAIA</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3262/3262_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3262/3262_texto_integral.xml</t>
   </si>
   <si>
     <t>M.S PELO FALECIMENTO DE BRUNO BIAZI DOS SANTOS</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo, Aparecido Inácio Gonçalves, Ernesto Carneiro Leão Neves Vilela, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3280/3280_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3280/3280_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRA BELMIRA PEREIRA FANTI, OCORRIDO DIA 28/ 10 / 2013 , EM SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3281/3281_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3281/3281_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRA ARMINDA TIAGO DE OLIVEIRA , OCORRIDO DIA 15 / 11/ 2013, EM SÃO SEBASTIÃO DO PONTA.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3277/3277_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3277/3277_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUERIMENTO DE MINUTO DE SILÊNCIO PELO FALECIMENTO DA SRª ARACY ANTÔNIA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>Ernesto Carneiro Leão Neves Vilela, Aparecido Inácio Gonçalves, Genomar Tiago de Araújo, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Oscar José de Oliveira, Osmar Antônio de Oliveira, Sirvaldo Socorro de Toledo, Valdenir Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3282/3282_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3282/3282_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR CARLOS ROBERTO DAMIÃO, OCORRIDO DIA 08 / 11 / 2013 , EM BARRETOS SP.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3283/3283_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3283/3283_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR JOSÉ EVARISTO(ZUZA), OCORRIDO DIA 13 / 11 / 2013 ,EM SÃO SEBASTIÃO PONTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4964,67 +4964,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2891/2891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2897/2897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2898/2898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2899/2899_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2900/2900_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2901/2901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2902/2902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2880/2880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2903/2903_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2904/2904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2911/2911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2907/2907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2908/2908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2910/2910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2923/2923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2932/2932_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2933/2933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2935/2935_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2938/2938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2937/2937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2939/2939_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2940/2940_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2941/2941_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2949/2949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2930/2930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2931/2931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2925/2925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2926/2926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3122/3122_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2942/2942_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2945/2945_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2946/2946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2950/2950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2936/2936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2944/2944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2954/2954_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2953/2953_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2960/2960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2987/2987_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2957/2957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2958/2958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2986/2986_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2965/2965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2964/2964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2956/2956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2961/2961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2962/2962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2963/2963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2968/2968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2979/2979_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3001/3001_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2978/2978_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2988/2988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2989/2989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2982/2982_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2999/2999_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2992/2992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2991/2991_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2993/2993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3018/3018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3017/3017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3016/3016_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3012/3012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3010/3010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3009/3009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3008/3008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3003/3003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3002/3002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3011/3011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3005/3005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3006/3006_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3014/3014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3013/3013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3031/3031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3034/3034_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3033/3033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3028/3028_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3030/3030_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3025/3025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3036/3036_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3029/3029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3027/3027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3024/3024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3035/3035_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3055/3055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3054/3054_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3053/3053_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3065/3065_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3046/3046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3057/3057_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3066/3066_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3042/3042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3047/3047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3049/3049_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3048/3048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3044/3044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3043/3043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3051/3051_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3040/3040_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3041/3041_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3045/3045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3050/3050_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3067/3067_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3087/3087_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3073/3073_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3074/3074_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3070/3070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3069/3069_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3079/3079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3080/3080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3081/3081_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3075/3075_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3086/3086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3088/3088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3089/3089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3097/3097_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3107/3107_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3104/3104_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3108/3108_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3106/3106_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3105/3105_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3100/3100_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3109/3109_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3095/3095_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3096/3096_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3099/3099_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3118/3118_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3103/3103_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3134/3134_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3121/3121_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3119/3119_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3120/3120_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3133/3133_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3131/3131_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3132/3132_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3124/3124_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3125/3125_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3129/3129_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3128/3128_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3130/3130_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3123/3123_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3126/3126_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3127/3127_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3138/3138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3164/3164_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3165/3165_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3162/3162_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3168/3168_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3169/3169_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3170/3170_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3166/3166_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3171/3171_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3160/3160_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3161/3161_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3167/3167_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3189/3189_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3188/3188_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3195/3195_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3182/3182_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3181/3181_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3180/3180_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3183/3183_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3185/3185_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3179/3179_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3177/3177_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3197/3197_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3199/3199_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3200/3200_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3201/3201_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3202/3202_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3203/3203_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3204/3204_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3206/3206_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3214/3214_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3213/3213_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3220/3220_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3219/3219_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3218/3218_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3208/3208_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3211/3211_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3210/3210_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3212/3212_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3215/3215_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3216/3216_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3224/3224_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3225/3225_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3226/3226_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3227/3227_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3245/3245_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3228/3228_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3229/3229_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3230/3230_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3231/3231_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3232/3232_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3233/3233_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3248/3248_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3250/3250_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3246/3246_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3247/3247_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3260/3260_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3259/3259_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3258/3258_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3255/3255_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3256/3256_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3254/3254_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3257/3257_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3253/3253_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3266/3266_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3268/3268_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3269/3269_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3270/3270_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3271/3271_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3290/3290_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3291/3291_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3292/3292_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3289/3289_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3301/3301_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3302/3302_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3303/3303_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3304/3304_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3306/3306_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3309/3309_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2882/2882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2927/2927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2977/2977_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2976/2976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3007/3007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3082/3082_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3102/3102_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3101/3101_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3205/3205_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3284/3284_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3285/3285_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3286/3286_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3287/3287_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3288/3288_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2994/2994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2881/2881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3093/3093_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2913/2913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2914/2914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2915/2915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2916/2916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2918/2918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2920/2920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2969/2969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2970/2970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2971/2971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2972/2972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2974/2974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2975/2975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2996/2996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2997/2997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2998/2998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3019/3019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3038/3038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3039/3039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3115/3115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3059/3059_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3060/3060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3083/3083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3084/3084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3085/3085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3110/3110_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3092/3092_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3139/3139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3141/3141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3142/3142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3143/3143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3145/3145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3146/3146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3147/3147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3148/3148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3149/3149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3151/3151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3152/3152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3155/3155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3157/3157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3173/3173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3175/3175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3191/3191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3192/3192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3241/3241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3242/3242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3243/3243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3244/3244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3252/3252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3264/3264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3278/3278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3298/3298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3315/3315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2967/2967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3153/3153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3176/3176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3193/3193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3207/3207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3310/3310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3311/3311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3312/3312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3194/3194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3279/3279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2885/2885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2886/2886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2887/2887_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2888/2888_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2889/2889_texto_integral.xml" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2890/2890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2919/2919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2921/2921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2922/2922_texto_integral.xml" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2928/2928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2934/2934_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2955/2955_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2959/2959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2951/2951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2952/2952_texto_integral.xml" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2981/2981_texto_integral.xml" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2980/2980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3000/3000_texto_integral.xml" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3022/3022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3021/3021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3026/3026_texto_integral.xml" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3032/3032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3037/3037_texto_integral.xml" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3064/3064_texto_integral.xml" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3062/3062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.xml" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3061/3061_texto_integral.xml" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3058/3058_texto_integral.xml" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3063/3063_texto_integral.xml" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3068/3068_texto_integral.xml" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3077/3077_texto_integral.xml" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3072/3072_texto_integral.xml" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3078/3078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3116/3116_texto_integral.xml" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3091/3091_texto_integral.xml" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3112/3112_texto_integral.xml" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3113/3113_texto_integral.xml" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3114/3114_texto_integral.xml" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3137/3137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3136/3136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3135/3135_texto_integral.xml" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3150/3150_texto_integral.xml" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3172/3172_texto_integral.xml" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3158/3158_texto_integral.xml" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3159/3159_texto_integral.xml" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3187/3187_texto_integral.xml" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3186/3186_texto_integral.xml" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3184/3184_texto_integral.xml" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3198/3198_texto_integral.xml" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3196/3196_texto_integral.xml" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3217/3217_texto_integral.xml" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3209/3209_texto_integral.xml" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.xml" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3236/3236_texto_integral.xml" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3235/3235_texto_integral.xml" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.xml" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.xml" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3240/3240_texto_integral.xml" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3239/3239_texto_integral.xml" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3251/3251_texto_integral.xml" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3261/3261_texto_integral.xml" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3262/3262_texto_integral.xml" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3280/3280_texto_integral.xml" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3281/3281_texto_integral.xml" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3277/3277_texto_integral.xml" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3282/3282_texto_integral.xml" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3283/3283_texto_integral.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2891/2891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2894/2894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2895/2895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2896/2896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2897/2897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2898/2898_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2899/2899_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2900/2900_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2901/2901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2902/2902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2880/2880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2903/2903_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2904/2904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2905/2905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2911/2911_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2906/2906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2907/2907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2908/2908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2910/2910_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2923/2923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2932/2932_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2933/2933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2935/2935_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2938/2938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2937/2937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2939/2939_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2940/2940_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2941/2941_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2949/2949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2930/2930_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2931/2931_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2925/2925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2926/2926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3122/3122_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2942/2942_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2943/2943_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2945/2945_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2946/2946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2950/2950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2936/2936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2944/2944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2954/2954_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2953/2953_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2960/2960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2987/2987_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2957/2957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2958/2958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2986/2986_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2965/2965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2964/2964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2956/2956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2961/2961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2962/2962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2963/2963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2968/2968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2979/2979_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3001/3001_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2978/2978_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2988/2988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2989/2989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2982/2982_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2999/2999_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2992/2992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2991/2991_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2993/2993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3018/3018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3017/3017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3016/3016_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3012/3012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3010/3010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3009/3009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3008/3008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3003/3003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3002/3002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3011/3011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3005/3005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3006/3006_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3014/3014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3013/3013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3031/3031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3034/3034_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3033/3033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3028/3028_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3030/3030_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3025/3025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3036/3036_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3029/3029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3027/3027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3024/3024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3035/3035_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3055/3055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3054/3054_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3053/3053_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3065/3065_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3046/3046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3057/3057_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3066/3066_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3042/3042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3047/3047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3049/3049_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3048/3048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3044/3044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3043/3043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3052/3052_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3051/3051_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3040/3040_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3041/3041_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3045/3045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3050/3050_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3067/3067_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3087/3087_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3073/3073_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3074/3074_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3070/3070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3069/3069_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3079/3079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3080/3080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3081/3081_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3075/3075_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3086/3086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3088/3088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3089/3089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3094/3094_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3097/3097_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3107/3107_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3104/3104_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3108/3108_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3106/3106_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3105/3105_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3100/3100_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3109/3109_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3095/3095_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3096/3096_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3099/3099_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3118/3118_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3103/3103_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3134/3134_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3121/3121_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3119/3119_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3120/3120_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3133/3133_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3131/3131_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3132/3132_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3124/3124_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3125/3125_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3129/3129_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3128/3128_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3130/3130_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3123/3123_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3126/3126_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3127/3127_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3138/3138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3164/3164_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3165/3165_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3162/3162_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3168/3168_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3169/3169_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3170/3170_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3166/3166_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3171/3171_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3160/3160_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3161/3161_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3167/3167_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3189/3189_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3188/3188_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3195/3195_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3182/3182_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3181/3181_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3180/3180_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3183/3183_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3185/3185_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3179/3179_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3177/3177_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3197/3197_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3190/3190_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3199/3199_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3200/3200_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3201/3201_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3202/3202_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3203/3203_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3204/3204_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3206/3206_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3214/3214_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3213/3213_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3220/3220_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3219/3219_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3218/3218_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3208/3208_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3211/3211_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3210/3210_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3212/3212_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3215/3215_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3216/3216_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3223/3223_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3224/3224_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3225/3225_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3226/3226_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3227/3227_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3245/3245_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3228/3228_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3229/3229_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3230/3230_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3231/3231_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3232/3232_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3233/3233_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3248/3248_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3250/3250_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3246/3246_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3247/3247_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3260/3260_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3259/3259_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3258/3258_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3255/3255_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3256/3256_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3254/3254_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3257/3257_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3253/3253_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3266/3266_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3268/3268_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3269/3269_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3270/3270_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3271/3271_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3290/3290_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3291/3291_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3292/3292_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3289/3289_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3294/3294_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3295/3295_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3296/3296_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3293/3293_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3301/3301_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3302/3302_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3303/3303_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3304/3304_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3306/3306_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3309/3309_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2882/2882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2883/2883_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2927/2927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2977/2977_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2976/2976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3007/3007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3082/3082_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3102/3102_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3101/3101_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3205/3205_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3284/3284_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3285/3285_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3286/3286_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3287/3287_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3288/3288_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2994/2994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2881/2881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3093/3093_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2913/2913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2914/2914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2915/2915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2916/2916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2918/2918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2920/2920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2969/2969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2970/2970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2971/2971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2972/2972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2974/2974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2975/2975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2996/2996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2997/2997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2998/2998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3019/3019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3038/3038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3039/3039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3115/3115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3059/3059_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3060/3060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3083/3083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3084/3084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3085/3085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3110/3110_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3092/3092_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3139/3139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3140/3140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3117/3117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3141/3141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3142/3142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3143/3143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3144/3144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3145/3145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3146/3146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3147/3147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3148/3148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3149/3149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3151/3151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3152/3152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3155/3155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3157/3157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3173/3173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3175/3175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3191/3191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3192/3192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3221/3221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3241/3241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3242/3242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3243/3243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3244/3244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3252/3252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3264/3264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3278/3278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3298/3298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3315/3315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2967/2967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3153/3153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3176/3176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3193/3193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3207/3207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3310/3310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3311/3311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3312/3312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3194/3194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3279/3279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.xml" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2885/2885_texto_integral.xml" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2886/2886_texto_integral.xml" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2887/2887_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2888/2888_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2892/2892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2889/2889_texto_integral.xml" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2890/2890_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2919/2919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2921/2921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2922/2922_texto_integral.xml" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2928/2928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2934/2934_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2955/2955_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2959/2959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2951/2951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2952/2952_texto_integral.xml" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2981/2981_texto_integral.xml" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/2980/2980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3000/3000_texto_integral.xml" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3022/3022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3021/3021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3026/3026_texto_integral.xml" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3032/3032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3037/3037_texto_integral.xml" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3064/3064_texto_integral.xml" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3062/3062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.xml" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3061/3061_texto_integral.xml" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3058/3058_texto_integral.xml" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3063/3063_texto_integral.xml" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3068/3068_texto_integral.xml" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3077/3077_texto_integral.xml" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3072/3072_texto_integral.xml" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3078/3078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3116/3116_texto_integral.xml" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3091/3091_texto_integral.xml" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3112/3112_texto_integral.xml" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3113/3113_texto_integral.xml" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3114/3114_texto_integral.xml" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3137/3137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3136/3136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3135/3135_texto_integral.xml" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3150/3150_texto_integral.xml" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3172/3172_texto_integral.xml" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3158/3158_texto_integral.xml" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3159/3159_texto_integral.xml" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3187/3187_texto_integral.xml" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3186/3186_texto_integral.xml" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3184/3184_texto_integral.xml" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3198/3198_texto_integral.xml" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3196/3196_texto_integral.xml" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3217/3217_texto_integral.xml" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3209/3209_texto_integral.xml" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3222/3222_texto_integral.xml" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3236/3236_texto_integral.xml" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3235/3235_texto_integral.xml" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.xml" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.xml" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3240/3240_texto_integral.xml" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3239/3239_texto_integral.xml" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3251/3251_texto_integral.xml" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3261/3261_texto_integral.xml" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3262/3262_texto_integral.xml" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3280/3280_texto_integral.xml" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3281/3281_texto_integral.xml" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3277/3277_texto_integral.xml" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3282/3282_texto_integral.xml" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2013/3283/3283_texto_integral.xml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H421"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="222.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>