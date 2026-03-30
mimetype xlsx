--- v0 (2025-10-05)
+++ v1 (2026-03-30)
@@ -54,2101 +54,2101 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2598/2598_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2598/2598_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.67/2009, DATADA DE 10 DE MARÇO DE 2009, 236/2009, DATADA DE 14 DE DEZEMBRO DE 2009, 148/2010, DATADA DE 1° DE DEZEMBRO DE 2010, 02/2011 DE 28 DE JANEIRO DE 2011 E 114/2011, DATADA DE 26 DE JULHO DE 2011 QUE SOLICITARAM A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO O FUNCIONAMNETO DA CRECHE MUNICIPAL DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2599/2599_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2599/2599_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO 82, DATADA DE 30 DE MARÇO DE 2009 E 06/2010, DATADA DE 01 DE FEVEREIRO DE 2010, 03/2011 DE 28 DE JANEIRO DE 2011 E 113/2011, DATADO DE 26 DE JULHO DE 2011 QUE SOLICITOU A PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O RECAPEAMENTO DO ACESSO DA MGT 497 À SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO DAS RUAS E AVENIDAS DO REFERIDO DISTRITO. SOLICITOU AINDA, QUE FAÇA UM OPERAÇÃO TAMPA BURACO URGENTEMENTE, POIS AS RUAS E AVENIDAS ESTÃO EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2591/2591_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2591/2591_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.69 DE 2010 DE 14 DE MAIO E 138/2011 DE 14 DE SETEMBRO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A DOAÇÃO DE CESTAS DE MATERIAIS DE CONSTRUÇÃO AS PESSOAS QUE FORAM CONTEMPLADAS COM TERRENOS PELA MUNICIPALIDADE NAS GESTÕES ANTERIORES E QUE NÃO EDIFICARAM AS SUAS CASAS.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N. 155/2011 QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE PROVIDENCIEASSE O RETORNO O MAIS RÁPIDO POSSÍVEL DO ÔNIBUS QUE TRANSPORTAVA PACIENTE PARA A CIDADE DE SÃO JOSÉ DO RIO PRETO. SALIENTAMOS AINDA QUE SEJA INICIADO O PERCURSO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2590/2590_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2590/2590_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.120/2010 DE 01 DE OUTUBRO E 139/2011 DE 14 DE SETEMBRO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A DOAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA PARA AS PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2588/2588_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2588/2588_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA REPAROS NAS GUIAS DE SARGETA NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Mauri Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2586/2586_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2586/2586_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.31/2011 DE 02 DE MARÇO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A REALIZAÇÃO DE TORNEIO DE FUTSAL NA VILA APARECIDA DO PARANAIBA(BARBOSA) E VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2585/2585_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2585/2585_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.13/2011 DE 07 DE FEVEREIRO QUE SOLICITOU A SENHORA PREFEITA MNICIPAL DE CARNEIRINHO A REFORMA DO POSTO DE SAÚDE DA VILA APARECIDA DO PARANAIBA(BARBOSA) E VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2584/2584_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2584/2584_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.144/2011 DE 19 DE SETEMBRO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE COLOQUE PELO MENOS DOIS CAMINHÕES DE AREIA NA QUADRA DE FUTEBOL E VÔLEI DE AREIA DA ÁREA DE LAZER DO BAIRRO JARDIM PRIMAVERA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2582/2582_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2582/2582_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE O CORETO EXISTENTE DA PRAÇA RUFINA PERPÉTUA DE TOLEDO, PARA QUE OS APOSENTADOS E DEMAIS PESSOAS POSSAM JOGAREM TRUCO. SOLICITAMOS AINDA QUE SEJA ADIQUIRIDA PELO MENOS TRÊS MESAS COM DOZE CADEIRAS PARA ESTAS PESSOAS.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZE 08 (OITO) FUNCIONÁRIOS PARA PRESTAREM SERVIÇOS NA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS-APAE NA SEDE DO MUNICÍPIO, SENDO OS SEGUINTES PROFISSIONAIS: PROFESSORES, COORDENADORES, AJUDANTE DE SERVIÇOS GERAIS E MOTORISTA. SOLICITAMOS AINDA QUE DISPONIBILIZE UM ÔNIBUS PARA O TRANSPORTE DOS ALUNOS. </t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2620/2620_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2620/2620_texto_integral.xml</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS RUAS E AVENIDAS DOS BAIRROS MARIA HONÓRIA DE QUEIROZ E JOAQUIM LUIZ FERREIRA.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2614/2614_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2614/2614_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE PARA QUE FAÇA UMA LIMPEZA GERAL NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2612/2612_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2612/2612_texto_integral.xml</t>
   </si>
   <si>
     <t>AGILIZE NO PROCESSO LICITATÓRIO PARA PAVIMENTAÇÃO ASFÁLTICA NO DISTRITO DE ESTRELA DA BARRA, APROVADA NO ORÇAMENTO DO ANO DE 2012.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2615/2615_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2615/2615_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO Nº 84/2009 E 60/2011, QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A LEGALIZAÇÃO DOS TERRENOS NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2608/2608_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2608/2608_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÃO N.170/2009 E 133/2011 DE 12 DE SETEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA, REDE ÁGUA, ESGOTO, GALERIAS PLUVIAIS, MEIO FIO, GUIAS DE SARJETAS E REDE ELÉTRICA DOS BAIRROS SÃO JOSÉ E SAGRADO CORAÇÃO DE JESUS E DO PROLONGAMENTO DA RUA ÁGUA LIMPA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2609/2609_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2609/2609_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.22/2009, DATADA DE 10 DE FEVEREIRO E A 64/2010, DATADA DE 12 DE MAIO E A 139/2010, DATADA DE 10 DE NOVEMBRO E A 186/2011, DATADA DE 09 DE DEZEMBRO, DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE A CONTRATAÇÃO DE CASAS POPULARES NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRIORIZANDO AS PESSOAS QUE FORAM CONTEMPLADAS COM A DOAÇÃO DE TERRENOS PELA GESTÃO PASSADA E TAMBÉM AS PESSOAS QUE JÁ POSSUEM CASAS DE TÁBUA E QUE NÃO TÊM CONDIÇÃO DE CONSTRUIR SUA RESIDÊNCIA DE ALVENARIA.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2610/2610_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2610/2610_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.175/2011 DE 21 DE NOVEMBRO, DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE UM TÉCNICO DE ENFERMAGEM PARA PRESTAR SERVIÇO NA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES N.47/2009 DE 19 DE FEVEREIRO E 140/2010 DE 11 DE NOVEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE FAÇA UMA PISTA DE CAMINHADA COM BARRA PARA EXERCÍCIO FÍSICO NA AVENIDA FIRMINO LUIZ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2605/2605_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2605/2605_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A CEMIG PARA QUE COLOQUE MAIS DOIS POSTES DE ENERGIA ELÉTRICA NA RUA JOÃO BERTOLINO QUEIROZ NO BAIRRO JOAQUIM LUIZ FERREIRA.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2641/2641_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2641/2641_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA AS INTALAÇÕES DOS VENTILADORES NAS SALAS DE AULA NA ESCOLA MUNICIPAL VICENTE LUIZ ALVES</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2627/2627_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2627/2627_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SUBVENÇÃO PARA O LAR DOS VELHINHOS SOL NASCENTE EM ITURAMA MG._x000D_
 </t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2638/2638_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2638/2638_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA MANUTENÇÃO E CONSERTOS NECESSÁRIOS NO CAMINHÃO PIPA._x000D_
 </t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2637/2637_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2637/2637_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.184/2009 DE 16 DE SETEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNCIPAL, A CONSTRUÇÃO DE QUATRO LOMBADAS, SENDO UMA NA RUA OTÁVIO FRANCISCO VILELA PRÓXIMO A RUA JOAQUIM LUÍZ FERREIRA, OUTRA NA RUA ANTÔNIO DAS GRAÇAS OLIVEIRA PRÓXIMO A RUA JOAQUIM LUÍZ FERREIRA, NA RUA ANA MARIA DE LIMA E NA RUA JOAQUIM LUÍZ FERREIRA._x000D_
 </t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2636/2636_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2636/2636_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O REMANEJAMENTO DE UM FUNCIONÁRIO PARA AJUDAR NA LIMPEZA E MANUTENÇÃO DO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ E NAS PISCINAS._x000D_
 </t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2635/2635_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2635/2635_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DETERMINE AO SETOR COMPETENTE PARA TAPAR O BURACO EXISTENTE PRÓXIMO AO ATERRO DA MUTUCA, BEM COMO, PRÓXIMO A CASA DO SR.SERGINO S.SOCORRO._x000D_
 </t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2631/2631_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2631/2631_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SOLICITE AO SETOR COMPETENTE PARA QUE FAÇA O CONSERTO DO TRATOR FORD QUE FAZ A COLETA DO LIXO NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2668/2668_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2668/2668_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE FAÇA UMA AVALIAÇÃO NOS SERVIDORES DA ÁREA DE ENFERMAGEM E ODONTOLOGIA, QUE RECEBEM COMO AUXILIAR E EXERCEM A FUNÇÃO DE TÉCNICO.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2628/2628_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2628/2628_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL RESIDENCIAL NAS CIDADES DE SÃO JOSÉ DO RIO PRETO-SP E UBERABA-MG, PARA ABRIGAR AS PESSOAS E OS ACOMPANHANTES QUE NECESSITAM DE FICAR POR MAIS DIAS FAZENDO TRATAMENTO._x000D_
 </t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2634/2634_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2634/2634_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR O TERMO DAS INDICAÇÕES N.156/2009 DE 20 DE JULHO E 159/2010 DE 20 DE DEZEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNCIPAL, PARA CRIAR MAIS UMA EQUIPE NO DEPARTAMENTO DE MATA-BURRO PARA ATENDER OS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2633/2633_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2633/2633_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR O TERMO DAS INDICAÇÕES N.27/2009 DE 10 DE FEVEREIRO, 235/2009 DE 14 DE DEZEMBRO, 147/2010 DE 01 DE DEZEMBRO E 54/2011 DE 28 DE NOVEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL O RETORNO DO MAQUINÁRIO(MOTO NIVELADORA, PÁ CARREGADEIRA, CAMINHÕES BASCULANTES E TRATOR COM TERRACEADOR) ANTERIORMENTE EXISTENTE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2632/2632_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2632/2632_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR O TERMO DAS INDICAÇÕES N.114/2009 DE 04 DE MAIO, 158/2010 DE 20 DE DEZEMBRO E 187/2011 DE 09 DE DEZEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE VIABILIZE JUNTO A POLÍCIA CÍVIL DO ESTADO DE MINAS GERAIS; PARA QUE AGILIZE O SERVIÇO DE IDENTIFICAÇÃO, OU SEJA CONFECCIONAR CARTEIRAS DE IDENTIDADES DOS MUNÍCIPES._x000D_
 </t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2646/2646_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2646/2646_texto_integral.xml</t>
   </si>
   <si>
     <t>UM ÔNIBUS OU MICRO ÔNIBUS PARA TRANSPORTAR OS ESTUDANTES QUE FAZEM OS CURSOS DE MECÂNICA, INSTRUMENTAÇÃO E ELÉTRICA NA CIDADE DE OUROESTE</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2644/2644_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2644/2644_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A INSTALAÇÃO DE VENTILADORES NO SALÃO DE FESTA DO RECINTO DE EXPOSIÇÃO IZAÚ VILELA MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2645/2645_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2645/2645_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.23/2011 DE 17 DE FEVEREIRO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE FAÇA O CASCALHAMENTO DA ESTRADA QUE LIGA MUNICÍPIO DE CARNEIRINHO AO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2694/2694_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2694/2694_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.46/2011 DE 17 DE MARÇO QUE SOLICITAR A SENHORA PREFEITA MUNCIPAL DE CARNEIRINHO, QUE FAÇA REPASSE DE SUBVENÇÕES SOCIAIS PARA ASSOCIAÇÃO DA OLARIA E DEMAIS ASSOCIAÇÕES EXISTENTES NO MUNICÍPIO DE CARNEIRINHO QUE AINDA NÃO FORAM CONTEMPLADAS NESTE EXERCÍCIO._x000D_
 </t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2655/2655_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2655/2655_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE O COMBATE AO PERNILONGO NA COMUNIDADE DA LAGOA DO JACARÉ. DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2652/2652_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2652/2652_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA DEMARCADA A ÁREA PARA BANHISTAS COM BOIAS NO BALNEÁREO MUNICIPAL GILOMÉ MACHADO DE QUEIROZ- PRAINHA DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2660/2660_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2660/2660_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INTERCEDA JUNTO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA E O ACERO DA CERCA NA ÚLTIMA RUA, NA PARTE DE BAIXO DO RESIDENCIAL RODRIGUES MAIA E ENTRE A AVENIDA FIRMINO LUIZ DE OLIVEIRA E O RESIDENCIAL RODRIGUES MAIA._x000D_
 </t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2659/2659_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2659/2659_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.85/2011 DE 05 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, O CASCALHAMENTO DAS RUAS E AVENIDAS DA VILA GRACILÂNDIA E VILA APARECIDA DO PARANAÍBA</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2658/2658_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2658/2658_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.90/2010 DE 30 DE JULHO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICÍPAL DE CARNEIRINHO QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA O PATROLAMENTO DAS ESTRADAS DO MUNICÍPIO ATÉ AS SEDES DAS PROPRIEDADES RURAIS._x000D_
 </t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2656/2656_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2656/2656_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> CONSTRUÇÃO DE UMA PONTE NO CÓRREGO DO BEBEDOURO NA PROPRIEDADE DO SR.NESTOR MANOEL CENTENO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2657/2657_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2657/2657_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE FAÇA A CONSTRUÇÃO DE UM CAMPO OU MINI-CAMPO DE FUTEBOL COM ALAMBRADOS, GOLS E VESTIÁRIOS COM BANHEIROS NA LAGOA DO JACARÉ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2682/2682_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2682/2682_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.68/2010 DE 14 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A ARBORIZAÇÃO DA AV.AMBRAULINO LEANDRO BARBOSA._x000D_
 </t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2669/2669_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2669/2669_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE COLOQUE AS DIÁRIAS DOS MOTORISTAS LOTADOS NA SECRETARIA DE EDUCAÇÃO IGUAL COM AS DIÁRIAS DOS MOTORISTAS LOTADOS NA SECRETARIA SAÚDE.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2693/2693_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2693/2693_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DESIGUINAR UM FUNCIONÁRIO PARA TRABALHAR NO CEMITÉRIO DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2692/2692_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2692/2692_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA TAMPAR BURACO NA AV.OSVALDO PAULA ASSUNÇÃO COM A RUA JUCELINO KUBSTSHEK E NA AV.SÃO JOAQUIM DO TRIANGULO COM A RUA TODOS OS SANTOS E DEMAIS BURACOS EXISTENTES NA RUAS E AVENIDAS DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2686/2686_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2686/2686_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REPASSE SUBVENÇÃO PARA APAE-ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DO MUNCÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2685/2685_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2685/2685_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA MANUTENÇÃO DO MATA BURRO DE FERRO QUE FICA NA ESTRADA DA CASCALHEIRA PRÓXIMO A PROPRIEDADE DA DONA MAURA._x000D_
 </t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2683/2683_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2683/2683_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.110/2009 DE 04 DE MAIO E 56/2011 DE 30 DE MARÇO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICÍPAL, QUE VIABILIZE UMA MANEIRA DE DAR PRIORIDADE PARA AS PESSOAS RESIDENTE NO MUNICÍPIO DE CARNEIRINHO MONTAREM BARRACAS NO RECINTO DE EXPOSIÇÃO IZAU VILELA MACHADO, DURANTE A REALIZAÇÃO DAS FESTIVIDADES DE COMEMORAÇÃO DE ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICA ADMINISTRATIVA DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2678/2678_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2678/2678_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.37/2010 DE 22 DE MARÇO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, PARA QUE SEJA APLICADO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL PELO MENOS 25% DA RECEITA ARRECADADA, DO TOTAL DOS IMPOSTOS, EM OBRAS E SERVIÇOS; CONFORME PREVÊ O ART.236 DA LOM._x000D_
 </t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2677/2677_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2677/2677_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.20/2010 DE 01 DE MARÇO E 66/2010 DE 12 E MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, O CASCALHAMENTO E O LEVANTAMENTO DAS ESTRADAS MUNICIPAL DOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2676/2676_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2676/2676_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.13/2009 DE 06 DE JANEIO, 234/2009 DE 14 DE DEZEMBRO, 14/2010 DE 22 DE FEVEREIRO E 01/2011 DE 28 DE JANEIRO, QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A INSTALAÇÃO DE FARMÁCIAS MUNICIPAIS NOS DSITRITOS E VILAS DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2675/2675_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2675/2675_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE NAS FESTIVIDADES DE COMEMORAÇÃO DO ANIVERSÁRIO DA CIDADE SEJA INSERIDA NA PROGRAMAÇÃO A PARTICIPAÇÃO DAS IGREJAS EVANGÉLICAS, SE POSSÍVEL COM SHOW GOSPEL E COM CULTO ECUMÉNICO._x000D_
 </t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2674/2674_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2674/2674_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA COLOCADO CESTOS DE LIXO NA PRAÇA ADÉLIA SOARES VILELA DA IGREJA SÃO JOSÉ OPERÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Luís Antônio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2680/2680_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2680/2680_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.25/2009, DATADA DE 11 DE FEVEREIRO E 103/2011, DATADA DE 01 DE AGOSTO, DE AUTORIA DO VEREADOR LUÍS ANTÔNIO DA SILVA, QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A ELABORAÇÃO DE UM PROJETO DE LEI ATUALIZANDO O PISO SALARIAL DOS PROFESSORES DA REDE MUNICIPAL, NOS TERMOS DA LEI FEDERAL N.11.738/2008, DE 16 DE JULHO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2710/2710_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2710/2710_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.112/2010 DE 17 DE SETEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE UM CAMINHÃO PIPA PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2709/2709_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2709/2709_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.87/2010 DE 21 DE JULHO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO AQUISIÇÃO DE UM CAMINHÃO BAÚ PARA TRANSPORTAR MUDANÇAS DOS MUNÍCIPES DE CARNEIRINHO OU QUE SEJA CONSERTADO A F-4000 PARA QUE POSSA CONTINUAR PRESTANDO ESTE SERVIÇO A COMUNIDADE._x000D_
 </t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2708/2708_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2708/2708_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.81/2009 DE 27 DE MARÇO, 55/2010 DE 14 DE ABRIL E 92/2011 DE 23 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE DÊ INÍCIO O MAIS RÁPIDO POSSÍVEL NAS OBRAS DE CONSTRUÇÃO DO HOSPITAL MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2701/2701_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2701/2701_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REGULARIZE AS DOCUMENTAÇÕES DOS VEÍCULOS DA PREFEITURA, PRINCIPALMENTE DOS QUE ESTÃO LOTADOS NA SECRETÁRIA MUNICIPAL DE SAÚDE._x000D_
 </t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2711/2711_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2711/2711_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.153/2010 DE 02 DE DEZEMBRO, 94/2011 DE 01 DE JUNHO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A AQUISIÇÃO DE UNIFORMES PARA OS AGENTES SANITÁRIOS QUE ATUAM NO COMBATE AO MOSQUITO AEDES AEGYPTI. _x000D_
 </t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2713/2713_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2713/2713_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO CARRO UTILIZADO PELA FUNCIONÁRIOS DA VIGILÂNCIA SANITÁRIO NO COMBATE AO MOSQUITO AEDES EGYPTI, BEM COMO PROMOVEREM CAMPANHAS DE COMBATE AO BARBEIRO CAUSADOR DA DOENÇA DE CHAGAS E DE VACINAÇÃO ANTI-RÁBICA._x000D_
 </t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2712/2712_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2712/2712_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.03/2010, 169/2011 DE 27 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA UM DEPÓSITO DE AREIA FINA, BEM COMO, DISPONIBILIZAR CAMINHÃO PARA TRANSPORTAR AREIA GROSSA E PEDRA BRITA PARA AS PESSOAS QUE ESTÃO CONSTRUINDO NA SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2706/2706_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2706/2706_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.30/2010 DE 15 DE MARÇO E 58/2011 DE 31 DE MARÇO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NAS AVENIDAS OSVALDO PAULA DE ASSUNÇÃO, SÃO JOAQUIM DO TRIANGULO E OZIEL PEREIRA E TODAS A RUAS QUE SE FIZEREM NECESSÁRIO NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2705/2705_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2705/2705_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.32/2010 DE 15 DE MARÇO E 30/2011 DE 28 DE FEVEREIRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A DISPONIBILIZAÇÃO DE UMA PÁ CARREGADEIRA, UMA PATROLA E DOIS CAMINHÕES BASCULANTES PARA O DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2704/2704_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2704/2704_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.102/2009 DE 13 DE ABRIL E 45/2010 DE 08 DE ABRIL DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UM VELÓRIO MUNICIPAL NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2741/2741_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2741/2741_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.141/2010 DE 11 DE NOVEMBRO E 62/2009 DE 05 DE MARÇO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICÍPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇAM LEVANTAMENTO DA NESCESSIDADE DA CONSTRUÇÃO OU REFORMA DE MATA-BURROS NAS ESTRADAS PRINCIPAIS E VICINAIS DO MUNICÍPIO, EFETUANDO POSTERIORMENTE OD SERVIÇOS._x000D_
 </t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2740/2740_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2740/2740_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.91/2010 DE 30 DE JULHO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A ILUMINAÇÃO DO MINICAMPO NA COMUNIDADE SÃO JOÃO BATISTA._x000D_
 </t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2739/2739_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2739/2739_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.117/2011 DE 26 DE JULHO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE BANHEIROS NA PRAÇA ADÉLIA SOARES VILELA NO JD.PRIMAVERA NA SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2738/2738_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2738/2738_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REGULARIZE O ABASTECIMENTO DE MEDICAMENTOS NOS POSTOS DE SAÚDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2737/2737_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2737/2737_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.15/2009 DE 06 DE JANEIRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A IMPLANTAÇÃO E INSTALAÇÃO DA COMARCA CARNEIRINHO, INTEGRADA PELOS MUNICÍPIOS DE CARNEIRINHO E DE LIMEIRA DO OESTE, CRIADA PELA LEI COMPLEMENTAR 105, DE 14 DE AGOSTO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2736/2736_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2736/2736_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.96/2009 DE 13 DE ABRIL DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A CONTRATAÇÃO OU IMPLANTAÇÃO DE UM LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2735/2735_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2735/2735_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.89/2011 DATADA DE 09 DE MAIO DE 2011 QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, O LEVANTAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL A LAGOA DO JACARÉ._x000D_
 </t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2732/2732_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2732/2732_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.44/2010 DE 08 DE ABRIL E 81/2011 DE 04 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DO PRÉDIO PARA FUNCIONAR A CRECHE MUNICIPAL DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2731/2731_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2731/2731_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAR OS TERMOS DA INDICAÇÃO N.169/2009 DE 16 DE SETEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A PINTURA DAS GUIAS DE SARGETA DAS RUAS E AVENIDAS NA SEDE DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2729/2729_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2729/2729_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">NO SENTIDO DE MANTER PELO MENOS TRÊS VEZES POR SEMANA O TRANSPORTE COLETIVO QUE SAI DO DISTRITO DE FÁTIMA, PASSA PELO DISTRITO DE ESTRELA DA BARRA PARA A SEDE DO MUNICÍPIO E RETORNO AO FINAL DO DIA._x000D_
 </t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2752/2752_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2752/2752_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR OS TERMOS DA INDICAÇÃO N. 99/2009 DATADA DE 13 DE ABRIL DE 2009 QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE SEJA FEITO A CONSTRUÇÃO DE LOMBADA AO REDOR DA PRAÇA ANTÔNIA RODRIGUES, NO BAIRRO BELA VISTA NA SEDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2753/2753_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2753/2753_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR OS TERMOS DA INDICAÇÃO N. 155/2010 DATADA DE 14 DE DEZEMBRO DE 2010 QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA OPERAÇÃO TAMPA BURACOS E O RECAPEAMENTO NAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO DE CARNEIRINHO</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2754/2754_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2754/2754_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR OS TERMOS DA INDICAÇÃO N. 23/2011 DE 17 DE FEVEREIRO E 35/2012 DE 02 DE MARÇO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE FAÇA O CASCALHAMENTO DA ESTRADA QUE LIGA MUNICÍPIO DE CARNEIRINHO AO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2760/2760_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2760/2760_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA A AQUISIÇÃO DOS EQUIPAMENTOS E MATERIAIS PARA A EMISSÃO DA NOVA CARTEIRA DE TRABALHO, PARA O MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2769/2769_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2769/2769_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE NÃO FAÇA A VENDA DO CAMINHÃO QUE ERA UTILIZADO RECOLHIMENTO DE LIXO, O CAMINHÃO F-4000 QUE TRANSPORTAVA MUDANÇA E O TRATOR FORD COM LAMINA NA FRENTE UTILIZADO EM LIMPEZAS EM GERAL.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2768/2768_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2768/2768_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.115/2009 DE 04 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DE UM TRATOR COM LÂMINA, PÁ E CARRETA PARA FAZER A COLETA DE ENTULHOS, GALHOS E DEMAIS SERVIÇOS PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2767/2767_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2767/2767_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.134/2009 DE 21 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE INSTRUTOR DE INFORMÁTICA E A DISPONIBILIZAÇÃO PARA ESCOLAS ESTADUAIS, TENDO EM VISTA QUE AS SALAS DE INFORMÁTICAS NÃO ESTÃO SENDO UTILIZADAS PELOS ALUNOS, POR FALTA DE PESSOAS QUALIFICADAS PARA ACOMPANHAREM A UTILIZAÇÃO DOS EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2766/2766_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2766/2766_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.139/2009 DE 28 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A INSTALAÇÃO DE UM FRIGORÍFICO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2765/2765_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2765/2765_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.01/2009 DE 28 DE JANEIRO E 69/2010 DE 14 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, A DOAÇÃO DE CESTAS DE MATERIAIS DE CONSTRUÇÃO PARA AS PESSOAS QUE FORAM CONTEMPLADAS COM TERRENOS PELA MUNICIPALIDADE NAS GESTÕES ANTERIORES E QUE NÃO EDIFICARAM AS SUAS CASAS.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2764/2764_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2764/2764_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.110/2010 DE 17 DE SETEMBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE SARJE TÃO NA RUA FRANCISCO TIAGO DA SILVA ESQUINA COM AS AVENIDAS HONÓRIO GONÇALVES DA MAIA E VICENTE TOLEDO MACHADO E NA RUA LAURA DOS SANTOS SOUZA.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2763/2763_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2763/2763_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.120/2010 DE 01 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A DOAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA PARA AS PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2775/2775_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2775/2775_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.49/2009 DE 19 DE FEVEREIRO E 41/2011 DE 11 DE MARÇO, QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A CONSTRUÇÃO DE DOIS ABRIGOS PARA PASSAGEIROS, UM NA MGT 497 ENTRADA DA AVENIDA DE ACESSO A RUA FIRMINO LUIZ DE OLIVEIRA E OUTRO NA SAÍDA PARA MGT 497, PERTO DO CRISTO.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2774/2774_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2774/2774_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITE AO SETOR COMPETENTE PARA QUE REFAÇA A SINALIZAÇÃO NO TREVO DO CRISTO.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2773/2773_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2773/2773_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE APARELHOS PARA PRATICA DE EXERCÍCIOS FÍSICOS E PARQUE INFANTIL NAS PRAÇAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2780/2780_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2780/2780_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA UMA PARCERIA COM A USINA CARNEIRINHO PARA A CONSTRUÇÃO DE CONJUNTOS HABITACIONAIS NO MUNICÍPIO DE CARNEIRINHO, DE FORMA QUE O MUNICÍPIO DISPONIBILIZE OS TERRENOS.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2779/2779_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2779/2779_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NA ILUMINAÇÃO PÚBLICA NA RUA SÃO LUIZ, BEM COMO, A ILUMINAÇÃO DO CEMITÉRIO NA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL. </t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2781/2781_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2781/2781_texto_integral.xml</t>
   </si>
   <si>
     <t>O LOTEAMENTO DO CAMPO DE POUSO NO BAIRRO SANTA INÊS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E POSTERIOR DOAÇÃO AS FAMÍLIAS CARENTES DO REFERIDO DISTRITO, BEM COMO A REGULARIZAÇÃO DA DOCUMENTAÇÃO DO REFERIDO IMÓVEL.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2789/2789_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2789/2789_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.23/2011 DE 17 DE FEVEREIRO E 35/2012 DE 02 DE MARÇO E 79/2012 DE 14 DE MAIO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL, QUE FAÇA O CASCALHAMENTO DA ESTRADA QUE LIGA MUNICÍPIO DE CARNEIRINHO AO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2790/2790_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2790/2790_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.79/2009 DE 18 DE MARÇO E 147/2011 DE 26 DE SETEMBRO QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO OU IMPLANTAÇÃO DA SALA MATERNIDADE NO AMBULATÓRIO VICENTE SEVERINO SOCORRO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2786/2786_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2786/2786_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.07/2011 DE 01 DE FEVEREIRO E 159/2011 DE 11 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA, QUE FAÇA O LEVANTAMENTO E O CASCALHAMENTO DA ESTRADA QUE LIGA A SEDE DO MUNICÍPIO À COMUNIDADE SÃO JOÃO BATISTA-RUIVINHA.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2801/2801_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2801/2801_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.124/2009 DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO A CEMIG PARA A COLOCAÇÃO DE MAIS POSTES DE ENERGIA ELÉTRICA RUAS E AVENIDAS, BEM COMO, A MELHORIA NA ILUMINAÇÃO URBANA DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2800/2800_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2800/2800_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> REITERAR OS TERMOS DA INDICAÇÃO N.03/2010, 169/2011 DE 27 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA UM DEPÓSITO DE AREIA FINA, BEM COMO, DISPONIBILIZAR CAMINHÃO PARA TRANSPORTAR AREIA GROSSA E PEDRA BRITA PARA PESSOAS QUE ESTÃO CONSTRUINDO NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2813/2813_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2813/2813_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES N.47/2009 DE 19 DE FEVEREIRO E 140/2010 DE 11 DE NOVEMBRO E 19/2012 DE 15 DE FEVEREIRO DE 2012 DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE FAÇA UMA PISTA DE CAMINHADA COM BARRA PARA EXECÍCIO FÍSICO NA AVENIDA FIRMINO LUIZ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2814/2814_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2814/2814_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES N.01/2009 DE 28 DE JANEIRO E 69/2010 DE 14 DE MAIO E 85/2012 DE 30 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A DOAÇÃO DE CESTAS DE MATERIAIS DE CONSTRUÇÃO PARA AS PESSOAS QUE FORAM CONTEMPLADAS COM TERRENOS PELA MUNICIPALIDADE NAS GESTÕES ANTERIORES E QUE NÃO EDIFICARAM SUAS CASAS.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2812/2812_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2812/2812_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DAS INDICAÇÕES N.120/2010 DE 01 DE OUTUBRO E 87/2012 DE 30 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A DOAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA PARA AS PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2821/2821_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2821/2821_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.144/2009 DE 22 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA NO PROLONGAMENTO DA AV.JACI LIMA DE PAULA SENTIDO AOS CANDINHO.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2820/2820_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2820/2820_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.48/2011 DE 17 DE MARÇO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A IMPLANTAÇÃO DA REDE DE ESGOTO NO PARQUE INDUSTRIAL.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2819/2819_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2819/2819_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.82/2010 DE 18 DE JUNHO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE CONSTRUA MAIS REDUTORES DE VELOCIDADE NAS RUAS E AVENIDAS, ONDE AINDA NÃO TEM</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Willian Martins Maia, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2825/2825_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2825/2825_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ABRIGOS EM VÁRIOS PONTOS DA SEDE DO MUNICÍPIO, BRM COMO NOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2823/2823_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2823/2823_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.29/2012 DE 29 DE FEVEREIRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL RESIDENCIAL NAS CIDADES DE SÃO JOSÉ DO RIO PRETO-SP E UBERABA-MG, PARA ABRIGAR AS PESSOAS E OS ACOMPANHANTES QUE NECESSITAM DE FICAR POR MAIS DIAS FAZENDO TRATAMENTO.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2824/2824_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2824/2824_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.78/2011 DE 02 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE DOIS MINE CAMPOS DE GRAMA SINTÉTICA NA ÁREA DE LAZER OSVALDO PAULA ASSUNÇÃO NO BAIRRO JARDIM PRIMAVERA, NA CIDADE DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2832/2832_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2832/2832_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.13/2011 DE 07 DE FEVEREIRO E 08 DE 2012 DE 01 DE FEVEREIRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A REFORMA DO POSTO DE SAÚDE DA VILA APARECIDA DO PARANAÍBA(BARBOSA) E VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2831/2831_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2831/2831_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA PARCERIA COM A USINA CARNEIRINHO PARA CONSTRUÇÃO DE CASAS PARA SEUS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2829/2829_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2829/2829_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE IMÓVEL PARA A CONSTRUÇÃO DE LOTEAMENTO EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2830/2830_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2830/2830_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE QUEBRA MOLAS EM TODAS AS RUAS E AVENIDAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2835/2835_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2835/2835_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.64/2011 DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL IMPLANTAR COLETORES DE PILHAS E BATERIAS DE CELULARES INUTILIZADAS PELOS CONSUMIDORES EM PONTO ESTRATÉGICOS DA CIDADE, USANDO O COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2834/2834_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2834/2834_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.68/2010 DE 14 DE MAIO E 44/2012 DE 23 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A ARBORIZAÇÃO DA AV. AMBRAULINO LEANDRO BARBOSA.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2833/2833_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2833/2833_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA IND.117/2011 DE 26 DE JULHO E 69/2012 DE 03 DE MAIO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE BANHEIROS NA PRAÇA ADÉLIA SOARES VILELA NO JD.PRIMAVERA NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2839/2839_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2839/2839_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.161/2011 DE 11 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO FAZER A ABERTURA E LIMPEZA USANDO UMA ESCAVADEIRA, NO CÓRREGO PRÓXIMO AS PROPRIEDADES DO SR.VALDEMAR PEDROSA E SR.ANTONIO LUIZ.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2838/2838_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2838/2838_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.160/2011 DE 11 DE OUTUBRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL FAZER UMA NOVA ESTRADA E MUDAR O LOCAL DO MATA-BURRO QUE DA ACESSO A PROPRIEDADE DO SR.PEDRINHO.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2840/2840_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2840/2840_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.23/2007 DE 02 DE MARÇO QUE SOLICITOU AO SENHOR PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA UM COMBATE AOS PERNILONGOS NA SEDE DE CARNEIRINHO E DISTRITOS.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2848/2848_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2848/2848_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PONTE DE CIMENTO NO CÓRREGO DO RIBEIRÃO DO CEMITÉRIO DIVISA COM MUNICÍPIO DE ITURAMA NA REGIÃO DA RUIVINHA.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2849/2849_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2849/2849_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR OS TERMOS DA INDICAÇÃO N.09/2010 DE 22 DE FEVEREIRO DE MINHA AUTORIA QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE A CONSTRUÇÃO DE UM MATA BURRO NO PROLONGAMENTO DA AV.JACI LIMA DE PAULA QUE DÁ ACESSO AOS CANDINHOS.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2850/2850_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2850/2850_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA PONTE NO CÓRREGO DO PAIOL NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2851/2851_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2851/2851_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE VOLTE A TER OS CURSOS TÉCNICOS DE AÇÚCAR E ÁLCOOL E SEGURANÇA DO TRABALHO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2847/2847_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2847/2847_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS E AVENIDAS PRÓXIMAS AS ESCOLAS MUNICIPAIS E ESTADUAIS DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2857/2857_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2857/2857_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE CESTAS BÁSICA PARA AS FAMÍLIAS CARENTES DO MUNICÍPIO DE CARNEIRINHO NO PERÍODO NATALINO.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2866/2866_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2866/2866_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITANDO A REFORMA DA PONTE E DO BUEIRO NA ESTRADA DO JACARÉ NA PROPRIEDADE DO SR. ALFREDINHO.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.xml</t>
   </si>
   <si>
     <t>EDNA MARTINS MAIA,</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2696/2696_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2696/2696_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR ANGELO MARCONDES DE OLIVEIRA NETO ASSESSOR I DA CÂMARA MUNICIPAL DE CARNEIRINHO, PELOS RELEVANTES SERVIÇOS PRESTADOS EM PARCERIA COM O INTERLEGIS, JUNTO A COMUNIDADE TECNOLOGICA DA INFORMAÇÃO E COMUNICAÇÃO DO LEGISLATIVO NACIONAL DESDE 2005, TENDO COMO OBJETIVOS O COMPARTILHAMENTO DE CONHECIMENTOS E A UTILIZAÇÃO DE CÓDIGOS LIVRES E AUXILIANDO OUTRAS CASA LEGISLATIVAS BRASILEIRAS NO PROCESSO DE MODERNIZAÇÃO. TRATA AINDA DE UM PROFISSIONAL EFICIENTE E EFICAZ NO EXERCÍCIO DA SUA FUNÇÃO, NÃO MEDINDO ESFORÇOS PARA QUE A POPULAÇÃO SEJA BEM ATENDIDA. _x000D_
 </t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2593/2593_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2593/2593_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR GENÉSIO BARBOSA DE FREITAS</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2583/2583_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2583/2583_texto_integral.xml</t>
   </si>
   <si>
     <t>A SENHORA IZABEL CRISTINA CUNHA LONGO</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2594/2594_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2594/2594_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR RIBEIRO JESUS DE ARAÚJO</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>Edna Cristina de Lima</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2595/2595_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2595/2595_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">OS SENHORES PE.LUCIMAR ALVES DE QUEIROZ(CICI), PILAR INÁCIA CENTENO CAROSIO(LALINHA), JOÃO ORESTES CAROSIO(ZOCA), JOÃO DONIZETE DE QUEIROZ(JATOBA) E HERMES ANTONIO MIAN , </t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2589/2589_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2589/2589_texto_integral.xml</t>
   </si>
   <si>
     <t>AOS FUNCINÁROS DA COPASA - SAMUNEL VON ANKEN, MARCIO HERNANDES DAME, EDMAR DE ARO, APARECIDO ALVES BERGAMI, AROLDO GUSTAVO VERDE, EDSON SILVERIO DOMINGUES, MARÇAL ANTUNES MENDONÇA, PAULO NOBRE DOS SANTOS(FÁTIMA DO PONTAL) E ALBERTO FERREIRA DA SILVA JUNIOR(ESTRELA DA BARRA)</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2617/2617_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2617/2617_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR ORLANDO GONÇALVES FILHO (LANDINHO)</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2616/2616_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2616/2616_texto_integral.xml</t>
   </si>
   <si>
     <t>CASAL EURIPEDES CICERO DE PAULA E LEDA FÁTIMA DOS SANTOS.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2618/2618_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2618/2618_texto_integral.xml</t>
   </si>
   <si>
     <t>CASAL EUSTAQUE DE SOUZA E LELIA MARIA BARBOSA.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2622/2622_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2622/2622_texto_integral.xml</t>
   </si>
   <si>
     <t>MARINHO GONÇALVES DE SOUZA E VALMISSE BARBOSA DE SOUZA</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2619/2619_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2619/2619_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHORA SEBASTIANA HONORIO DE MAGALHÃES (TIANA MAGALHÃES) E SEUS FILHOS: MARCIA MAGALHÃES GABRIEL, ANJELA MAGALHÃES GABRIEL E TIAGO HONORIO DE MAGALHÃES.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2643/2643_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2643/2643_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A SENHORA MARIA CONCEIÇÃO RIBEIRO PINHEIRO FERREIRA-PROFESSOARA </t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2642/2642_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2642/2642_texto_integral.xml</t>
   </si>
   <si>
     <t>A SENHORA MARIA MARTHA RIBEIRO CÂNDIDO-PROFESSORA</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2648/2648_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2648/2648_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A SENHORA ELINEIDE BARBOSA FURINE-ASSESSORA ADMINISTRATIVA II </t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2654/2654_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2654/2654_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR JOSÉ FRANCISCO SABION</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2667/2667_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2667/2667_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR ORACINO FLORÊNCIO ROCHA E FAMÍLIA</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR SEBASTIÃO ROBERTO DE SOUZA E FAMÍLIA(TIÃO BARBEIRO).</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2662/2662_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2662/2662_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR ANTONIO CARLOS MOREIRA DA SILVA(PROFESSOR CARLINHO).</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2665/2665_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2665/2665_texto_integral.xml</t>
   </si>
   <si>
     <t>CASAL JOÃO CONCEIÇÃO DE FREITAS E MARIA PEREIRA DAVID FREITAS</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2664/2664_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2664/2664_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHORA ELEONORA VIEIRA DE OLIVEIRA, PROFESSORA</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2663/2663_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2663/2663_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHORA JOSIANE FERREIRA DE FREITAS, PRESIDENTE DA ASSOCIAÇÃO DOS PRODUTORES RURAIS DA ÁGUA AMARELA.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2661/2661_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2661/2661_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A EMPRESA CENTRAL ENERGÉTICA AÇUCAR E ÁLCOOL S/A, EXTENSIVA A TODOS OS DIRETORES E FUNCIONÁRIOS. </t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2695/2695_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2695/2695_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR ADEVAL MACHADO DE LIMA, COMO COMERCIANTE </t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2690/2690_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2690/2690_texto_integral.xml</t>
   </si>
   <si>
     <t>CASAL DONIZETE APARECIDO TARTARO E DÓRIS NOEMI PEREIRA TÁRTARO - PROFESSORES-APOSENTADO.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2691/2691_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2691/2691_texto_integral.xml</t>
   </si>
   <si>
     <t>AO SENHOR ILDO JOSÉ DO NASCIMENTO-PROFESSOR E VICE DIRETOR -</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2689/2689_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2689/2689_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR LUIZ FERNANDO PINHEIRO FERREIRA</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2688/2688_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2688/2688_texto_integral.xml</t>
   </si>
   <si>
     <t>AO SENHOR JERÔNIMO MACHADO DE SOCORRO</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2687/2687_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2687/2687_texto_integral.xml</t>
   </si>
   <si>
     <t>CASAL JOSÉ LUIZ GONZAGA E MARIA QUIRINO DE ALMEIDA, PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2715/2715_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2715/2715_texto_integral.xml</t>
   </si>
   <si>
     <t>AO CASAL GILMAR MACHADO LIMA E WILMA ASSUNÇÃO DE MELO LIMA.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2707/2707_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2707/2707_texto_integral.xml</t>
   </si>
   <si>
     <t>AOS FUNCIONÁRIOS E COLABORES DA APAE: CLEONICE APARECIDO INÁCIO DA SILVA (PRESIDENTE), ANGELA MARIA DE OLIVEIRA (SECRETÁRIA), TÂNIA CRISTINA DE ALMEIDA (SECRETÁRIA), ONILDA FERREIRA COUTINHO (TESOUREIRA), ANA MARIA FRANCISCA DE SOUZA (PROFESSORA), FLÁVIA OLIVEIRA DA SILVA (PROFESSORA), ANGELA DE OLIVEIRA (PROFESSORA), VÂNIA CRISTINA DO CARMO (SUPERVISORA), MAREIDE APARECIDA C. BARBOSA (ASSISTENTE SOCIAL), KÉSSIA MORENO CARMELO (FONOALDIÓLOGA), FLÁVIA TIAGO MARINHO (FISIOTERAPEUTA), DRIELLI DOS REIS COUTINHO (FISIOTERAPEUTA), IVANILDO CIRINO LEITE (COORDENADOR), VALÉRIA FLORÊNCIO ROCHA DA SILVA (COZINHEIRA), THAÍS DE OLIVEIRA (MONITORA) E RAYANE KAROLLINA SOUZA (MONITORA).</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2717/2717_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2717/2717_texto_integral.xml</t>
   </si>
   <si>
     <t>MÁRCIO LUIZ LOPES</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2721/2721_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2721/2721_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A SENHORA LEILA RODRIGUES MEDRADO(PROFESSORA APOSENTADA). </t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2817/2817_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2817/2817_texto_integral.xml</t>
   </si>
   <si>
     <t>AMAURI FERNANDO DOS SANTOS</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2759/2759_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2759/2759_texto_integral.xml</t>
   </si>
   <si>
     <t>VALTAIR APARECIDO DA SILVA, PROPRIETÁRIO DO RESTAURANTE NO AUTO POSTO CARLITOS, EXTENSIVO A TODOS FUNCIONÁRIOS, PRINCIPALMENTE AO EX-FUNCIONÁRIO SILVIO ANTÔNIO DE SOUZA</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2770/2770_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2770/2770_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SARGENTO MARCOS JOSÉ VIEIRA TORRES, EXTENSIVO AOS DEMAIS POLICIAIS QUE AJUDARAM NA REFORMA DO DESTACAMENTO DA POLICIA MILITAR DE CARNEIRINHO E PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO DESTE MUNICÍPIO, SEMPRE </t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2777/2777_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2777/2777_texto_integral.xml</t>
   </si>
   <si>
     <t>A SENHORA ABÍLIA BATISTA DE OLIVEIRA</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2776/2776_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2776/2776_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> A BANDA HEROS </t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2799/2799_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2799/2799_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A SENHORA MARIA MARVINA CARDOSO (FUNCIONÁRIA APOSENTADA), </t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2878/2878_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2878/2878_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMETNO AO DR. ELENBERG CHAVES DE PAULA</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2853/2853_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2853/2853_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR IZAÚ VILELA MACHADO</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2852/2852_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2852/2852_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHORA LUCIANA APARECIDA DE OLIVEIRA</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>Gerson Ferrari, Cacildo Adolfo de Queiroz, Edna Cristina de Lima, Joaquim Madalena Severino de Almeida, Luís Antônio da Silva, Mauri Oliveira, Ricardo Vilela Perroni, Sirvaldo Socorro de Toledo, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2860/2860_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2860/2860_texto_integral.xml</t>
   </si>
   <si>
     <t>ALFREDO TIAGO DE SOUZA (SARGENTO TIAGO)</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2865/2865_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2865/2865_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR OSCAR JOSÉ DE OLIVERIA</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2876/2876_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2876/2876_texto_integral.xml</t>
   </si>
   <si>
     <t>WILSON LIMA MENEZES</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2874/2874_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2874/2874_texto_integral.xml</t>
   </si>
   <si>
     <t>Luiz Otávio Vilela Soares</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2877/2877_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2877/2877_texto_integral.xml</t>
   </si>
   <si>
     <t>moção de aplauso e reconhecimento aos funcionários da Câmara Municipal de Carneirinho</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2806/2806_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2806/2806_texto_integral.xml</t>
   </si>
   <si>
     <t>AOS SOLDADOS DA POLÍCIA MILITAR DO ESTADO DE MINAS GERAIS, OS SENHORES SAULLO BERNARDES DE OLIVEIRA E THIAGO EMANUELL BRASIL FARIA</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2811/2811_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2811/2811_texto_integral.xml</t>
   </si>
   <si>
     <t>AOS SOLDADOS DA POLÍCIA MILITAR DO ESTADO DE MINAS GERAIS OS SENHORES SAULO BERNARDES DE OLIVEIRA E THIAGO EMANUELL BRASIL FARIA</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2802/2802_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2802/2802_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> SENHORA ANTONIA ROSA DA COSTA</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2746/2746_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2746/2746_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO SENHOR JOSÉ CARLOS DE OLIVEIRA PIMENTA.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2836/2836_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2836/2836_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO DOUTOR JOSÉ GUILHERME DA SILVA.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIIRNHO-MG, AO DOUTOR PAULO VALENTIM DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>CONCEDE TITILO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG AO SENHOR LUÍS ANTÔNIO DA SILVA.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>CONCEDE TITILO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG AO SENHOR ARSÊNIO LPURENÇO.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO SENHOR DOUTOR CLODOALDO SOARES.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
@@ -2161,75 +2161,75 @@
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>PROIBE O TRÂNSITO DE VEÍCULOS AUTOMOTOR TREMIMHÕES QUE TRANSPORTAM CANA DE AÇUCAR NA SEDE DO MUNICÍPIO DE CARNEIRINHO E NOS DISTRITOS.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2625/2625_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2625/2625_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGA O ART.12 E § 1 DA LEI N.1.057/10.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2720/2720_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2720/2720_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERAIS, PARA A LEGISLATURA DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDTO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II E III DA LEI N.1.039, DE 15 DE DEZEMBRO DE 2009, MODIFICADO PELA LEI N.1.134, DE 27 DE DEZEMBRO DE 2011._x000D_
 AUTOR(ES): PODER EXECUTIVO</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2013._x000D_
 </t>
   </si>
   <si>
@@ -2251,51 +2251,51 @@
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>INCLUI ÁREA DE TERRAS RURAIS NO PERÍMETRO URBANO DA CIDADE DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL NA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2783/2783_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2783/2783_texto_integral.doc</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>ACRESCE VAGA AO CARGO DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>ALTERA AS DOTAÇÕES ORÇAMENTÁRIAS CONSTANTES DOS ARTS.1.2., DA LEI N.1.144,DE 04 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>ALTERA O ART.1., DA LEI N.1.043/09, ANTERIORMENTE ALTERADA PELA LEI N.1.093/10 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>2807</t>
   </si>
@@ -2362,734 +2362,734 @@
   <si>
     <t>INSTITUI A MODALIDADE DE ENSINO EDUCAÇÃO ESPECIAL/ATENDIMENTO EDUCACIONAL ESPECIALIZADO(AEE)NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL,CRIA A ASSESSORIA DE EDUCAÇÃO ESPECIAL DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE CARNEIRINHO/MG,CAEDD-CENTRO DE ATENDIMENTO EDUCACIONAL - DIREITO À DIVERSIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DE ÓRGÃOS E OS ANEXOS II E III DA LEI N.1.039, DE 15 DE DEZEMBRO DE 2009, MODIFICADOS PELAS LEIS N.1.134, DE 27 DE DEZEMBRO DE 2011 E 1.147, DE 19 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ART.14 E OS ANEXOS I E II DA LEI N.1.148/12.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2718/2718_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2718/2718_texto_integral.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a participação de vereadores no curso de oratória para profissionais, nos dias 18 e 19 de Abril de 2012, em Uberlândia, Minas Gerais.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2719/2719_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2719/2719_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA   O   SUBSÍDIO   E   DISPÕE   SOBRE   O PAGAMENTO DE PARCELAS   INDENIZATÓRIAS AOS VEREADORES DA CÂMARA MUNICIPAL DE CARNEIRINHO,  PARA A LEGISLATURA DE 2013 A 2016.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2791/2791_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2791/2791_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2745/2745_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2745/2745_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 28 DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2596/2596_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2596/2596_texto_integral.xml</t>
   </si>
   <si>
     <t>ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE A CÓPIA DO RELATÓRIO CONCLUSIVO DA INSPEÇÃO EMITIDO PELOS AUDITORES DA SECRETARIA ESTADUAL DE SAÚDE A RESPEITO DA UTILIZAÇÃO DAS VERBAS DO SISTEMA ÚNICO DE SAÚDE - SUS REALIZADA EM 2011.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2597/2597_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2597/2597_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE O FORNECIMENTO DE RECIBOS DE PAGAMENTO DE SALÁRIOS (OLERITE) AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2587/2587_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2587/2587_texto_integral.xml</t>
   </si>
   <si>
     <t>COLOCAR AS PLACAS DE IDENTIFAÇÃO DAS RUAS E BAIRROS NOS BAIRROS JOAQUIM LUIZ FERREIRA E MARIA HONÓRIA DE QUEIROZ E DAR MANUTENÇÃO ONDE JA POSSUI AS PLACAS MAS ESTÃO DANIFICADAS E ATÉ ARRANCADAS.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2603/2603_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2603/2603_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.JOÃO BATSITA DE JESUS, OCORRIDO DIA 05 / 02 / 2012 , EM ITURAMA MG.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo, Edna Cristina de Lima</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2602/2602_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2602/2602_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.RAMILIO PAES DE ALMEIDA, OCORRIDO DIA 09 / 01 / 2012 , EM SÃO SEBASTÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2601/2601_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2601/2601_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA.EVA LIBÂNIA DE OLEMA, OCORRIDO DIA 10 / 01 / 2012 , EM LIMEIRA DO OESTE/MG.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2604/2604_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2604/2604_texto_integral.xml</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTÁ CASA LEGISLATIVA EXPLICAÇÕES SOBRE O CONVÊNIO COM A FACULDADE ALDETE MARIA ALVES DE ITURAMA-MG, CASO TENHA SIDO SUSPENSO QUE SEJA REATIVADO O MAIS RÁPIDO POSSÍVEL.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2613/2613_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2613/2613_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CÓPIA DO PROCESSO LICITATÓRIO PARA REFORMA DO BALNEÁRIO GILOMÉ MACHADO DE QUEIROZ QUE OCORREU NO FINAL DO ANO DE 2011, BEM COMO A PRESTAÇÃO DE CONTAS DOS GASTOS REALIZADO DURANTE A REFORMA. </t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz, Gerson Ferrari, Luís Antônio da Silva, Ricardo Vilela Perroni, Sirvaldo Socorro de Toledo, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2607/2607_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2607/2607_texto_integral.xml</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SR.JONAS GONÇALVES DE LIMA, OCORRIDO DIA 11/ 02 / 2012 , EM JALES SP.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.xml</t>
   </si>
   <si>
     <t>FALECIMENTO DO SR.JOÃO SEVERINO ALVES, OCORRIDO DIA 13/02/2012 ,EM SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni, Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2623/2623_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2623/2623_texto_integral.xml</t>
   </si>
   <si>
     <t>RELAÇÃO DE DOCUMENTOS REFERENTE A PRESTAÇÃO DE CONTAS DA DIÁRIAS E ADIANTAMENTOS DE VIAGEM EM NOME DA SECRETÁRIA MUNICIPAL DE SAÚDE "JUSSARA SOLER DE QUEIROZ", REFERENTE AOS MESES DE NOVEMBRO, DEZEMBRO/2011 E JANEIRO/2012.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2624/2624_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2624/2624_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REINTEGRE O SERVIDOR PÚBLICO "JOSÉ CARIAS DA ROCHA" AO QUADRO DE FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE SAÚDE. </t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2630/2630_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2630/2630_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENVIE A ESTA CASA LEGISLATIVA A PRESTAÇÃO DE CONTAS DO CARNAVAL REALIZADO EM FEVEREIRO DE 2012._x000D_
 </t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2640/2640_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2640/2640_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SR ABRÃO PÁDUA SOUZA, OCORRIDO DIA 19/02/2012, NA CIDADE DE UBERABA-MG._x000D_
 </t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2639/2639_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2639/2639_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SR ROQUE MAIA DE MATOS, OCORRIDO DIA 13/02/2012, NA CIDADE DE CAMPINAS-SP._x000D_
 </t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2629/2629_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2629/2629_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CÓPIA DO CONTRATO DO PREGÃO ELETÔNICO N.04/2012 - CONTRATAÇÃO DE PESSOA JURIDICA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ASSESSORIA E CONSULTORIA ADMINISTRATIVA JUNTO A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO - DEPARTAMENTO DE RECURSOS HUMANOS._x000D_
 </t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2647/2647_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2647/2647_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SRA.IVANILDA BARBOSA DE TOLEDO, OCORRIDO DIA 02/ MARÇO / 2012 , EM FERNANDÓPOLIS SP._x000D_
 </t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2649/2649_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2649/2649_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL DE CARNEIRINHO E A FIRMA DE LIMPEZA URBANA BRASIL LIMP._x000D_
 </t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2650/2650_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2650/2650_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 3ª. (TERCEIRA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SRA AURORA BORGES DA SILVA CORREA, OCORRIDO DIA 26 / 02 / 2012 , EM SÃO JOSÉ DO RIO PRETO.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2671/2671_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2671/2671_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 4ª. (QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRª ANA FERREIRA DE JESUS, OCORRIDO DIA 17/03/2012, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2672/2672_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2672/2672_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 4ª. (QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR NEIMAR APARECIDO DA SILVA, OCORRIDO DIA 17/03/2012, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2670/2670_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2670/2670_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 4ª. (QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRª SEBASTIANA MALVINA DA CUNHA, OCORRIDO DIA 09/03/2012, NA CIDADE DE JALES-SP.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2684/2684_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2684/2684_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SR.OLAVO BARBOSA, OCORRIDO DIA 21/03/2012 , EM PARANAIBA MT._x000D_
 </t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2681/2681_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2681/2681_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SRA. MARIA APARECIDA ROCHA, OCORRIDO DIA 26 / 03 / 2012, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2679/2679_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2679/2679_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DOS SENHORES CARLOS ROBERTO ALVES E JOSÉ ALVES, OCORRIDO DIA 22/03/12 , EM BARRETOS SP._x000D_
 </t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2673/2673_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2673/2673_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SR. ARGELINO FERREIRA ROCHA, OCORRIDO DIA 27 /03/ 12 , NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2698/2698_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2698/2698_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE VIABILIZE JUNTO AS AUTORIDADES COMPETENTE A PERMISSÃO PARA SOM AUTOMOTIVO NO DIA 29/04/12(DOMINGO) ATÉ ÀS 20 HORAS,TENDO EM VISTA AS COMEMORAÇÕES DO ANIVERSARIO DE EMANCIPAÇÃO POLÍTICO ADMINISTRATIVA DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2714/2714_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2714/2714_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE TRÊS ESCADAS DE ALUMINIO PARA A VIGILÂNCIA EPDEMIOLOGICA DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2703/2703_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2703/2703_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SRª. GERÔNIMA MARIA DE JESUS, OCORRIDO DIA 19/03/2012, NA CIDADE DE SANTA VITÓRIA._x000D_
 </t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>Willian Martins Maia, Gerson Ferrari, Joaquim Madalena Severino de Almeida, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2702/2702_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2702/2702_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">OSMAIR SOCORRO DOS SANTOS, OCORRIDO DIA 13/04/2012, NO MUNICÍPIO DE LIMEIRA DO OESTE-MG._x000D_
 </t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2742/2742_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2742/2742_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 07/05/2012, PELO FALECIMENTO DO DR. JOSÉ FERREIRA DA MAIA (CAZECA), OCORRIDO DIA 24/04/2012, NA CIDADE DE FERNANDÓPOLIS-SP.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2722/2722_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2722/2722_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">FALECIMENTO DA SRª. GENI BORTOLOZO MORENO, OCORRIDO DIA 16/04/2012, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2743/2743_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2743/2743_texto_integral.xml</t>
   </si>
   <si>
     <t>ODÉLIO TEIXEIRA DA COSTA, OCORRIDO DIA 16/04/2012, NA CIDADE DE BARRETOS-SP</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2734/2734_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2734/2734_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SIRLENE CASTRO SOUZA, OCORRIDO DIA 22/04/2012, NA CIDADE DE ITURAMA-MG._x000D_
 </t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2744/2744_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2744/2744_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SR. JOSÉ MIGUEL DA SILVA, OCORRIDO DIA 02/05/2007, NETE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2730/2730_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2730/2730_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE CONTAS REFERENTE AS COMEMORAÇÕES DOS 20 ANOS DE EMANCIPAÇÃO POLITICA ADMINISTRATIVO DE CARNEIRINHO, INCLUINDO OS EVENTOS: DÉCIMA PRIMEIRA EXPOCAR, VIGÉSIMA FESTA DO PEÃO E CHURRASCO POPULAR, REALIZADOS NOS DIAS 25 A 29 DE ABRIL DE 2012. _x000D_
 </t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2755/2755_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2755/2755_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 8ª. (OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 21/05/2012, PELO FALECIMENTO DO SR. ARLINDO CÔRREA DE LIMA, OCORRIDO DIA 07/05/2012, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2747/2747_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2747/2747_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 8ª. (OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 21/05/2012, PELO FALECIMENTO DA SRª. IRENE ALVES BORGES, OCORRIDO DIA 14/05/2012, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2749/2749_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2749/2749_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 8ª. (OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 21/05/2012, PELO FALECIMENTO DA SRª. MARIA GONÇALVES GANANCIN, OCORRIDO DIA 13/05/2012, NA CIDADE DE AURIFLAMA-SP</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2751/2751_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2751/2751_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 8ª. (OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRª APARECIDA FANTINI MIAN, OCORRIDO DIA 15/05/2012, NA CIDADE DE FERNANDÓPOLIS-S</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2750/2750_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2750/2750_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 8ª. (OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR ERMINDO LEMES DA SILVA (ERMINDO CABURÉ), OCORRIDO DIA 19/05/2012, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2762/2762_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2762/2762_texto_integral.xml</t>
   </si>
   <si>
     <t>JOVEM JEFFERSON DIAS DOS SANTOS, OCORRIDO DIA 31/ 05/ 2012, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2761/2761_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2761/2761_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA. ANDRÉA SANTANA ALVES, OCORRIDO DIA 30/ 05/ 2012 , EM CAMPINAS SP.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2771/2771_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2771/2771_texto_integral.xml</t>
   </si>
   <si>
     <t>SRª. MARIA TORO MENDES, OCORRIDO DIA 03/06/2012, NA CIDADE DE UBERABA-MG.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2778/2778_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2778/2778_texto_integral.xml</t>
   </si>
   <si>
     <t>MINUTIO DE SILÊNCIO DO SR. GUMERCINDO NEVES SOBRINHO</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2782/2782_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2782/2782_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">	BENIGNO FELICIANO </t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2794/2794_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2794/2794_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.ORIZON MOREIRA DA SILVA, OCORRIDO DIA 27 / 06 / 2012 , EM CARNEIRINHO</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2795/2795_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2795/2795_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> SR. ANTÔNIO ALVES RIBEIRO, OCORRIDO DIA 26/06/2012, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2788/2788_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2788/2788_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA MARIA DIVINA PEREIRA MACEDO, OCORRIDO DIA 27 / 07 / 2012 , NESTA CIDADE.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2787/2787_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2787/2787_texto_integral.xml</t>
   </si>
   <si>
     <t>SR. ILIOEL DE OLIVEIRA NUNES, OCORRIDO DIA 07 / 07 /2012, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2785/2785_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2785/2785_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.JOAQUIM ALVES GONÇALVES, OCORRIDO DIA 27 / 07 / 2012 , EM FERNANDÓPOLIS SP.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2796/2796_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2796/2796_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.SATILHO PEREIRA DOS SANTOS, OCORRIDO DIA 25 / 07/ 2012 ,EM JALES SP.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2797/2797_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2797/2797_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> SR.GALDINO PEREIRA (DINICO), OCORRIDO DIA 02 /08 / 2012 ,EM PARANAÍBA MT.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2798/2798_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2798/2798_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA MÁRCIA CRISTINA GIROTTO, OCORRIDO DIA 22 / 07/ 2012 , NESTA CIDADE.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2803/2803_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2803/2803_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> SR.ISRAEL DOMINGOS MARINHO/ OCORRIDO DIA 05/ 08 / 2012 , EM UBERABA MG.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2816/2816_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2816/2816_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 13ª. (DÉCIMA TERCEIRA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR JOSÉ CARLOS DIAS, OCORRIDO DIA 29/ 08/ 2012 , NESTA CIDADE.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2815/2815_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2815/2815_texto_integral.xml</t>
   </si>
   <si>
     <t>FORMALIZAR CONVÊNIOS COM A SANTA CASA DE FERNANDÓPOLIS, JALES E SÃO JOSÉ DO RIO PRETO. BEM COMO PRESTAR BOM ATENDIMENTO NO AMBULATÓRIO VICENTE SEVERINO DE SOCORRO E NOS PSF. SALIENTA-SE TAMBÉM QUE MELHORE OS TRANSPORTES. PRINCIPALMENTE QUANTO AO TRANSPORTE ESCOLAR DIGNO DOS ESTUDANTES DA ZONA RURAL E UNIVERSITÁRIO E MANUTENÇÃO DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2828/2828_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2828/2828_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA JOVELINA SILVA SOUZA, OCORRIDO DIA _17/ 09/ 2012 , EM BRASITÂNIA SP.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2837/2837_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2837/2837_texto_integral.xml</t>
   </si>
   <si>
     <t>SR ADÃO ANDRÉ, OCORRIDO DIA 02/ 10/ 2012, EM ALEXANDRITA MG.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2854/2854_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2854/2854_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA ZILDA CASAGRANDE</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2855/2855_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2855/2855_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR. CLÓVIS GOMES - POPULAR CLOVÃO DA BARBOSA , OCORRIDO DIA 29/10/2012, NA CIDADE DE UBERLÂNDIA-MG.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2856/2856_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2856/2856_texto_integral.xml</t>
   </si>
   <si>
     <t>ATRAVÉS DO DEPARTAMENTO PESSOAL A RELAÇÃO CONTENDO O NOME DOS FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, BEM COMO DAS DATAS DO CONCURSO, DA POSSE E DA TRANSFERÊNCIA, QUE FORAM CONCURSADOS PARA PRESTAR SERVIÇO EM UM LOCAL E POSTERIORMENTE FORAM TRANSFERIDOS PARA OUTRO LOCAL.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2858/2858_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2858/2858_texto_integral.xml</t>
   </si>
   <si>
     <t>SR.VICENTE CENTENA MAIOR, OCORRIDO DIA 12 / 11 / 2012, EM JALES SP.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2859/2859_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2859/2859_texto_integral.xml</t>
   </si>
   <si>
     <t>SRA ORLANDINA MARTINS DE FREITAS, OCORRIDO DIA 14 / 11/ 2012,EM ITURAMA MG.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2862/2862_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2862/2862_texto_integral.xml</t>
   </si>
   <si>
     <t>Valdemar Alexandre Junior</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2863/2863_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2863/2863_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA JOSÉ CÂNDIDA </t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2864/2864_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2864/2864_texto_integral.xml</t>
   </si>
   <si>
     <t>SENHOR VILMAR LEMES GONÇALVES</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>Gerson Ferrari, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2875/2875_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2875/2875_texto_integral.xml</t>
   </si>
   <si>
     <t>Virgilino Quirino da Silva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3396,67 +3396,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2598/2598_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2599/2599_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2591/2591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2590/2590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2588/2588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2586/2586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2585/2585_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2584/2584_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2582/2582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2620/2620_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2614/2614_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2612/2612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2615/2615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2608/2608_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2609/2609_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2610/2610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2605/2605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2641/2641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2627/2627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2638/2638_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2637/2637_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2636/2636_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2635/2635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2631/2631_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2668/2668_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2628/2628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2634/2634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2633/2633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2632/2632_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2646/2646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2644/2644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2645/2645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2694/2694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2655/2655_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2652/2652_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2660/2660_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2659/2659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2658/2658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2656/2656_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2657/2657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2682/2682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2669/2669_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2693/2693_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2692/2692_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2686/2686_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2685/2685_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2683/2683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2678/2678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2677/2677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2676/2676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2675/2675_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2674/2674_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2680/2680_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2710/2710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2709/2709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2708/2708_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2701/2701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2711/2711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2713/2713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2712/2712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2706/2706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2705/2705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2704/2704_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2741/2741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2740/2740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2739/2739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2738/2738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2737/2737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2736/2736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2735/2735_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2732/2732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2731/2731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2729/2729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2752/2752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2753/2753_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2754/2754_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2760/2760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2769/2769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2768/2768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2767/2767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2766/2766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2765/2765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2764/2764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2763/2763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2775/2775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2774/2774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2773/2773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2780/2780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2779/2779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2781/2781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2789/2789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2790/2790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2786/2786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2801/2801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2800/2800_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2813/2813_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2814/2814_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2812/2812_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2821/2821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2820/2820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2819/2819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2825/2825_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2823/2823_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2824/2824_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2832/2832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2831/2831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2829/2829_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2830/2830_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2835/2835_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2834/2834_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2833/2833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2839/2839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2838/2838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2840/2840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2848/2848_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2849/2849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2850/2850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2851/2851_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2847/2847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2857/2857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2866/2866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2696/2696_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2593/2593_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2583/2583_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2594/2594_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2595/2595_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2589/2589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2617/2617_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2616/2616_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2618/2618_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2622/2622_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2619/2619_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2643/2643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2642/2642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2648/2648_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2654/2654_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2667/2667_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2662/2662_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2665/2665_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2664/2664_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2663/2663_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2661/2661_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2695/2695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2690/2690_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2691/2691_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2689/2689_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2688/2688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2687/2687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2715/2715_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2707/2707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2717/2717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2721/2721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2817/2817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2759/2759_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2770/2770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2777/2777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2776/2776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2799/2799_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2878/2878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2853/2853_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2852/2852_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2860/2860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2865/2865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2876/2876_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2874/2874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2877/2877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2806/2806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2811/2811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2802/2802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2836/2836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2625/2625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2720/2720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2783/2783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2718/2718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2791/2791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2596/2596_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2597/2597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2587/2587_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2603/2603_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2602/2602_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2601/2601_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2604/2604_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2613/2613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2607/2607_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2623/2623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2624/2624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2630/2630_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2640/2640_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2639/2639_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2629/2629_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2647/2647_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2649/2649_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2650/2650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2671/2671_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2672/2672_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2670/2670_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2684/2684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2681/2681_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2679/2679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2673/2673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2698/2698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2714/2714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2703/2703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2702/2702_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2742/2742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2722/2722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2743/2743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2734/2734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2744/2744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2730/2730_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2755/2755_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2747/2747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2749/2749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2751/2751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2750/2750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2762/2762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2761/2761_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2771/2771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2778/2778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2782/2782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2794/2794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2795/2795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2788/2788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2787/2787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2785/2785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2796/2796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2797/2797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2798/2798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2803/2803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2816/2816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2815/2815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2828/2828_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2837/2837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2854/2854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2855/2855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2856/2856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2858/2858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2859/2859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2862/2862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2863/2863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2864/2864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2875/2875_texto_integral.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2598/2598_texto_integral.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2599/2599_texto_integral.xml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2591/2591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2600/2600_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2590/2590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2588/2588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2586/2586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2585/2585_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2584/2584_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2582/2582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2581/2581_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2620/2620_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2614/2614_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2612/2612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2615/2615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2608/2608_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2609/2609_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2610/2610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2606/2606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2605/2605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2641/2641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2627/2627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2638/2638_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2637/2637_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2636/2636_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2635/2635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2631/2631_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2668/2668_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2628/2628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2634/2634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2633/2633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2632/2632_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2646/2646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2644/2644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2645/2645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2694/2694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2655/2655_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2652/2652_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2660/2660_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2659/2659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2658/2658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2656/2656_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2657/2657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2682/2682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2669/2669_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2693/2693_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2692/2692_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2686/2686_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2685/2685_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2683/2683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2678/2678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2677/2677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2676/2676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2675/2675_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2674/2674_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2680/2680_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2710/2710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2709/2709_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2708/2708_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2701/2701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2711/2711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2713/2713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2712/2712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2706/2706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2705/2705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2704/2704_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2741/2741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2740/2740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2739/2739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2738/2738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2737/2737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2736/2736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2735/2735_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2732/2732_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2731/2731_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2729/2729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2752/2752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2753/2753_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2754/2754_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2760/2760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2769/2769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2768/2768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2767/2767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2766/2766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2765/2765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2764/2764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2763/2763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2775/2775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2774/2774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2773/2773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2780/2780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2779/2779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2781/2781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2789/2789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2790/2790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2786/2786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2801/2801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2800/2800_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2813/2813_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2814/2814_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2812/2812_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2821/2821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2820/2820_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2819/2819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2825/2825_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2823/2823_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2824/2824_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2832/2832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2831/2831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2829/2829_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2830/2830_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2835/2835_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2834/2834_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2833/2833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2839/2839_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2838/2838_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2840/2840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2848/2848_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2849/2849_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2850/2850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2851/2851_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2847/2847_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2857/2857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2866/2866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2592/2592_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2696/2696_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2593/2593_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2583/2583_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2594/2594_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2595/2595_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2589/2589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2617/2617_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2616/2616_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2618/2618_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2622/2622_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2619/2619_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2643/2643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2642/2642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2648/2648_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2654/2654_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2667/2667_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2666/2666_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2662/2662_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2665/2665_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2664/2664_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2663/2663_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2661/2661_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2695/2695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2690/2690_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2691/2691_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2689/2689_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2688/2688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2687/2687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2715/2715_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2707/2707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2717/2717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2721/2721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2817/2817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2759/2759_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2770/2770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2777/2777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2776/2776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2799/2799_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2878/2878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2853/2853_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2852/2852_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2860/2860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2865/2865_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2876/2876_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2874/2874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2877/2877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2806/2806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2811/2811_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2802/2802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2836/2836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2625/2625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2720/2720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2783/2783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2718/2718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2791/2791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2596/2596_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2597/2597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2587/2587_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2603/2603_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2602/2602_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2601/2601_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2604/2604_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2613/2613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2607/2607_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2611/2611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2623/2623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2624/2624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2630/2630_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2640/2640_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2639/2639_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2629/2629_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2647/2647_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2649/2649_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2650/2650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2671/2671_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2672/2672_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2670/2670_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2684/2684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2681/2681_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2679/2679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2673/2673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2698/2698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2714/2714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2703/2703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2702/2702_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2742/2742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2722/2722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2743/2743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2734/2734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2744/2744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2730/2730_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2755/2755_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2747/2747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2749/2749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2751/2751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2750/2750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2762/2762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2761/2761_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2771/2771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2778/2778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2782/2782_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2794/2794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2795/2795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2788/2788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2787/2787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2785/2785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2796/2796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2797/2797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2798/2798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2803/2803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2816/2816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2815/2815_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2828/2828_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2837/2837_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2854/2854_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2855/2855_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2856/2856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2858/2858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2859/2859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2862/2862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2863/2863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2864/2864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2012/2875/2875_texto_integral.xml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H288"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>