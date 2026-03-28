--- v0 (2025-10-04)
+++ v1 (2026-03-28)
@@ -54,3611 +54,3611 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.doc</t>
   </si>
   <si>
     <t>A DOAÇÃO DE CESTAS DE MATERIAIS DE CONSTRUÇÃO AS PESSOAS QUE FORAM CONTEMPLADAS COM TERRENOS PELA MUNICIPALIDADE NAS GESTÕES ANTERIORES E QUE NÃO EDIFICARAM AS SUAS CASAS.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1348/1348_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1348/1348_texto_integral.doc</t>
   </si>
   <si>
     <t>APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DÊ CONTINUIDADE AO PROGRAMA BOLSA ESTÁGIO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1349/1349_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1349/1349_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PROVIDENCIE CONVÊNIO COM EMPRESA DE ASSISTÊNCIA À SAÚDE PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mauri Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1357/1357_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1357/1357_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A IMPLANTAÇÃO DA COLETA SELETIVA NO MUNICÍPIO DE CARNEIRINHO, ESTADO DE MINAS GERIAS. </t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1356/1356_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1356/1356_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO OU LOCAÇÃO DE UM IMÓVEL RESIDENCIAL NA CIDADE DE BARRETOS-SP, PARA ABRIGAR AS PESSOAS PORTADORAS DE CÂNCER E ACOMPANHANTES, QUE ESTEJAM FAZENDO TRATAMENTO.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE CASAS OU TERRENOS AS FAMÍLIAS MENOS FAVORECIDAS DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Luís Antônio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1364/1364_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1364/1364_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM VELÓRIO MUNICIPAL NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1365/1365_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1365/1365_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MATADOURO MUNICIPAL NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1366/1366_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1366/1366_texto_integral.xml</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO ASFÁLTICA DA RUA SÃO LUIZ ATÉ O CEMITÉRIO E O PROLONGAMENTO DESTA RUA ATÉ A TECELAGEM, BEM COMO A SUA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA PROVIDENCIAR PULVERIZAÇÃO DA SEDE E DISTRITOS NO COMBATE AO MOSQUITO AEDES AEGYPTI TRANSMISSOR DA DENGUE COM A CAMINHONETE FUMACÊ.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.xml</t>
   </si>
   <si>
     <t>SOLICITAR A ABERTURA DE UMA ESTRADA QUE LIGA A VILA APARECIDA DO PARANAÍBA A RODOVIA QUE DÁ ACESSO A USINA CORURIPE DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1352/1352_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1352/1352_texto_integral.xml</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO ASFÁLTICA RUAS E AVENIDAS DOS BAIRROS JOAQUIM LUIZ FERREIRA E MARIA HONÓRIO QUEIROZ, AMBOS NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1361/1361_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1361/1361_texto_integral.xml</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE FARMÁCIAS MUNICIPAIS NOS DISTRITOS E VILAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1363/1363_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1363/1363_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA, REDE ÁGUA, ESGOTO, GALERIAS PLUVIAIS, MEIO FIO, GUIAS DE SARJETAS E REDE ELÉTRICA DOS BAIRROS SÃO JOSÉ E SAGRADO CORAÇÃO DE JESUS E DO PROLONGAMENTO DA RUA ÁGUA LIMPA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1362/1362_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1362/1362_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO E INSTALAÇÃO DA COMARCA CARNEIRINHO, INTEGRADA PELOS MUNICÍPIOS DE CARNEIRINHO E DE LIMEIRA DO OESTE, CRIADA PELA LEI COMPLEMENTAR 105, DE 14 DE AGOSTO DE 2008.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Edna Cristina de Lima</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1358/1358_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1358/1358_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA ÁREA DE LAZER NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1359/1359_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1359/1359_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DISPONIBILIZE UM ÔNIBUS PARA TRANSPORTAR OS APOSENTADOS ATÉ A SEDE DO MUNICÍPIO PARA RECEBEREM SEUS PROVENTOS, A CADA INÍCIO DE MÊS.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1367/1367_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1367/1367_texto_integral.xml</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PROFESSOR DE EDUCAÇÃO FÍSICA PARA MINISTRAR AULAS DE NOÇÕES BÁSICAS DE FUTEBOL, VOLEIBOL, E DEMAIS MODALIDADES, BEM COMO TREINAR AS CRIANÇAS, ADOLESCENTES E JOVENS QUE PRATICAM ESTE ESPORTE NOS DISTRITO E NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA PARCERIA COM O SENHOR EDUARDO BENEDITO DE OLIVEIRA, NO SENTIDO DE MANTER DIARIAMENTE TRANSPORTE COLETIVO DO DISTRITO DE ESTRELA DA BARRA PARA A SEDE DO MUNICÍPIO E RETORNO AO FINAL DO DIA.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.xml</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTORES DE VELOCIDADES NAS AVENIDAS OSVALDO PAULA DE ASSUNÇÃO, SÃO JOAQUIM DO TRIÂNGULO E OZIEL PEREIRA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1381/1381_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1381/1381_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CASA POPULARES NO DISTRITO DE ESTRELA DA BARRA, PRIORIZANDO AS PESSOAS QUE FORAM CONTEMPLADAS COM A DOAÇÃO DE TERRENOS PELA GESTÃO PASSADA E TAMBÉM AS PESSOAS QUE JÁ POSSUEM O LOTE E QUE NÃO TEM CONDIÇÃO DE CONSTRUIR SUA RESIDÊNCIA.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1382/1382_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1382/1382_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CASAS POPULARES NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRIORIZANDO AS PESSOAS QUE FORAM CONTEMPLADAS COM A DOAÇÃO DE TERRENOS PELA GESTÃO PASSADA E TAMBÉM AS PESSOAS QUE JÁ POSSUEM CASA DE TÁBUA E QUE NÃO TEM CONDIÇÃO DE CONSTRUIR SUA RESIDÊNCIA DE ALVENARIA.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1383/1383_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1383/1383_texto_integral.xml</t>
   </si>
   <si>
     <t>ALTERAR O PISO SALARIAL DOS MOTORISTAS, AUXILIARES DE SERVIÇOS GERAIS E URBANOS.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1389/1389_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1389/1389_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A AQUISIÇÃO DE QUATRO AMBULÂNCIAS PARA ATENDER A MUNICIPALIDADE, SENDO UMA PARA CADA DISTRITO E OUTRA PARA A SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1391/1391_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1391/1391_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A ELABORAÇÃO DE PROJETO DE LEI FIXANDO O PISO SALARIAL EM R$ 950 REAIS, CONFORME PREVÊ A LEI FEDERAL Nº 11.738/2008, DE 16 DE JULHO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1392/1392_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1392/1392_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE UMA QUADRA NAS DEPENDÊNCIAS DA ESCOLA MUNICIPAL VICENTE LUIZ ALVES._x000D_
 </t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1384/1384_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1384/1384_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE RETORNE O MAQUINÁRIO (MOTO NIVELADORA,  PÁ CARREGADEIRA, CAMINHÕES BASCULANTES E TRATOR COM TERRACIADOR) ANTERIORMENTE EXISTENTE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1395/1395_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1395/1395_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE VIABILIZE O MAIS RÁPIDO POSSÍVEL A MANUTENÇÃO DA INTERNET COMUNITÁRIA VIA RÁDIO DISPONIBILIZADA A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1385/1385_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1385/1385_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O REPASSE DE SUBVENÇÕES SOCIAIS PARA TODAS AS ASSOCIAÇÕES E COMUNIDADES RURAIS DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1386/1386_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1386/1386_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A DISPONIBILIZAÇÃO DOS TRATORES TRAÇADOS PARA PRESTAR SERVIÇOS AOS PRODUTORES RURAIS DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1387/1387_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1387/1387_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE ABRIGOS PARA PASSAGEIROS NOS SEGUINTES LOCAIS: NA MGT 497, UM NA ENTRADA PARA A SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, UM NA ENTRADA DA VILA GRACILÂNDIA E OUTRO NA SAÍDA DA SEDE DO MUNICÍPIO SENTIDO AO DISTRITO DE ESTRELA DA BARRA. _x000D_
 </t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1396/1396_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1396/1396_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE LOMBADAS RUA MATO GROSSO, RUA BOM SUCESSO E EM FRENTE A CRECHE MUNICIPAL NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, MUNICÍPIO DE CARNEIRINHO. _x000D_
 </t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1393/1393_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1393/1393_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DISPONIBILIZE UM CAMINHÃO PIPA PARA ATENDER AS NECESSIDADES DOS MORADORES DA VILA GRACILÂNDIA, NO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE UM MATADOURO MUNICIPAL NA SEDE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1406/1406_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1406/1406_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO OU LOCAÇÃO DE UM IMÓVEL PARA ABRIGAR OS IDOSO DO MUNICÍPIO DE CARNEIRINHO (LAR DO IDOSO)._x000D_
 </t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PARQUES INFANTIS NAS PRAÇAS DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> O FUNCIONAMENTO DA VILA OLÍMPICA O MAIS RÁPIDO POSSÍVEL._x000D_
 </t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1402/1402_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1402/1402_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A IMPLANTAÇÃO DO HORTO FLORESTAL NO MUNICÍPIO DE CARNEIRINHO, BEM COMO, A ARBORIZAÇÃO DAS RUAS, AVENIDAS E PRAÇAS DA CIDADE DE CARNEIRINHO_x000D_
 </t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1404/1404_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1404/1404_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZE PARCERIA COM EMPRESAS, NO SENTIDO DE SE INSTALAREM NO MUNICÍPIO, GERANDO EMPREGOS E RENDA._x000D_
 </t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1408/1408_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1408/1408_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REAVALIE O CORTE DAS INSALUBRIDADE DOS SERVIDORES PÚBLICOS MUNICIPAIS, RETORNANDO ESTE BENEFICIO AOS MESMOS._x000D_
 </t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1421/1421_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1421/1421_texto_integral.xml</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE UM GABINETE ODONTOLÓGICO PARA SER INSTALADO NA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1420/1420_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1420/1420_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE FAÇA CONVÊNIO COM O HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO E DA SANTA CASA DE MISERICÓRDIA DE FERNANDÓPOLIS PARA ATENDER AS EMERGÊNCIAS.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1415/1415_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1415/1415_texto_integral.xml</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE PAPA-ENTULHO (CAÇAMBA), PARA DISPONIBILIZAR A POPULAÇÃO DOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.xml</t>
   </si>
   <si>
     <t>A ILUMINAÇÃO DO ESTÁDIO SEBASTIÃO FELÍCIO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1429/1429_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1429/1429_texto_integral.xml</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO ASFÁLTICA DO BAIRRO SANTA INÊS, JUNTAMENTE COM O TÉRMINO DA REDE DE ESGOTO, GALERIAS E LIGAÇÕES DE ÁGUA, BEM COMO, A CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS MATO GROSSO E SUAS TRAVESSAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1431/1431_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1431/1431_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">LEGALIZAÇÃO DOS TERRENOS DOS BAIRROS SÃO JOSÉ E CORAÇÃO DE JESUS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1413/1413_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1413/1413_texto_integral.xml</t>
   </si>
   <si>
     <t>FAÇA UMA PISTA DE CAMINHADA COM BARRA PARA EXERCÍCIO FÍSICO NA AVENIDA FIRMINO LUIZ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1414/1414_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1414/1414_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DA APAE NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE DOIS ABRIGOS PARA PASSAGEIROS, UM NA MGT 497 ENTRADA DA AVENIDA DE ACESSO FIRMINO LUIZ DE OLIVEIRA E OUTRO NA SAÍDA PARA A MGT 497, PERTO DO CRISTO.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1416/1416_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1416/1416_texto_integral.xml</t>
   </si>
   <si>
     <t>DISPONIBILIZE NOVAMENTE UMA AMBULÂNCIA OU OUTRO VEÍCULO PARA ATENDER A POPULAÇÃO DO DISTRITO DE ESTRELA DA BARRA,</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1417/1417_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1417/1417_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DETERMINE AO SETOR COMPETENTE PARA PULVERIZAR OS LOGRADOUROS PÚBLICOS NÃO CALÇADOS, BEM COMO, OS PASSEIOS COM HERBICIDA (MATA MATO) EM TODA A SEDE DO DISTRITO DE ESTRELA DA BARRA. </t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1428/1428_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1428/1428_texto_integral.xml</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA ESPARRAMADEIRA DE CÁLCARIO, PARA QUE AS OS MEMBROS DAS COMUNIDADES RURAIS POSSAM UTILIZA-LÁS.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1427/1427_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1427/1427_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA PRAÇA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1426/1426_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1426/1426_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM PARQUE INFANTIL NA ESCOLA MUNICIPAL OLEGARIO FRANCISCO DE QUEIROZ.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1425/1425_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1425/1425_texto_integral.xml</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE TRANSPORTE COLETIVO, DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL À SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1424/1424_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1424/1424_texto_integral.xml</t>
   </si>
   <si>
     <t>A DISPONIBILIZAÇÃO DE PEDREIRO E SERVENTES COM SEUS EQUIPAMENTOS DE TRABALHOS PARA EXECUTAREM A AMPLIAÇÃO DA SEDE DA ASSOCIAÇÃO DOS PRODUTORES RURAIS DA ÁGUA AMARELA.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1423/1423_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1423/1423_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O CASCALHAMENTO E O LEVANTAMENTO DAS LOMBADAS E O ESCOAMENTO DE ÁGUA DA ESTRADA CORREDOR DA CESP, PRÓXIMO A ASSOCIAÇÃO DOS PRODUTORES RURAIS DA ÁGUA AMARELA. RECENTEMENTE A USINA CORURIPE QUEBROU OS BARRANCOS E FEZ O LEVANTAMENTO DESTA ESTRADA.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1422/1422_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1422/1422_texto_integral.xml</t>
   </si>
   <si>
     <t>DETERMINE AO SETOR COMPETENTE PARA QUE DÊ MANUTENÇÃO E CASCALHE URGENTEMENTE OS PONTOS CRÍTICOS DAS ESTRADAS, CONSTRUINDO LOMBADAS E ESCOAMENTO DE ENXURADAS.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1442/1442_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1442/1442_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE 5 PESSOAS PARA AJUDAR NO COMBATE A DENGUE, BEM COMO, A AQUISIÇÃO 10 BOMBAS COSTAIS E DE UMA MÁQUINA PRÓPRIA PARA USAR EM UM VEICULO DA PREFEITURA, COM ISSO PODENDO PASSAR VENENO MAIS VEZES DURANTE A SEMANA EXTINGUINDO POR COMPLETO O MOSQUITO AEDES AEGYPTI, TRANSMISSOR DA DENGUE.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1441/1441_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1441/1441_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> ENCAMINHE A ESTÁ CASA DE LEIS, PROJETO DE LEI CONCEDENDO AUMENTO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1440/1440_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1440/1440_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE ATRAVÉS DA SECRETARIA DE ASSISTÊNCIA SOCIAL EM CONJUTO COM A SECRETARIA DE SAUDE SEJA DESENVOLVIDO PROGRAMAS QUE ATENDA A TERCEIRA IDADE,TAIS COMO PALESTRAS, BAILES, EXERCÍCIOS AQUÁTICO E VIAGENS PERIÓDICAS.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1439/1439_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1439/1439_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇAM LEVANTAMENTO DA NECESSIDADE DA CONSTRUÇÃO OU REFORMA DE MATA-BURROS NAS ESTRADAS PRINCIPAIS E VICINAIS DO MUNICÍPIO, EFETUANDO POSTERIORMENTE OS SERVIÇOS.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1437/1437_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1437/1437_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA CONSTRUÍDA UMA PROTEÇÃO (ALAMBRADO) ÀS MARGENS DO CÓRREGO CARNEIRINHO, INICIANDO NA RUA LAURA DOS SANTOS SOUZA (ANTIGA RUA 12) ATÉ A RUA OSMAIR HONORATO FILHO.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1436/1436_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1436/1436_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A REFORMA DE DUAS PONTES, SENDO UMA SOBRE O CÓRREGO RIBEIRÃO CEMITÉRIO, NA DIVISA DE MUNICÍPIO, NA ANTIGA ESTRADA QUE LIGA O MUNICIPIO CARNEIRINHO AO DISTRITO DE ALEXANDRITA E OUTRA NA ESTRADA QUE DÁ ACESSO A COMUNIDADE DO BEBEDOURO.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1435/1435_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1435/1435_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA RUA CLEBER ROBERTO FERREIRA (ANTIGA RUA QUATRO) EM FRENTE A ESCOLA VICENTE LUIZ ALVES, NA SEDE DO MUNICÍPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1451/1451_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1451/1451_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE INTERCEDA JUNTO A SECRETARIA DE DESENVOLVIMENTE, EMATER E DEMAIS ORGÃOS QUE ESTEJAM ENVOLVIDOS NA ORGANIZAÇÃO E REALIZAÇÃO DA EXPOCAR, PARA ESTAREM ENTRANDO EM CONTATO COM PRODUTORES DE TOURINHOS DE ELITE, DESTINADOS REPRODUÇÃO, PARA COMERCIALIZÁ-LOS DURANTE A EXPOCAR DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1445/1445_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1445/1445_texto_integral.xml</t>
   </si>
   <si>
     <t>O FUNCIONAMENTO DA CRECHE MUNICIPAL DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1444/1444_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1444/1444_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE ENTRE EM CONTATO COM A DIRETORIA DA GUARDA MIRIM DE CARNEIRINHO, FUNDADA EM 29 DE JANEIRO DE 1996, COM SEDE NA RUA ANTÔNIO DAS GRAÇAS OLIVEIRA, 1277, PARA QUE ESTÁ SEJA REATIVADA.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1443/1443_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1443/1443_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE UTILIZE O ANTIGO PRÉDIO DA USB (UNIDADE BÁSICA DE SAÚDE) DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PARA A INSTALAÇÃO DE MICROEMPRESA.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1433/1433_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1433/1433_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE DÊ MANUTENÇÃO NO SISTEMA DE ILUMINAÇÃO DA PRAÇA DA MATRIZ DE CARNEIRINHO, MELHORANDO-A.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1438/1438_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1438/1438_texto_integral.xml</t>
   </si>
   <si>
     <t>A REFORMA DA PRAINHA NO DISTRITO DE ESTRELA DA BARRA, EFETUANDO A REFORMA DOS QUIOSQUES, A REPOSIÇÃO DA AREIA E A MANUTENÇÃO DA REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1450/1450_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1450/1450_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DETERMINE A SECRETARIA DE OBRAS QUE PROVIDÊNCIE A LIMPEZA DOS LOTES OU SEJA DOS IMÓVEIS NÃO CONSTRUÍDOS NA SEDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1454/1454_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1454/1454_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> DOAÇÃO DE CESTAS BÁSICAS PARA AS FAMÍLIAS CARENTES, CONFORME O CADASTRO DA SECRETARIA DE ASSISTÊNCIA SOCIAL E PROMOÇÃO HUMANA.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1452/1452_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1452/1452_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA MINISTRADO CURSOS DE APERFEIÇOAMENTOS PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1453/1453_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1453/1453_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE PARA QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS E AVENIDAS DA VILA GRACILÂNDIA, MUNICIPIO DE CARNEIRINHO-MG. </t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1463/1463_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1463/1463_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE UM PRÉDIO PARA O LAZER DOS IDOSOS, BEM COMO A AQUISIÇÃO DE EQUIPAMENTOS ADEQUADOS PARA PRATICAREM ATIVIDADES FÍSICAS E AERÓBICA._x000D_
 </t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1473/1473_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1473/1473_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE SEJA ABERTA UMA VIA PÚBLICA NA COMUNIDADE SÃO JOÃO BATISTA E QUE INTERADA JUNTO A CEMIG PARA A COLOCAÇÃO DE UM POSTE, PARA FORNECER ENERGIA ELÉTRICA PARA ALGUNS MORADORES._x000D_
 </t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE IMPLANTE PROGRAMA DE INCENTIVO AO TURISMO NO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1474/1474_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1474/1474_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO OU IMPLANTAÇÃO DA SALA MATERNIDADE NO AMBULATÓRIO VICENTE SEVERINO SOCORRO NO MUNICIPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1462/1462_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1462/1462_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, ESPORTE E CULTURA PARA QUE SEJA PROMOVIDO CAMPEONATOS MUNICIPAIS, PRINCIPALMENTE DAS CATEGORIAS DE BASE, INCENTIVANDO A PRÁTICA DE ESPORTES ENTRE OS MUNICÍPES._x000D_
 </t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1464/1464_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1464/1464_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DÊ INÍCIO O MAIS RÁPIDO POSSÍVEL NAS OBRAS DE CONSTRUÇÃO DO HOSPITAL MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1466/1466_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1466/1466_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O RECAPEAMENTO DO ACESSO DA MGT 497 À SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO DAS RUAS E AVENIDAS DO REFERIDO DISTRITO._x000D_
 </t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1467/1467_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1467/1467_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE UM PROFISSIONAL DE ODONTOLOGISTA PARA ATENDER NA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ, LOGO APÓS A INSTALAÇÃO DO GABINETE ODONTOLÓGICO NA REFERIDA ESCOLA._x000D_
 </t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1470/1470_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1470/1470_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A LEGALIZAÇÃO DOS TERRENOS NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1468/1468_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1468/1468_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AO DEPARTAMENTO DE ESTRADAS, NO SENTIDO DE FAZER UMA MANUTENÇÃO NA ESTRADA QUE LIGA O DISTRITO DE ESTRELA DA BARRA A SEDE DO MUNICÍPIO, DANDO PRIORIDADE NO TRECHO QUE PASSA PELA PROPRIEDADE DO SENHOR JOÃO DO CAFÉ._x000D_
 </t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1469/1469_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1469/1469_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA A CONSTRUÇÃO DE UM PRÉDIO PARA FUNCIONAMENTO DO PSF NO MUNCIPIO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1461/1461_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1461/1461_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A DOAÇÃO DE KIT ESCOLAR E UNIFORMES AOS ALUNOS QUE ESTUDAM NAS ESCOLAS DO MUNICÍPIO DE CARNEIRINHO_x000D_
 </t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1471/1471_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1471/1471_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE DÊ MANUTENÇÃO NO SISTEMA DE ILUMINAÇÃO DA PRAÇA DA MATRIZ DE SÃO SEBASTIÃO DO PONTAL, MELHORANDO-A. _x000D_
 </t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1465/1465_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1465/1465_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE VIABILIZE JUNTO A SECRETARIA DE OBRAS, NO SENTIDO DE MELHORAR A VENTILAÇÃO NA QUADRA DA ESCOLA MUNICIPAL OLEGÁRIO FRANCISCO DE QUEIROZ. _x000D_
 </t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1472/1472_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1472/1472_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE PROVIDÊNCIE O MAIS RÁPIDO POSSIVEL A ILUMINAÇÃO DA IMAGEM DE SÃO SEBASTIÃO, NA ESTRADA DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE CANTEIRO CENTRAL NA RUA OTÁVIO FRANCISCO VILELA, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG._x000D_
 </t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CRIAÇÃO DE UMA BANDA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, ESPORTES E CULTURA,PARA A ELABORAÇÃO DE PROJETOS QUE VISEM A IMPLANTAÇÃO DOS PROGRAMAS SEGUNDO TEMPO, MINAS OLÍMPICA E PONTO DE CULTURA EM NOSSO MUNI</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1479/1479_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1479/1479_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DE BEBEDOURO DE ÁGUA, PORTA LIXO PARA A RECEPÇÃO E SALAS E UM AR CONDICIONADO PARA A SEDE DO PSF DE CARNEIRINHO-MG. _x000D_
 </t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1489/1489_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1489/1489_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE SEJA FEITO A CONTRATAÇÃO DE DOIS PROFISSIONAIS DE ASSISTENTE SOCIAL, SENDO UM PARA PRESTAR SERVIÇOS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E NA VILA GRACILÂNDIA E OUTRO PARA PRESTAR SERVIÇOS NO DISTRITO DE ESTRELA DA BARRA E FÁTIMA DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1490/1490_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1490/1490_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONTRATAÇÃO OU IMPLANTAÇÃO DE UM LABORATÓRIO DE ANÁLISES CLÍNICAS PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1491/1491_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1491/1491_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR PARA QUE FAÇA A DEMARCAÇÃO DOS TERRENOS, NO LOTEAMENTO SAGRADO CORAÇÃO DE JESUS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1486/1486_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1486/1486_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A CEMIG, A COLOCAÇÃO DE POSTES DE ENERGIA NA RUA OSMAIR HONORATO FILHO NO INTERVALO ENTRE AVENIDA 07 E AVENIDA AMBRAULINO LEANDRO BARBOSA E NA AVENIDA AUGUSTA FERREIRA BARBOSA NO INTERVALO ENTRE A RUA ANTÔNIO DAS GRAÇAS OLIVEIRA E RUA OSMAIR HONORATO FILHO NA SEDE DO MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1487/1487_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1487/1487_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE SEJA FEITO A CONSTRUÇÃO DE LOMBADA AO REDOR DA PRAÇA ANTÔNIA RODRIGUES, NO BAIRRO BELA VISTA NA SEDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1488/1488_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1488/1488_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A CEMIG, PARA QUE FAÇA A REMOÇÃO DA REDE ELÉTRICA PARA O CANTEIRO CENTRAL DA RUA SÃO PAULO NA SEDE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1492/1492_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1492/1492_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DO PRÉDIO PARA FUNCIONAR A CRECHE MUNICIPAL DO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1494/1494_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1494/1494_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UM VELÓRIO MUNICIPAL NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1493/1493_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1493/1493_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE UM MÉDICO PARA ATENDER NO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1496/1496_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1496/1496_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE PRIORIZE NO CALENDÁRIO DE EVENTOS DESTE ANO A REALIZAÇÃO DO MOTOCROSS E QUE SEJA REALIZADO NUMA PISTA NA RUA OTAVIO FRANCISCO VILELA AS MARGENS DO CÓRREGO CARNEIRINHO. _x000D_
 </t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1499/1499_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1499/1499_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O SÍTIO DA DONA FELISMINA ATÉ A RODOVIA MGT 497._x000D_
 </t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1505/1505_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1505/1505_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A MANUTENÇÃO DAS CURVAS DE NÍVEIS NAS PROPRIEDADES RURAIS, EVITANDO QUE AS ENXURADAS ASSOREEI AS PRINCIPAIS BACIAS FLUVIAIS DO NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1506/1506_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1506/1506_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONTRATAÇÃO DE UM PROFISSIONAL DE EDUCAÇÃO FISICA PARA ATUAR NA ÁREA DE TREINAMENTO DOS PROFISSIONAIS QUE ATUAM COMO TREINADORES DE ATLETAS, TÉCNICOS E DEMAIS PROFISSIONAIS DE ESPORTES DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1509/1509_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1509/1509_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA LIGANDO A SEDE DO MUNICÍPIO AO DISTRITO DE ESTRELA DA BARRA._x000D_
 </t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1510/1510_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1510/1510_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE, PARA QUE FAÇA O PATROLAMENTO DAS ESTRADAS DA REGIÃO DA OLARIA, PAIOL, BRIOSO E MATÃO NO MUNICÍPIO DE CARNEIRINHO-MG._x000D_
 </t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1513/1513_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1513/1513_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE VIABILIZE UMA MANEIRA DE DAR PRIORIDADE PARA AS PESSOAS RESIDENTE NO MUNICÍPIO DE CARNEIRINHO MONTAREM BARRACAS NO RECINTO DE EXPOSIÇÃO IZAU VILELA MACHADO, DURANTE A REALIZAÇÃO DAS FESTIVIDADES DE COMEMORAÇÃO DE ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICA ADMINISTRATIVA DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1514/1514_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1514/1514_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A IMPLANTAÇÃO DE UMA ESCOLA, DE CURSO TÉCNICO AGRÍCOLA NA SEDE DO MUNICÍPIO DE CARNEIRINHO._x000D_
 </t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1520/1520_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1520/1520_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR À SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A AMPLIAÇÃO DO PRÉDIO DO VELÓRIO MUNICIPAL NA SEDE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1515/1515_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1515/1515_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DE APARELHO DE RÁDIO AMADOR PARA SER IMPLANTADO NOS VEÍCULOS DA DIVISÃO DE SAÚDE, EDUCAÇÃO E DEMAIS SETORES QUE VIAJAM PARA OUTRAS LOCALIDADES OU OUTRO SISTEMA DE COMUNICAÇÃO, POR EXEMPLO, </t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1516/1516_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1516/1516_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE VIABILIZE JUNTO POLÍCIA CIVIL DO ESTADO DE MINAS GERAIS, PARA QUE AGILIZE O SERVIÇO DE IDENTIFICAÇÃO, OU SEJA CONFECCIONAR CARTEIRAS DE IDENTIDADES DOS MUNÍCIPES. _x000D_
 </t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1517/1517_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1517/1517_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DE UM TRATOR COM LÂMINA, PÁ E CARRETA PARA FAZER A COLETA DE ENTULHOS, GALHOS E DEMAIS SERVIÇOS PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL._x000D_
 </t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1521/1521_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1521/1521_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA FAÇA A MANUTENÇÃO DA ESTRADA DO ANIL QUE LIGA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DA CASCALHEIRA ATÉ A VILA APARECIDA DO PARANAÍBA E A ESTRADA QUE LIGA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DA CABECEIRA DA GRAMA À ASSOCIAÇÃO DOS PRODUTORES RURAIS DA ÁGUA AMARELA._x000D_
  _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
  _x000D_
 ESTA SOLICITAÇÃO FUNDAMENTA-SE NO FATO DAS ESTRADAS ESTAREM EM PÉSSIMO ESTADO DE CONSERVAÇÃO, DIFICULTANDO O TRÂNSITO NA REGIÃO. _x000D_
  _x000D_
 _x000D_
 SALA DAS SESSÕES, 04 DE MAIO DE 2009._x000D_
  _x000D_
 _x000D_
 VER. MAURI JOSÉ DE OLIVEIRA_x000D_
 AUTOR_x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1540/1540_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1540/1540_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE MATERIAL DESPORTIVOS AOS ATLETAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1525/1525_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1525/1525_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PRAÇA NO JARDIM PLANALTO, NA SEDE DO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1526/1526_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1526/1526_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE ABRIGOS EM VÁRIOS PONTOS DA CIDADE PARA QUE OS ALUNOS POSSAM PROTEGER DA CHUVA E DO SOL. </t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1527/1527_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1527/1527_texto_integral.xml</t>
   </si>
   <si>
     <t>PLEITEAR JUNTO AO ORGÃO COMPETENTE O PROGRAMA MINHA CASA MINHA VIDA</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1550/1550_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1550/1550_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE EM PARCERIA COM A EMATER VIABILIZAR MAIS TANQUES PARA OS PISCICULTORES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1552/1552_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1552/1552_texto_integral.xml</t>
   </si>
   <si>
     <t>O PATROLAMENTO DAS RUAS E AVENIDAS NÃO PAVIMENTADAS DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1553/1553_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1553/1553_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE SEJA REFEITA A SINALIZAÇÃO DAS RUAS E AVENIDAS INDICANDO PARE NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1556/1556_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1556/1556_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE INTERCEDA JUNTO A CEMIG PARA A COLOCAÇÃO DE MAIS POSTES DE ENERGIA ELÉTRICA NAS RUAS E AVENIDAS, BEM COMO, A MELHORIA NA ILUMINAÇÃO URBANA DA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1532/1532_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1532/1532_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE JUNTO A SECRETARIA DE EDUCAÇÃO, ESPORTES E CULTURA PARA MONTAR PROJETO PARA AQUISIÇÃO DE COMPUTADORES PARA AS ESCOLAS DO MUNICÍPIO DE CARNEIRINHO VIA PARCERIA DO ESTADO, DA UNIÃO OU DEMAIS ÓRGÃOS COMPETENTE.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1531/1531_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1531/1531_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE TÉCNICO PARA AVALIAR E DAR LAUDO NOS PRODUTOS PRODUZIDOS NAS ASSOCIAÇÕES, PARA QUE POSSAM SER VENDIDOS.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1533/1533_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1533/1533_texto_integral.xml</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE MÉDICO OFTALMOLOGISTA PARA ATENDER NAS ESCOLAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1528/1528_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1528/1528_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">DESENVOLVA PROJETOS PARA TORNAR O DISTRITO DE ESTRELA DA BARRA EM UMA ESTÂNCIA TURÍSTICA, NECESSITA DAS SEGUINTES OBRAS, PARA QUE TAL FATO SE TORNE REALIDADE, A CONSTRUÇÃO DE ENTRADA COM PISTA DUPLA, COM ILUMINAÇÃO DIFERENCIADA NA SEDE DO DISTRITO, A COLOCAÇÃO DE PEIXES DE GESSO OU DESENHADO, E A CONSTRUÇÃO DE PISTA DE ATLETISMO; A SUBSTITUIÇÃO DOS TELEFONES PÚBLICOS CONVENCIONAL POR TELEFONE PÚBLICO ARTÍSTICO, NO FORMATO DE PEIXES, CARACTERIZANDO AS VÁRIAS ESPÉCIES; O LOTEAMENTE DE UMA ÁREA AS MARGENS DO RIO GRANDE, PARA QUE AS PESSOAS POSSAM CONSTRUIR CASA DE VERANEIO E A AMPLIAÇÃO DA PRAINHA E A COLOCAÇÃO DE MAIS AREIA, BEM COMO DANDO UMA MELHOR MANUTENÇÃO DA MESMA. </t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1529/1529_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1529/1529_texto_integral.xml</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO ASFÁLTICA DA VILA APARECIDA DO PARANAÍBA.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1530/1530_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1530/1530_texto_integral.xml</t>
   </si>
   <si>
     <t>INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, CULTURA E ESPORTE PARA QUE PROMOVA CAMPEONATOS NAS VILAS GRACILÂNDIA E APARECIDA DO PARANAÍBA, REALIZANDO RODADAS INTERCALADAS DE FORMA QUE A POPULAÇÃO DAS DUAS LOCALIDADES TERÃO LAZER.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1523/1523_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1523/1523_texto_integral.xml</t>
   </si>
   <si>
     <t>A DOAÇÃO DE TERRENO PARA A ASSOCIAÇÃO DOS VETERANOS DE CARNEIRINHO PARA A CONSTRUÇÃO DE UM CLUBE DE RECREAÇÃO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1522/1522_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1522/1522_texto_integral.xml</t>
   </si>
   <si>
     <t>A CRIAÇÃO DO FUNDO MUNICIPAL DE TURISMO -FUMTUR, CONFORME ANTEPROJETO EM ANEXO</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1554/1554_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1554/1554_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A DOAÇÃO DE TERRENO, BEM COMO, A CONSTRUÇÃO DA SEDE DA ADEFIC – ASSOCIAÇÃO DOS DEFICIENTES FÍSICOS DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE INSTRUTOR DE INFORMÁTICA E A DISPONIBILIZAÇÃO PARA AS ESCOLAS ESTADUAIS, TENDO EM VISTA QUE AS SALAS DE INFORMÁTICAS NÃO ESTÃO SENDO UTILIZADAS PELOS ALUNOS, POR FALTA DE PESSOAS QUALIFICADAS PARA ACOMPANHAREM A UTILIZAÇÃO DOS EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE OS OPERADORES DOS MAQUINÁRIOS SEJAM DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1558/1558_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1558/1558_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A DISPONIBILIZAÇÃO DE UMA AMBULÂNCIA PARA ATENDER A POPULAÇÃO DA VILA APARECIDA DO PARANAÍBA (BARBOSA).</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1559/1559_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1559/1559_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve"> APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE ENTRE EM CONTATO COM OS DIRETORES A USINA CARNEIRINHO, NO SENTIDO DE FAZER PARCERIA, PARA QUE NESTE PERÍODO DE SAFRA SEJA DISPONIBILIZADO UM CAMINHÃO PIPA PARA AGUAR A ESTRADA QUE LIGA CARNEIRINHO ATÉ A ENTRADA DA USINA NO SENTIDO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1562/1562_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1562/1562_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A ABERTURA DAS RUAS ÁGUA DOCE, SANTA INÊS E SÃO JOSÉ NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1561/1561_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1561/1561_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE A SENHORA PREFEITA MUNICIPAL, A INSTALAÇÃO DE UM FRIGORÍFICO NO MUNICÍPIO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, CULTURAL E ESPORTES PARA QUE ESTEJA INSCREVENDO O MUNICÍPIO DE CARNEIRINHO NO PLANO DE AÇÕES ARTICULADAS-PAR DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE UM RECINTO PARA A REALIZAÇÃO DE FESTAS DO PEÃO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO O RETORNO DA UNIDADE BÁSICA DE SAÚDE MÓVEL.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A IMPLANTAÇÃO DE HORTA COMUNITÁRIA EM PARCERIA COM A EMATER E A POLICIA MILITAR NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONCLUSÃO DO ASFALTO NO PROLONGAMENTO DA AV.JACI LIMA DE PAULA SENTIDO AOS CANDINHO.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE ENVIE UM PROJETO DE LEI A ESTA CASA LEGISLATIVA AUTORIZANDO MELHORIAS NOS PRÉDIOS DAS TECELAGENS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE UMA CAMIONETE PARA O SETOR DE VIGILÂNCIA ENDEMIOLÓGICA DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE PROVIDENCIE O MAIS RÁPIDO POSSÍVEL A CONTATAÇÃO DE UM EMPRESA PARA FAZER O PROCESSO SELETIVO.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA LEVANTAMENTO JUNTO AS EMPRESAS INSTALADAS NO MUNICÍPIO PARA VERIFICAR A QUANTIDADE DE DEFICIENTES FÍSICOS QUE SE ENCONTRAM NO MERCADO DE TRABALHO.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE INTERCEDA JUNTO A COPASA PARA QUE FAÇA DETETIZAÇÃO NAS BOCAS DE LOBOS VISANDO EXTERMINAR INSETOS PREJUDICIAIS A SAÚDE HUMANA.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE ELABORE PROJETO VISANDO EXPLORAR O TURISMO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, ABRANGENDO TANTO O TURISMO AQUÁTICO QUANTO RELIGIOSO.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A CONSTRUÇÃO DE UM PORTO HIDROVIÁRIO ÀS MARGENS DO RIO GRANDE. NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICTAR A SENHORA PREFEITA MUNICIPAL, QUE PROVIDENCIE A PAVIMENTAÇÃO ASFALTICA DAS RUAS DO PARQUE DE EXPOSIÇÃO E RODEIO IZAÚ VILELA MACHADO.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO AOS DIRETORES DA USINA CARNEIRINHO, NO SENTIDO DE ABRIREM UM ESTRADA QUE LIGA A USINA A MGT 497.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR AO SENHOR PREFEITA MUNICIPAL, A ABERTURA DA OLARIA NA LAGOA DO JACARÉ.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHOR PREFEITA MUNICIPAL A DISPONIBILIZAÇÃO DE UM FUNCIONÁRIO PARA CULTIVAR A HORTA, BEM COMO, VIABILIZAR VERBAS JUNTO AO GOVERNO ESTADUAL PARA A REFORMA DA ESCOLA ESTADUAL BOM SUCESSO._x000D_
 _x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, PARA CRIAR MAIS UMA EQUIPE NO DEPARTAMENTO DE MATA-BURRO PARA ATENDER OS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO A SECRETARIA DE SAÚDE PARA QUE O POSTO DE SAÚDE DA VILA GRACILÂNDIA FUNCIONE DIARIAMENTE, POIS ATUALMENTE O SEU FUNCIONAMENTO TEM SIDO APENAS NAS SEXTAS-FEIRAS E TAMBÉM PLANTÕES NOS FINAIS DE SEMANAS E FERIADOS.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.xml</t>
   </si>
   <si>
     <t>UE INTERCEDA JUNTO A CEMIG E COPOSA PARA PROVIDENCIAR, RESPECTIVAMENTE, AS REDES ENERGIA, ÁGUA E ESGOTO NAS 120 CASA DA COHAB CONSTRUÍDAS NA SEDE E NOS DISTRITOS PELA ADMINISTRAÇÃO ANTERIOR.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA NA MARGENS DO CÓRREGO QUE PASSA PARALELO AO BAIRRO RODRIGUES MAIA OU A CANALIZAÇÃO DO MESMO, BEM COMO A COLOCAÇÃO DE PLACA DE CONSCIENTIZAÇÃO DA POPULAÇÃO PARA NÃO JOGAR LIXO.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE INTERCEDA JUNTO A CEMIG, PARA PROVIDENCIAR MELHORIA NA ILUMINAÇÃO PÚBLICAS DAS RUAS E AVENIDAS DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, O LEVANTAMENTO E O CASCALHAMENTO DA ESTRADA QUE LIGA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL AO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL REFORMA GERAL NO ESTÁDIO SEBASTIÃO FELÍCIO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRINCIPALMENTE NOS MUROS, BEM COMO, A CONSTRUÇÃO DE ARQUIBANCADA NO MESMO.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A REFORMA DA PONTE SOBRE O CÓRREGO DO RIBEIRÃO CEMITÉRIO, PRÓXIMO A PROPRIEDADE DO SENHOR ODERSON.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UM BARRACÃO PARA INSTALAÇÃO DE UMA TECELAGEM NA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CRIAÇÃO DE UMA SUBPREFEITURA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UMA ESTÂNCIA TURÍSTICA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UM BOSQUE COM PISTA DE CAMINHADA, ALOJAMENTO PARA ANIMAIS E LANCHONETE NOS DISTRITOS DE SÃO SEBASTIÃO DO PONTAL E ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1645/1645_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1645/1645_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A REFORMA DA PONTE NO CÓRREGO DA MUTUCA, PRÓXIMO AO SR.JOÃO RENEL, DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DETERMINA AO SETOR COMPETENTE PARA QUE FAÇA A PINTURA DAS GUIAS DE SARGETA NA SEDE DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE PARA FAZER UM LEVANTAMENTO DAS CASAS DA SEDE, DOS DISTRITO E VILAS DO MUNICÍPIO, VERIFICANDO AS MORADIAS QUE ESTÃO EM PRECÁRIAS CONDIÇÕES E FAZENDO REFORMAS NECESSÁRIAS NAS MESMAS.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A CONSTRUÇÃO DE MÓDULOS SANITÁRIOS NA SEDE, NOS DISTRITOS, NAS VILAS E NOS POVOADOS.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNCIPAL, QUE INTERCEDA JUNTO A DIVISÃO DE PROMAÇÃO E ASSISTÊNCIA SOCIAL, PARA DOAREM ENXOVAIS PARA AS MÃES CARENTES GRÁVIDAS OU QUE ESTÃO COM OS FILHOS RECÉM-NASCIDOS.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE UM BARRACÃO PARA INSTALAÇÃO DE UMA TECELAGEM NA VILA APARECIDA DO PARANAIBA.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE VIABILIZE A GERAÇÃO DE EMPREGO NA VILA APARECIDA DO PARANAÍBA, ADQUIRINDO MÁQUINA DE COSTURA E LOCANDO UM LOCAL PARA A IMPLANTAÇÃO DE UMA CONFEÇÃO.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE AO SETOR COMPETENTE PARA PROVIDENCIAR TAMPAS PARA OS BUEIROS EXISTENTES NA AV. FIRMINO LUIZ DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SIRVA SOPA NO AMBULATÓRIO VICENTE SEVERINO SOCORRO, DAS 11:00 HORAS E AS 18:00, AS PESSOAS QUE ESTÃO AGUARDANDO POR ATENDIMENTO.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AO ÓRGÃO COMPETENTE PARA AVERIGUAR NAS RUAS E AVENIDAS DA SEDE E NOS DISTRITOS, LUGARES QUE HÁ NECESSIDADE DA CONSTRUÇÃO DE SARJETÕES.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONCESSÃO DE ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DE MÓVEIS, TAIS COMO CADEIRAS E BANCOS, PARA OS POSTOS DE SAÚDE DA SEDE E DOS DISTRITOS.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A AQUISIÇÃO DAS VACINAS DE MENINGITE, HEPATITE A E B E GRIPE PARA SER DISTRIBUÍDAS PARA AS PESSOAS DO MUNICÍPIO QUE NECESSITAREM.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1646/1646_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1646/1646_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA PROMOVER CAMPEONATO MUNICIPAL DE FUTEBOL DE SALÃO, NA VILA GRACILÂNDIA, NO MÊS DE OUTUBRO, DETERMINE AO SETOR COMPETENTE PARA QUE PROVIDENCIE ARBITRAGEM,SEIS TROFÉUS , DUAS BOLAS, REDE DE GOL, QUATRO LÂMPADAS FLORESCENTE PARA COLOCAR NA QUADRA E MATERIAL DE LIMPEZA.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1651/1651_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1651/1651_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, INTERVIR JUNTO AOS BANCOS PARA DISPONIBILIZAR UM CAIXA 24 HORAS PARA O DISTRITO DE SÃO SEBASTIÃO DO PONTAL, ESTRELA DA BARRA E FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1649/1649_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1649/1649_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONTRATAÇÃO DE MÉDICO UROLOGISTA PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1650/1650_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1650/1650_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE QUATRO LOMBADAS, SENDO UMA NA RUA OTÁVIO FRANCISCO VILELA PRÓXIMO A RUA JOAQUIM LUÍZ FERREIRA, OUTRA NA RUA ANTÔNIO DAS GRAÇAS OLIVEIRA PRÓXIMO A RUA JOAQUIM LUÍZ FERREIRA, NA RUA ANA MARIA DE LIMA E NA RUA JOAQUIM LUÍZ FERREIRA.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1660/1660_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1660/1660_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA REPAROS NA QUADRA MUNICIPAL DA VILA APARECIDA DO PARANIBA E REALIZAÇÃO DO TRADICIONAL CAMPEONATO DE FUTEBOL DE SALÃO.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1659/1659_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1659/1659_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE INTERCEDA JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA DAS RUAS, LOTES E PRAÇAS DA VILA APARECIDA DO PARANÍBA, BEM COMO A LIBERAÇÃO DE TRANSPORTE DA SEDE E DISTRITOS, PARA A FESTA DA IGREJA NO DIA 24 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1676/1676_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1676/1676_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE DISPONIBILIZE RECURSO FINANCEIRO PARA A REALIZAÇÃO DA FESTA DO PEÃO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1674/1674_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1674/1674_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE REVINDIQUE RECURSOS FINANCEIROS, JUNTO AO GOVERNO FEDERAL OU ESTADUAL, PARA REFORMAR O PRÉDIO DO AMBULATÓRIO VICENTE SEVERINO SOCORRO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1673/1673_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1673/1673_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE SEJA PROVIDENCIADO A QUITAÇÃO DAS DÍVIDAS DO PODER EXECUTIVO JUNTO AO COMÉRCIO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1672/1672_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1672/1672_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CRIAÇÃO DO DIÁRIO OFICIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1675/1675_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1675/1675_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A ELABORAÇÃO DE PROJETO DE LEI REESTRUTURANDO OS SALÁRIOS DOS AUXILIARES DE ENFERMAGEM E DOS VIGIAS.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1677/1677_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1677/1677_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, INTERCEDER JUNTO AO ÓRGÃO COMPETENTE PARA PATROLAR AS ESTRADAS MUNICIPAIS DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1679/1679_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1679/1679_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE INTERCEDA JUNTO A COPASA NO SENTIDO DE FAZER A LIGAÇÃO DE REDE DE ESGOTO EM TODAS AS CASAS DA SEDE E DOS DISTRITOS, COM ISSO, ELIMINANDO AS FOSSAS EXISTENTES, AS QUAIS SÃO HOJE CRIADOURO DE PERNILONGO, MOSQUITO AEDES AEGYPTI, ESCORPIÃO E BARATAS.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1681/1681_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1681/1681_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE CRIE ROTINA DE USO DOS VEÍCULOS DA MUNICIPALIDADE, COM RELATÓRIO DIÁRIO DE CADA VEÍCULO, DESCREVENDO MINUCIOSAMENTE O ESTADO DE CONSERVAÇÃO E MANUTENÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1680/1680_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1680/1680_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE VIABILIZE VERBA JUNTO AO MINISTÉRIO DE ESPORTES, PARA A CONSTRUÇÃO DE PISCINAS ADULTO E INFANTIL E PISTA DE CAMINHADAS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1695/1695_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1695/1695_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA NOS TERRENOS BALDIOS, RUAS E AVENIDAS SEM PAVIMENTAÇÃO DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1697/1697_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1697/1697_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A REFORMA DA PONTE E DO ATERRO QUE PASSA NA PROPRIEDADE DO SR.IAN PING LAN, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1693/1693_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1693/1693_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE FAÇA UMA PARCERIA COM A USINA CARNEIRINHO PARA A CONSTRUÇÃO DE CONJUNTOS HABITACIONAIS NO MUNICÍPIO DE CARNEIRINHO, DE FORMA QUE O MUNICÍPIO DISPONIBILIZE OS TERRENOS.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1690/1690_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1690/1690_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE CRASES EM CADA DISTRITO DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1692/1692_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1692/1692_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRIRNHO A CONSTRUÇÃO DE UM LOCAL PARA RECOLHER OS CÃES ABANDONADOS NAS RUAS E AVENIDAS, TANTO DA SEDE COMO DOS DISTRITOS.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1688/1688_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1688/1688_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE GRADE ROMA PARA ATENDER OS PEQUENOS PRODUTORES DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1701/1701_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1701/1701_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE QUATRO HECTARES, SENDO DUAS NAS PROXIMIDADES DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E DUAS NAS PROXIMIDADES DO DISTRITO DE FÁTIMA DO PONTAL, PARA CONSTRUÇÃO DE PRAINHAS NAQUELES LOCAIS.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1707/1707_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1707/1707_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DA DRA. CRISTIANE DOS SANTOS RODRIGUES DE CASTRO CASTELLANI, PARA DAR PLANTÃO UMA VEZ POR SEMANA NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1706/1706_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1706/1706_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A RESTAURAÇÃO DA FROTA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONTRAÇÃO DE PEDREIRO E SERVENTE PARA PRESTAR SERVIÇO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, FAZENDO CALÇADAS E REFORMAS DE CASA DE PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1710/1710_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1710/1710_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO O PAISAGISMO E A JARDINAGEM EM FRENTE E DENTRO DO RECINTO DE EXPOSIÇÃO IZAÚ VILELA MACHADO.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1711/1711_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1711/1711_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONTRATAÇÃO DE UMA PESSOA PARA AJUDAR NOS SERVIÇOS GERAIS DO AMBULATÓRIO VICENTE SEVERINO SOCORRO, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1715/1715_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1715/1715_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A DOAÇÃO DE TANQUES DE REDES, PARA CRIAÇÃO DE PEIXES, PARA A ASSOCIAÇÃO DOS MORADORES DA COMUNIDADE SÃO JOÃO BATISTA (RUIVINHA.)</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1717/1717_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1717/1717_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE AO RESPONSÁVEL PELO CERIMONIAL PARA QUE SEJA EXECUTADO OS HINOS NACIONAL E A CARNEIRINHO EM TODAS AS SOLENIDADES MUNICIPAIS, BEM COMO QUE SECRETARIA DE EDUCAÇÃO, ESPORTES E CULTURA, INCLUA NA GRADE DE ATIVIDADES A EXECUÇÃO DESTE HINOS PELO MENOS UMA VEZ POR SEMANA NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1721/1721_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1721/1721_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNIICPAL, A REALIZAÇÃO DE RUAS DE LAZER ITINERANTE" NOS FINAIS DE SEMANA EM TODOS OS BAIRROS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1720/1720_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1720/1720_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A PREFEITA MUNICIPAL A IMPLANTAÇÃO DE FESTIVAL ANUAL DE MÚSICA, TENDO EM VISTA QUE O NOSSO MUNICÍPIO É UM CELEIRO DE ARTISTAS QUE AS VEZES POR FALTA DE OPORTUNIDADE NÃO INVESTEM EM SUA VOCAÇÃO. PORTANTO ATRAVÉS DA SECRETARIA DE EDUCAÇÃO E DA DIVISÃO DE CULTURA POSSA ABRIR ESTA LACUNA DE OPORTUNIDADES.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1738/1738_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1738/1738_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONTRATAÇÃO DE AGENTE DE SAÚDE PARA FAZER VISITAS À ZONA RURAL NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1739/1739_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1739/1739_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR A INDICAÇÃO DE N. 82/2009, DATADA DE 30 DE MARÇO DE 2009 QUE SOLICITOU A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O RECAPEAMENTO DO ACESSO DA MGT 497 À SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, BEM COMO DAS RUAS E AVENIDAS DO REFERIDO DISTRITO.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1737/1737_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1737/1737_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA DOS TERRENOS VAGOS NO BAIRRO SAGRADO CORAÇÃO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1742/1742_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1742/1742_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONTRATAÇÃO DE AUXILIAR DE SERVIÇOS URBANOS PARA PRESTAR SERVIÇOS NO BAIRRO RODRIGUES MAIA, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1727/1727_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1727/1727_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM VÁRIOS PONTOS DA RUA SÃO PAULO NO MUNICIPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1729/1729_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1729/1729_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A REGULARIZAÇÃO DO LOTEAMENTO DOS BAIRROS JOAQUIM L. FERREIRA E MARIA HONÓRIA DE QUEIROZ, BEM COMO, A ESCRITURAÇÃO DOS TERRENOS A QUEM DETÉM O DIREITO DE CESSÃO OU O DIREITO DE POSSE.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1728/1728_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1728/1728_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, A ARBORIZAÇÃO E A RESTAURAÇÃO DA PISTA DE CAMINHADA NA VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1736/1736_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1736/1736_texto_integral.xml</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTAM A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A CONSTRUÇÃO DE VILA OLÍMPICA NA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1740/1740_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1740/1740_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITURA MUNICIPAL A IMPLANTAÇÃO DE UM BANCO DE SÊMEN DE VACA LEITEIRA NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1741/1741_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1741/1741_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA NOS BAIRROS SÃO JOSÉ E SANTA INÊS NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1743/1743_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1743/1743_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE PARA QUE FAÇA A LIMPEZA NOS TERRENOS BALDIOS, RUAS E AVENIDAS SEM PAVIMENTAÇÃO DO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1744/1744_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1744/1744_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONTRATAÇÃO DE AUXILIAR DE SERVIÇOS URBANOS PARA PRESTAR SERVIÇOS NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1745/1745_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1745/1745_texto_integral.xml</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A DOAÇÃO DE TELINHAS PARA COBRIR AS CAIXAS DE ÁGUA SEM TAMPAS EXISTENTES NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1748/1748_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1748/1748_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA UM DEPÓSITO DE AREIA FINA, BEM COMO, DISPONIBILIZAR CAMINHÃO PARA TRANSPORTAR AREIA GROSSA E PEDRA BRITA PARA AS PESSOAS QUE ESTÃO CONSTRUINDO NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1749/1749_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1749/1749_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A DISPONIBILIZAÇÃO DE CAMINHÃO E PÁ CARREGADEIRA, PELO MENOS DUAS VEZES POR MESES, PARA PUXAR TERRA PARA ATERRAR AS CONSTRUÇÕES NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1750/1750_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1750/1750_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, O LOTEAMENTO DO CAMPO DE POUSO NO BAIRRO SANTA INÊS, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E POSTERIOR DOAÇÃO AS FAMÍLIAS CARENTES DO REFERIDO DISTRITO, BEM COMO A REGULARIZAÇÃO DA DOCUMENTAÇÃO DO REFERIDO IMÓVEL.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Luís Antônio da Silva, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1752/1752_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1752/1752_texto_integral.xml</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL REFORMA GERAL NO ESTÁDIO SEBASTIÃO FELÍCIO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E NO ESTÁDIO ALÍPIO SOARES BARBOSA NO DISTRITO DE ESTRELA DA BARRA.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1747/1747_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1747/1747_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL A REFORMA GERAL NO ESTÁDIO JUVENAL JOSÉ DE QUEIROZ NO MUNICÍPIO E NO ESTÁDIO DIONIZIO NOBRE DOS SANTOS EM FÁTIMA DO PONTAL.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1756/1756_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1756/1756_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL, QUE PROVIDENCIE A LEGALIZAÇÃO E REGULAMENTAÇÃO DO TRABALHO DE VIGILÂNCIA SANITÁRIA E EPIDEMIOLÓGICA DOMICILIAR, ESTABELECENDO MULTAS POR INOBSERVÂNCIA À LEGISLAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1762/1762_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1762/1762_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA AVENIDA VINTE E CINCO E NA RUA MATO GROSSO DO SUL, EM FRENTE A TECELAGEM.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1761/1761_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1761/1761_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE NO SENTIDO DE CASCALHAR A ESTRADA MUNICIPAL QUE DÁ ACESSO A PROPRIEDADE DO JUNINHO DO TENÉ ATÉ A PROPRIEDADE DA SENHORA PETRONILHA E TAMBÉM A ESTRADA QUE VAI A PROPRIEDADE DO SENHOR OLTO.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1769/1769_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1769/1769_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR A IND.13/2009 DE AUTORIA DO VEREADOR SIRVALDO SOCORRO DE TOLEDO, A INSTALAÇÃO DE FARMÁCIAS MUNICIPAIS NOS DISTRITOS E VILAS DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1770/1770_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1770/1770_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR A INDICAÇÃO NºCM27/2009 DE AUTORIA DO VEREADOR SIRVALDO SOCORRO DE TOLEDO, QUE RETORNE O MAQUINÁRIO (MOTO NIVELADORA, PÁ CARREGADEIRA, CAMINHÕES BASCULANTES E TRATOR COM TERRACIADOR) ANTERIORMENTE EXISTENTE NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1768/1768_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1768/1768_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE REITERAR A INDICAÇÃO NºCM67/2009, QUE SOLICITA O FUNCIONAMENTO DA CRECHE MUNICIPAL DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1774/1774_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1774/1774_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, QUE DETERMINE A SETOR COMPETENTE AGILIDADE NA FISCALIZAÇÃO DOS VENDEDORES AMBULANTES NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1775/1775_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1775/1775_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO, A IMPLANTAÇÃO DE LAVOURA COMUNITÁRIA NO MUNICÍPIO DE CARNEIRINHO, QUE VISE ATENDER AS FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1776/1776_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1776/1776_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, APRESENTA A VOSSA EXCELÊNCIA A PRESENTE INDICAÇÃO NO SENTIDO DE SOLICITAR A SENHORA PREFEITA MUNICIPAL DE CARNEIRINHO A AQUISIÇÃO DE UM IMÓVEL PARA LOTEAMENTO E POSTERIORMENTE DOAÇÃO AS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Edna Cristina de Lima, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1388/1388_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1388/1388_texto_integral.doc</t>
   </si>
   <si>
     <t>ALMIRO DOMINGOS CARNEIRO, CLYSBERTH ARAÚJO CARVALHO, EDVALDO NOVAIS COSTA, ROBSON BALDUÍNO, ANDREEVE MILTON S. SIMÕES</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>BANDA ESTRELA SUPER SOM.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1498/1498_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1498/1498_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ ALVES DE LIMA</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1497/1497_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1497/1497_texto_integral.xml</t>
   </si>
   <si>
     <t>JÚLIO CESAR FELÍCIO</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1500/1500_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1500/1500_texto_integral.xml</t>
   </si>
   <si>
     <t>APARECIDO INÁCIO GONÇALVES, ADEMIR ROMUALDO DA COSTA</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1501/1501_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1501/1501_texto_integral.xml</t>
   </si>
   <si>
     <t>FERNANDO OVÍDIO FLORENCIO, EDCARLO DORNELES FERREIRA, GREIK TOMAZ DA SILVA, IDEGMAR FREITAS DE SOUZA, MARCOS VENÂNCIO DA SILVA, AUGUSTO CÉSAR DE CARVALHO, THIAGO VIRGILIO DA SILVA CAETANO, RONILDO SANTOS DA SILVA, JIMMY CARLOS CANDIDO MARGARIDA, ROMULO GARDEL SILVA, WELLINGTON RAMOS DOS SANTOS, ERICK FERREIRA DA CUNHA</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1524/1524_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1524/1524_texto_integral.xml</t>
   </si>
   <si>
     <t>JOSÉ SEBASTIÃO DE LIMA</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1546/1546_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1546/1546_texto_integral.xml</t>
   </si>
   <si>
     <t>VALDEIR CACIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1545/1545_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1545/1545_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">GILBERTO ANTÔNIO DE FREITAS </t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1555/1555_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1555/1555_texto_integral.xml</t>
   </si>
   <si>
     <t>EDVALDO DONIZETE MAIA, MÁRCIO MENDES DE OLIVEIRA, JOSIMAR PEDRO FILHO, LÁZARO JOAQUIM DE SOUZA E ALONSO PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.xml</t>
   </si>
   <si>
     <t>RICARDO ALMEIDA DOS SANTOS</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.xml</t>
   </si>
   <si>
     <t>LÁZARO QUEIROZ TOLEDO E A SENHORA VALDECI QUERINO DE MENEZES TOLEDO,</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.xml</t>
   </si>
   <si>
     <t>JOÃO ANTÔNIO PANTALEÃO,EDERSON MARCOS GONZAGA DE OLIVEIRA, ALESSANDRO LEMES DA SILVA</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.xml</t>
   </si>
   <si>
     <t>ALMIRO DOMINGOS CARNEIRO</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1657/1657_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1657/1657_texto_integral.xml</t>
   </si>
   <si>
     <t>DONIZETE TEODORO DE MELO E IZABEL ALVES BELMIRO DE MELO</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1658/1658_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1658/1658_texto_integral.xml</t>
   </si>
   <si>
     <t>GUSTAVO JOSÉ VIEIRA DE ARAÚJO E PATRÍCIA DA SILVA SOUZA</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.xml</t>
   </si>
   <si>
     <t>NILTON CARDOSO DOS SANTOS</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1712/1712_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1712/1712_texto_integral.xml</t>
   </si>
   <si>
     <t>DELCIDES FERREIRA DE LIMA</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1714/1714_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1714/1714_texto_integral.xml</t>
   </si>
   <si>
     <t>JOB JOSÉ COSTA</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1716/1716_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1716/1716_texto_integral.xml</t>
   </si>
   <si>
     <t>ALAN ALCEU SAVOINE,</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1718/1718_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1718/1718_texto_integral.xml</t>
   </si>
   <si>
     <t>EDUARTE ROSA DE OLIVEIRA</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1751/1751_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1751/1751_texto_integral.xml</t>
   </si>
   <si>
     <t>DERALDO PERIERA NETO</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1757/1757_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1757/1757_texto_integral.xml</t>
   </si>
   <si>
     <t>OSCAR JOSÉ DE OLIVEIRA E CÁSSIO ROSA DE ASSUNÇÃO</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1760/1760_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1760/1760_texto_integral.xml</t>
   </si>
   <si>
     <t>NILCE MALVINA DE JESUS ARAÚJO, EDRIANA JESUS DA COSTA, EDILENE ANDRÉIA RIOS BRITO, GIZÉLIA ALVES DE ASSUNÇÃO LIMA E AO SENHOR JUNIOR MAXIMIANO ALVES</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1765/1765_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1765/1765_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ ANTÔNIO NEVES E MARIA DO NASCIMENTO </t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1773/1773_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1773/1773_texto_integral.xml</t>
   </si>
   <si>
     <t>WELITON MALDONADO DE FREITAS</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1772/1772_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1772/1772_texto_integral.xml</t>
   </si>
   <si>
     <t>TENENTE JOSÉ ROBERTO SABINO</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1778/1778_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1778/1778_texto_integral.xml</t>
   </si>
   <si>
     <t>LARA CARVALHO VILELA DE LIMA</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1777/1777_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1777/1777_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA DALVA RITA DA SILVA </t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>OTS</t>
   </si>
   <si>
     <t>Outros itens não relacionados</t>
   </si>
   <si>
     <t>Norma regimental</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>ELEIÇÃO DAS COMISSÕES PERMANENTES PARA SESSÃO LEGISLATIVA DE 2009.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1719/1719_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1719/1719_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CARNEIRINHO-MG, AO REVERENDÍSSIMO PADRE WANDER PÁDUA QUEIROZ FILHO.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE ASSUNTOS EXTRAORDINÁRIOS, EXTINGUE A SECRETARIA MUNICIPAL DE COMUNICAÇÃO, IMPRENSA E CERIMONIAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1397/1397_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1397/1397_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AMPLIAÇÃO DE CARGO COMISSIONADO QUE MENCIONA, FIXA O RESPECTIVO VENCIMENTO NO PLANO DE CARGOS E SALÁRIOS DA CÂMARA MUNICIPAL DE CARNEIRINHO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1419/1419_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1419/1419_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA E EXTINGUE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1418/1418_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1418/1418_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PISO SALARIAL PROFISSIONAL MUNICIPAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1456/1456_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1456/1456_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA E EXTINGUE CARGOS DE PROVIMENTO EM COMISSÃO, CONSTANTES DO ANEXO II DA LEI 476/2002.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1368/1368_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1368/1368_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.doc</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA PARCELAMENTO DE DÉBITO DE CONTRIBUIÇÃO PREVIDENCIÁRIA.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CARNEIRINHO, A CELEBRAR CONVÊNIOS, CONTRATOS, ACORDOS, AJUSTES E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO, O ESTADO, OU PESSOA JURÍDICA DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA  ABERTURA CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1449/1449_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1449/1449_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE RUA OLEGÁRIO DE PAULA, À RUA MINAS GERAIS NA SEDE DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>INSTITUI O AUXILIO ALIMENTAÇÃO, BENEFÍCIO A SER CONCEDIDO AOS SERVIDORES MUNICIPAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1459/1459_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1459/1459_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE APOIO À EDUCAÇÃO SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1460/1460_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1460/1460_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.doc</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1495/1495_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1495/1495_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO FINANCEIRO DE 2010.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1507/1507_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1507/1507_texto_integral.doc</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1508/1508_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1508/1508_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGULAMENTO E CRITÉRIOS PARA CONCESSÃO DE BOLSAS DE ESTUDOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1538/1538_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1538/1538_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPOE SOBRE AUTOTIZAÇÃO PARA ABERTURA DE CREDITO ADICIONAL ESPECIAL E DA OUTRAS ABERTURA.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1548/1548_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1548/1548_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRIBUIR MENSALMENTE COM A ENTIDADE NACIONAL DE REPRESENTAÇÃO DOS MUNICÍPIOS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1549/1549_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1549/1549_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O BANCO SANTANDER - S/A, AGÊNCIA DE CARNEIRINHOMG N.0837, VISANDO À CONCESSÃO DE EMPRÉSTIMO AOS SEUS SERVIDORES PÚBLICOS COM PAGAMENTO MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1668/1668_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1668/1668_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE RECUPERAÇÃO FISCAL-REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1669/1669_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1669/1669_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL-FHIS E INSTITUI O CONSELHO GESTOR DO FHIS.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1670/1670_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1670/1670_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO CONSEQUENTEMENTE O ESTABELECIMENTO DE NORMAS PARA A FIXAÇÃO DE DIÁRIAS À (AO) PREFEITA(O) DO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1671/1671_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1671/1671_texto_integral.doc</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE REMUNERAÇÃO, DENOMINADA DE "JETON", AO PREGOEIRO OFICIAL DO MUNICÍPIO DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.doc</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS INCISOS II,III E IV, REVOGA O INCISO V, E MODIFICA OS 1º,2º E 4º DO ARTIGO 2º. TODOS DA LEI MUNICIPAL Nº337, DE 21 DE AGOSTO DE 2000, QUE INSTITUI O CONSELHO DE ALIMENTAÇÃO ESCOLAR - CAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>Gerson Ferrari, Edna Cristina de Lima</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CARNEIRINHO, COM SEDE NA RUA ANTÔNIO DAS GRAÇAS OLIVEIRA, 1208, NO MUNICÍPIO DE CARNEIIRNHO - MG.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1652/1652_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1652/1652_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2010/2013.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1653/1653_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1653/1653_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CARNEIRIRNHO, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1654/1654_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1654/1654_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1667/1667_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1667/1667_texto_integral.doc</t>
   </si>
   <si>
     <t>REESTRUTURA E REORGANIZA O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO-FUNDEB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1655/1655_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1655/1655_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI MUNICIPAL Nº1.002 DE 19 DE DEZEMBRO DE 2008.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO A CARGOS E EMPREGOS PÚBLICOS DA PREFEITURA DO MUNICÍPIO DE CARNEIRINHO, NOS LIMITES EM QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "CARNEIRINHO DIGITAL" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
@@ -3683,605 +3683,605 @@
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE CULTURA DO MUNICÍPIO  DE CARNEIRINHO E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO IV, DO ART.4º,AO INCISO I, DO ART.5º E A ALÍNEA"C", DO ART.5º, E REVOGA OS INCISOS V E VIII, DO ART.4º, A ALÍNEA "A", DO INCISO IV, DO ART.5º. E OS ARTIGOS 10, 11, 12 E 13, DA LEI Nº213/97, QUE INSTITUI FUNDO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO II DO ART.3º,IV,VII, DO ART.4º,INCISO I, A ALÍNEA "C"DO INCISO IV DO ART.5º,REVOGA O INCISO V, DO ART.4º; A ALÍNEA "A" DO INCISO IV DO ART.5º, E OS ARTS.10, 11, 12 E 13, DA LEI Nº213/1997, QUE INSTITUI O FUNDO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1535/1535_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1535/1535_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1504/1504_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1504/1504_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER LEGISLATIVO A EFETUAR O PAGAMENTO DA REMUNERAÇÃO MENSAL DE SEUS SERVIDORES DENTRO DO MÊS DA PRESTAÇÃO DE SERVIÇOS. </t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1511/1511_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1511/1511_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE "ONÍZIO QUEIROZ DE LIMA" AO PLENÁRIO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS) PARA AS DOTAÇÕES DA CÂMARA MUNICIPAL DE CARNEIIRNHO - MG.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DE DESPESAS ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE CARNEIRINHO PARA O EXERCÍCIO FINANCEIRO DE 2010.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>AUTORIZA A ENTREGA DE BENS MÓVEIS AO EXECUTIVO MUNICIPAL E DÁ BAIXA NO PATRIMÔNIO DA CÂMARA MUNICIPAL DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1685/1685_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1685/1685_texto_integral.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$23.000,00 (VINTE TRÊS MIL REAIS)PARA AS DOTAÇÕES DA CÂMARA MUNICIPAL DE CARNEIRINHO - MG.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Gerson Ferrari, Edna Cristina de Lima, Joaquim Madalena Severino de Almeida, Ricardo Vilela Perroni, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1455/1455_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1455/1455_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA SEÇÃO II AO CAPÍTULO V TITULO V, COM A SEGUINTE REDAÇÃO.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CÓPIA PRESTAÇÃO DE CONTA REFERENTE AO GASTO COM A REALIZAÇÃO DA FESTA DO PEÃO E ANIVERSÁRIO DA CIDADE DE 2009.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1678/1678_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1678/1678_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE DESIGNE FUNCIONÁRIO PARA PRESTAR ESCLARECIMENTOS SOBRE OS SALÁRIOS E FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS, PRESTAÇÃO DE CONTAS DA EXPOCAR 2009 E DEMAIS EVENTOS EM COMEMORAÇÃO AO ANIVERSÁRIO DE EMANCIPAÇÃO POLITICA DE CARNEIRINHO, A LEGALIZAÇÃO DOS LOTEAMENTOS DA SEDE E DOS DISTRITOS, ARRECADAÇÃO DO MUNICÍPIO, SAÚDE , BEM COMO, TERCEIRIZAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>Gerson Ferrari, Mauri Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1683/1683_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1683/1683_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 15ª. (DÉCIMA QUINTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 05/10/2009, PELO FALECIMENTO DO SR JOÃO ELIAS DE QUEIROZ, OCORRIDO DIA 26/09/2009, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1682/1682_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1682/1682_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 15ª. (DÉCIMA QUINTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA 05/10/2009, PELO FALECIMENTO DO SR PEDRO IZIDORO DE GODOI, OCORRIDO DIA 28/09/2009, NESTE MUNÍCIPIO.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1684/1684_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1684/1684_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE EXIJA EXAMES MÉDICOS DAS PESSOAS QUE UTILIZAREM AS PISCINAS DA VILA OLÍMPICA DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1687/1687_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1687/1687_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE PROMOVA JUNTO A POPULAÇÃO PESQUISA OU AUDIÊNCIA PUBLICA ANTES DA REALIZAÇÃO DAS TRADICIONAIS FESTAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1694/1694_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1694/1694_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 16ª. (DÉCIMA SEXTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 19/10/09, PELO FALECIMENTO DA SRA MARIA EUFRAZIA DE SANTANA, OCORRIDO DIA 14 / 10 / 2009 , EM BARRETOS.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1698/1698_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1698/1698_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 16ª. (DÉCIMA SEXTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 19/10/09, PELO FALECIMENTO DO SR. HIRONI KOGA, OCORRIDO DIA 06 / 10 / 2009 ,EM VOTUPORANGA SP.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE ENVIE A ESTA CASA LEGISLATIVA A PRESTAÇÃO DE CONTAS DO PRÉ-CARNAVAL, REALIZADO NO DISTRITO DE ESTRELA DA BARRA, NOS DIAS 10 E 11 DE OUTUBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1702/1702_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1702/1702_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 09/11/09, PELO FALECIMENTO DA SRªZILDA DE ALMEIDA, OCORRIDO DIA 11 / 10 / 2009, EM BARRETOS SP.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1703/1703_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1703/1703_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 09/11/09, PELO FALECIMENTO DO SRº AMÉRICO NEVES PEREIRA, OCORRIDO DIA 24 / 10 / 2009 , EM ITURAMA MG.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1713/1713_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1713/1713_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE A DEVIDA FISCALIZAÇÃO NO SENTIDO DE COMBATER A CRIAÇÃO DE SUÍNOS, O ACUMULO DE LIXO E RESERVATÓRIOS DE ÁGUA, BEM COMO OS ANIMAIS SOLTOS NA ZONA URBANA.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1722/1722_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1722/1722_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SR JOVINO LUIZ RODRIGUES, OCORRIDO DIA 08/11/2009 , NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL-MG.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1725/1725_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1725/1725_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SRºITELVINO DE SALES PEREIRA, OCORRIDO DIA 27 /10 / 2009 , EM SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1724/1724_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1724/1724_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SRªBENEDITA BORGES VIEIRA, OCORRIDO DIA 28/ 10/ 2009,EM CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1726/1726_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1726/1726_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 17ª. (DÉCIMA SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DA SRªZILDA CAMILA PAIVA BLANCO, OCORRIDO DIA 17 /10 / 2009, EM AMERICANA SP.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1734/1734_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1734/1734_texto_integral.xml</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUEREM QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 18 ª. (DÉCIMA OITAVA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 16 DE NOVEMBRO DE 2009, PELO FALECIMENTO DO SR GERSINO FELISBINO DA SILVA, OCORRIDO DIA 12/11/2009, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1746/1746_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1746/1746_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 07/12/2009, PELO FALECIMENTO DA SRªELZA POSSARI, OCORRIDO DIA 19 /11 / 2009 , EM FERNANDÓPOLIS SP.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1764/1764_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1764/1764_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 07 DE DEZEMBRO DE 2009, PELO FALECIMENTO DA SRªROSA MARIA LAURINDO MENEZES, OCORRIDO DIA 29 / 10 / 2009 , NA CIDADE DE PARANAÍBA-MS.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1758/1758_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1758/1758_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 19ª. (DÉCIMA NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NO DIA 07 DE DEZEMBRO DE 2009, PELO FALECIMENTO DO SR SEBASTIÃO FELÍCIO NETO, OCORRIDO DIA 29/10/2009,NA CIDADE DE PARANAIBA-MS.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1763/1763_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1763/1763_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, A CONTRATAÇÃO DE DOIS AGENTES SANITÁRIOS PARA TRABALHAR NO CONTROLE DA DENGUE NO MUNICÍPIO._x000D_
 _x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1766/1766_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1766/1766_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL CÓPIA DO IPVA, SEGURO OBRIGATÓRIO E DO LICENCIAMENTO DOS SEGUINTES VEICULOS SE PERTENCER A MUNICIPALIDADE: ÔNIBUS SCANIA/K112CL, PLACA GOT-0975; ÔNIBUS SCANIA/K 112 33, PLACA GVK8148; ÔNIBUS SCANIA/K 112 33S, PLACA BTB-2604; ÔNIBUS MB OF 1113, PLACA BSG-6799; ÔNIBUS MB OF 1113, PLACA BSG-6882; ÔNIBUS SCANIA/K 113 TL6X2 360, PLACA BWP 5628. SOLICITO, AINDA, EXPLICAÇÕES DO PORQUÊ ESTES ÔNIBUS ESTÃO CIRCULANDO COM A PLACA DE ORGÃO PÚBLICO E A LOGOMARCA DA PREFEITURA MUNICIPAL DE CARNEIRINHO, UMA VEZ QUE ESTES NÃO MAIS PERTENCEM A FROTA DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1771/1771_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1771/1771_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE FAÇA O CASCALHAMENTO DA ESTRADA MUNICIPAL, NAS PROXIMIDADE DA REPRESA DO SENHOR TONINHO FERNEDA, QUE DÁ ACESSO A PROPRIEDADE DO SR. JESUS PAZIM.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1779/1779_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1779/1779_texto_integral.xml</t>
   </si>
   <si>
     <t>QUE DETERMINE AO SETOR COMPETENTE PARA QUE COLOQUE QUATRO PLACAS DE SINALIZAÇÃO, ALERTANDO OS MOTORISTAS QUE PODERÁ OCORRER AQUAPLANAGEM, SENDO DUAS NA CHEGADA DA SEDE DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL E DUAS NA PRIMEIRA CURVA COM MAIS OU MENOS 10 METROS DE DISTÂNCIA UMA DA OUTRA, URGENTEMENTE.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1780/1780_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1780/1780_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, CÓPIA DA FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS, REFERENTE AO MÊS DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1781/1781_texto_integral.xml</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1781/1781_texto_integral.xml</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA, SOLICITAR A PREFEITA MUNICIPAL, RELAÇÃO DE TODOS OS SERVIDORES CONTRATADOS DIRETA OU INDIRETAMENTE PELO EXECUTIVO MUNICIPAL, ESPECIFICANDO O LOCAL DE TRABALHO.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>REQP</t>
   </si>
   <si>
     <t>Requerimento ao plenário</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1347/1347_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1347/1347_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A VOSSA SENHORIA SOLICITAR A PREFEITA MUNICIPAL, QUE DÊ PRIORIDADE AOS COMÉRCIOS DA SEDE E DOS DISTRITOS PARA A AQUISIÇÃO DE PRODUTOS E NA EXECUÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>Mauri Oliveira, Gerson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEREM QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 1ª R.EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERA REALIZADA NESTA DATA, PELO FALECIMENTO DA SENHORA CÂNDIDA VIEIRA DE OLIVEIORA, OCORRIDO DIA 10/01/2009, NO MUNICÍPIO DE VARGEA GRANDE MT.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1398/1398_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1398/1398_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 1ª. (PRIMEIRA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA NESTA DATA, PELO FALECIMENTO DO SENHOR EDU DE PÁDUA SOUZA, OCORRIDO DIA 30/01/2009, NO MUNICÍPIO DE CARNEIRINHO MG</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni, Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1400/1400_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1400/1400_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 2ª. (SEGUNDA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 16/02/2009, PELO FALECIMENTO DO SENHOR JERÔNIMO REZENDE DA SILVA (SILVA PAREDÃO), OCORRIDO DIA 11/02/2009, NO MUNICÍPIO DE ITURAMA MG. </t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo, Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 2ª. (SEGUNDA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 16/02/2009, PELO FALECIMENTO DO SENHOR PEDRO MACHADO DA SILVA (PEDRO PRETO), OCORRIDO DIA 11/02/2009, NA CIDADE DE FERNANDÓPOLIS-SP. </t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.doc</t>
   </si>
   <si>
     <t>MINUTO DE SILÊNCIO PELO FALECIMENTO DO SR.SEBASTIÃO MARCOS SEVERINO (COXINHA), OCORRIDO DIA 15/03/2009, NO MUNICIPIO DE CARNEIRINHO MG.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO N 3ª(TERCEIRA) REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERA REALIZADO DIA 30/03/2009, PELO FALECIMENTO DO SENHOR CARLOS DONIZETE BENTO, OCORRIDO DIA 29/03/2009, NA CIDADE DE JALES-SP.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA EE OBRAS PARA QUE FAÇA A LIMPEZA E O PATROLAMENTO DAS RUAS E AVENIDAS DA VILA GRACILÂNDIA.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETÁRIA DE OBRAS PARA QUE FAÇA UMA OPERAÇÃO TAMPA BURACO NAS RUAS E AVENIDAS DA SEDE DO MUNICIPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1485/1485_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1485/1485_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 6ª. (SEXTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 22/04/2009, PELO FALECIMENTO DO SENHOR ADÃO  PEREIRA DE MENEZES , OCORRIDO DIA 08/04/2009, NA CIDADE DE ITURAMA-MG. </t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1502/1502_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1502/1502_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA  SOLICITAR A PREFEITA MUNICIPAL, QUE INTERCEDA JUNTO AS EMPRESAS DE TRANSPORTES COLETIVOS  GONTIJO OU SANTA RITA, PARA QUE INCLUA NA SUA LINHA DE ÔNIBUS A  VILA GRACILÂNDIA,  PARA QUE OS MORADORES DESTA COMUNIDADE SEJAM ATENDIDOS COM ESTE SERVIÇO ESSENCIAL.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1503/1503_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1503/1503_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA  QUE SOLICITE A SENHORA PREFEITA MUNICIPAL, QUE DISPONIBILIZE EM SUA AGENDA 01 (UM) DIA NA SEMANA PARA FAZER O ATENDIMENTO EXCLUSIVO A POPULAÇÃO.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1518/1518_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1518/1518_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DO SENHOR ANADIR  DA CUNHA FERREIRA (LOBO), OCORRIDO DIA 30/04/2009, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1519/1519_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1519/1519_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DA SENHORA MAURA VILELA TIAGO DE SOUZA, OCORRIDO DIA 25/04/2009, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1541/1541_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1541/1541_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DO SENHOR OLIBARIO ROSA DE ASSIS, OCORRIDO DIA 21/04/2009, NA CIDADE DE FRUTAL-MG.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1542/1542_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1542/1542_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DA SENHORA DERCIDIA TEREZA DE SALES, OCORRIDO DIA 25/04/2009, NA CIDADE DE ITURAMA-MG</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1543/1543_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1543/1543_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DA SENHORA MILTA JULIA DA PAZ, OCORRIDO DIA 24/04/2009, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1544/1544_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1544/1544_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 7ª. (SÉTIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 04/05/2009, PELO FALECIMENTO DO SENHOR EDMUNDO ANTÔNIO DOS SANTOS, OCORRIDO DIA 23/04/2009, NA CIDADE DE BARRETOS-SP.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1534/1534_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1534/1534_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INTERCEDA JUNTO A SECRETARIA DE EDUCAÇÃO, ESPORTES E CULTURA NO SENTIDO DE  CRIAR DE DOIS TIMES DE FUTEBOL, SENDO UM DE SALÃO E O OUTRO DE CAMPO, PARA DISPUTAR O CAMPEONATO GIMME </t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1551/1551_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1551/1551_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 9ª. (NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 01/06/2009, PELO FALECIMENTO DA SENHORA FRANCISCA NELI DE SOUZA, OCORRIDO DIA 18/05/2009, NA CIDADE DE SÃO JOSÉ RIO PRETO-SP. </t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA SOLICITAR A PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE PARA QUE AUMENTE A ALTURA DO MURO DA DELEGACIA DE POLÍCIA CIVIL, ONDE FICAM OS VEÍCULOS APREENDIDOS.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>REQUEREM QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 9ª. (NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 01/06/2009, PELO FALECIMENTO DA SENHORA MARIA CECILIA (CILINHA), OCORRIDO DIA 26/05/2009, NA CIDADE DE PARANAIBA-MS.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 9ª. (NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE REALIZARÁ NESTA DATA, PELO FALECIMENTO DA SENHORA CORINA BELOTI GONÇALVES, OCORRIDO DIA 23/05/2009, NA CIDADE DE CARNEIRINHO - MG.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 9ª. (NONA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE REALIZARÁ NESTA DATA, PELO FALECIMENTO DO SENHOR JERÔNIMO PAULINO DE OLIVEIRA, OCORRIDO DIA 31/05/2009, NA CIDADE DE ITURAMA - MG.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo, Edna Cristina de Lima</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 10ª. (DÉCIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 15/06/2009, PELO FALECIMENTO DA SENHORA ESMERALDINA ELVIRA , OCORRIDO DIA 03/06/2009, NA CIDADE DE SÃO SIMÃO-GO. </t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 10ª. (DÉCIMA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 15/06/2009, PELO FALECIMENTO DA SENHORA JOCELINA ROSA DE ARAUJO , OCORRIDO DIA 05/06/2009, NA CIDADE DE SANTA FÉ DO SUL-SP. </t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA  SOLICITAR A PREFEITA MUNICIPAL CÓPIA DA PRESTAÇÃO DE CONTA REFERENTE AOS GASTOS COM A REALIZAÇÃO DA FESTA DO PEÃO E ANIVERSÁRIO DA CIDADE DE  2009.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA  SOLICITAR A PREFEITA MUNICIPAL  QUE VIABILIZE A ILUMINAÇÃO DO MINE-CAMPO DA COMUNIDADE SÃO JOÃO BATISTA-RUIVINHA, BEM COMO A CONSTRUÇÃO DE VESTIÁRIO..</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>REQUEREM QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 11ª. (DÉCIMA PRIMEIRA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 03/08/2009, PELO FALECIMENTO DO SENHOR JOSÉ ODARILIO DE LIMA , OCORRIDO DIA 05/06/2009, NA CIDADE DE FRUTAL-MG.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>REQUEREM QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 11ª. (DÉCIMA PRIMEIRA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA DIA 03/08/2009, PELO FALECIMENTO DO SENHOR JORGE SEVERINO VIEIRA , OCORRIDO DIA 17/06/2009, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
@@ -4435,60 +4435,60 @@
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 14ª. (DÉCIMA QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA  HOJE, PELO FALECIMENTO DA SENHORA JOVINA OLIVEIRA GONÇALVES, OCORRIDO DIA 10/09/2009, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 14ª. (DÉCIMA QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA HOJE, PELO FALECIMENTO DO SENHOR ISMAEL CIRIACO DA SILVA, OCORRIDO DIA 17/09/2009, NA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>Joaquim Madalena Severino de Almeida, Willian Martins Maia</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 14ª. (DÉCIMA QUARTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA HOJE, PELO FALECIMENTO DO SENHOR OTAIR LUIZ GONZAGA , OCORRIDO DIA 18/09/2009, NA CIDADE DE CAMPINAS-SP.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1686/1686_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1686/1686_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER A VOSSA EXCELÊNCIA  SOLICITAR A PREFEITA MUNICIPAL, REVER  O CONVÊNIO COM A COPASA  NO SENTIDO DE REDUZIR O PERCENTUAL DA TAXA COBRADA DE REDE DE ESGOTO NO MUNICÍPIO DE CARNEIRINHO.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1691/1691_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1691/1691_texto_integral.doc</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OUVIDO O PLENÁRIO, REQUER QUE SEJA FEITO UM MINUTO DE SILÊNCIO NA 16ª. (DÉCIMA SEXTA) REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE CARNEIRINHO, QUE SERÁ REALIZADA HOJE, PELO FALECIMENTO DO SENHOR ONDECI APARECIDO DE QUEIROZ, OCORRIDO DIA 12/10/2009, NA CIDADE DE ITURAMA - MG.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto a proposição de lei</t>
   </si>
   <si>
     <t>VETO AO INCISO II, DO ARTIGO 2° DA PROPOSIÇÃO DE LEI N° 12/2009.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4807,67 +4807,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1348/1348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1349/1349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1357/1357_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1356/1356_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1364/1364_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1365/1365_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1366/1366_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1352/1352_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1361/1361_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1363/1363_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1362/1362_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1358/1358_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1359/1359_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1367/1367_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1381/1381_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1382/1382_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1383/1383_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1389/1389_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1391/1391_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1392/1392_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1384/1384_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1395/1395_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1385/1385_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1386/1386_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1387/1387_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1396/1396_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1393/1393_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1406/1406_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1402/1402_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1404/1404_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1408/1408_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1421/1421_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1420/1420_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1415/1415_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1429/1429_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1431/1431_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1413/1413_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1414/1414_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1416/1416_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1417/1417_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1428/1428_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1427/1427_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1426/1426_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1425/1425_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1424/1424_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1423/1423_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1422/1422_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1442/1442_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1441/1441_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1440/1440_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1439/1439_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1437/1437_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1436/1436_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1435/1435_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1451/1451_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1445/1445_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1444/1444_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1443/1443_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1433/1433_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1438/1438_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1450/1450_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1454/1454_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1452/1452_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1453/1453_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1463/1463_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1473/1473_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1474/1474_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1462/1462_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1464/1464_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1466/1466_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1467/1467_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1470/1470_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1468/1468_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1469/1469_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1461/1461_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1471/1471_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1465/1465_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1472/1472_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1479/1479_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1489/1489_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1490/1490_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1491/1491_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1486/1486_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1487/1487_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1488/1488_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1492/1492_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1494/1494_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1493/1493_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1496/1496_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1499/1499_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1505/1505_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1506/1506_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1509/1509_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1510/1510_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1513/1513_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1514/1514_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1520/1520_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1515/1515_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1516/1516_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1517/1517_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1521/1521_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1540/1540_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1525/1525_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1526/1526_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1527/1527_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1550/1550_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1552/1552_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1553/1553_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1556/1556_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1532/1532_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1531/1531_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1533/1533_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1528/1528_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1529/1529_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1530/1530_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1523/1523_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1522/1522_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1554/1554_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1558/1558_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1559/1559_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1562/1562_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1561/1561_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1645/1645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1646/1646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1651/1651_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1649/1649_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1650/1650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1660/1660_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1659/1659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1676/1676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1674/1674_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1673/1673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1672/1672_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1675/1675_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1677/1677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1679/1679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1681/1681_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1680/1680_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1695/1695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1697/1697_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1693/1693_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1690/1690_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1692/1692_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1688/1688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1701/1701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1707/1707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1706/1706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1710/1710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1711/1711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1715/1715_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1717/1717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1721/1721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1720/1720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1738/1738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1739/1739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1737/1737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1742/1742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1727/1727_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1729/1729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1728/1728_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1736/1736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1740/1740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1741/1741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1743/1743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1744/1744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1745/1745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1748/1748_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1749/1749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1750/1750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1752/1752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1747/1747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1756/1756_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1762/1762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1761/1761_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1769/1769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1770/1770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1768/1768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1774/1774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1775/1775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1776/1776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1388/1388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1498/1498_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1497/1497_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1500/1500_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1501/1501_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1524/1524_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1546/1546_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1545/1545_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1555/1555_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1657/1657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1658/1658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1712/1712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1714/1714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1716/1716_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1718/1718_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1751/1751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1757/1757_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1760/1760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1765/1765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1773/1773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1772/1772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1778/1778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1777/1777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1719/1719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1397/1397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1419/1419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1418/1418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1456/1456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1368/1368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1449/1449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1459/1459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1460/1460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1495/1495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1507/1507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1508/1508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1538/1538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1548/1548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1549/1549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1668/1668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1669/1669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1670/1670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1671/1671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1652/1652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1653/1653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1654/1654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1667/1667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1655/1655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1535/1535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1504/1504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1511/1511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1685/1685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1455/1455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1678/1678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1683/1683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1682/1682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1684/1684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1687/1687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1694/1694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1698/1698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1702/1702_texto_integral.xml" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1703/1703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1713/1713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1722/1722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1725/1725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1724/1724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1726/1726_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1734/1734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1746/1746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1764/1764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1758/1758_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1763/1763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1766/1766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1771/1771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1779/1779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1780/1780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1781/1781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1347/1347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1398/1398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1400/1400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1485/1485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1502/1502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1503/1503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1518/1518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1519/1519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1541/1541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1542/1542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1543/1543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1544/1544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1534/1534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1551/1551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1686/1686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1691/1691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1378/1378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1348/1348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1349/1349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1357/1357_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1356/1356_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1355/1355_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1364/1364_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1365/1365_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1366/1366_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1353/1353_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1352/1352_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1361/1361_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1363/1363_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1362/1362_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1358/1358_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1359/1359_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1367/1367_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1374/1374_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1375/1375_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1381/1381_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1382/1382_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1383/1383_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1389/1389_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1391/1391_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1392/1392_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1384/1384_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1395/1395_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1385/1385_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1386/1386_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1387/1387_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1396/1396_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1393/1393_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1407/1407_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1406/1406_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1405/1405_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1403/1403_texto_integral.xml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1402/1402_texto_integral.xml" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1404/1404_texto_integral.xml" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1408/1408_texto_integral.xml" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1421/1421_texto_integral.xml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1420/1420_texto_integral.xml" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1415/1415_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1409/1409_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1429/1429_texto_integral.xml" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1431/1431_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1413/1413_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1414/1414_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1412/1412_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1416/1416_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1417/1417_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1428/1428_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1427/1427_texto_integral.xml" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1426/1426_texto_integral.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1425/1425_texto_integral.xml" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1424/1424_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1423/1423_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1422/1422_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1442/1442_texto_integral.xml" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1441/1441_texto_integral.xml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1440/1440_texto_integral.xml" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1439/1439_texto_integral.xml" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1437/1437_texto_integral.xml" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1436/1436_texto_integral.xml" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1435/1435_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1451/1451_texto_integral.xml" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1445/1445_texto_integral.xml" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1444/1444_texto_integral.xml" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1443/1443_texto_integral.xml" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1433/1433_texto_integral.xml" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1438/1438_texto_integral.xml" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1450/1450_texto_integral.xml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1454/1454_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1452/1452_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1453/1453_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1463/1463_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1473/1473_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1475/1475_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1474/1474_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1462/1462_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1464/1464_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1466/1466_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1467/1467_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1470/1470_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1468/1468_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1469/1469_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1461/1461_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1471/1471_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1465/1465_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1472/1472_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1476/1476_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1477/1477_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1478/1478_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1479/1479_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1489/1489_texto_integral.xml" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1490/1490_texto_integral.xml" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1491/1491_texto_integral.xml" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1486/1486_texto_integral.xml" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1487/1487_texto_integral.xml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1488/1488_texto_integral.xml" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1492/1492_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1494/1494_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1493/1493_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1496/1496_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1499/1499_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1505/1505_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1506/1506_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1509/1509_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1510/1510_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1513/1513_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1514/1514_texto_integral.xml" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1520/1520_texto_integral.xml" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1515/1515_texto_integral.xml" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1516/1516_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1517/1517_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1521/1521_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1540/1540_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1525/1525_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1526/1526_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1527/1527_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1550/1550_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1552/1552_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1553/1553_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1556/1556_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1532/1532_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1531/1531_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1533/1533_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1528/1528_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1529/1529_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1530/1530_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1523/1523_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1522/1522_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1554/1554_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.xml" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1558/1558_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1559/1559_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1562/1562_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1561/1561_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.xml" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.xml" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.xml" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.xml" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.xml" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1645/1645_texto_integral.xml" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.xml" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.xml" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.xml" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1646/1646_texto_integral.xml" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1651/1651_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1649/1649_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1650/1650_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1660/1660_texto_integral.xml" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1659/1659_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1676/1676_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1674/1674_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1673/1673_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1672/1672_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1675/1675_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1677/1677_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1679/1679_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1681/1681_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1680/1680_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1695/1695_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1697/1697_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1693/1693_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1690/1690_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1692/1692_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1688/1688_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1701/1701_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1707/1707_texto_integral.xml" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1706/1706_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1710/1710_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1711/1711_texto_integral.xml" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1715/1715_texto_integral.xml" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1717/1717_texto_integral.xml" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1721/1721_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1720/1720_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1738/1738_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1739/1739_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1737/1737_texto_integral.xml" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1742/1742_texto_integral.xml" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1727/1727_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1729/1729_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1728/1728_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1736/1736_texto_integral.xml" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1740/1740_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1741/1741_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1743/1743_texto_integral.xml" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1744/1744_texto_integral.xml" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1745/1745_texto_integral.xml" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1748/1748_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1749/1749_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1750/1750_texto_integral.xml" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1752/1752_texto_integral.xml" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1747/1747_texto_integral.xml" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1756/1756_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1762/1762_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1761/1761_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1769/1769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1770/1770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1768/1768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1774/1774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1775/1775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1776/1776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1388/1388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1498/1498_texto_integral.xml" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1497/1497_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1500/1500_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1501/1501_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1524/1524_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1546/1546_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1545/1545_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1555/1555_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.xml" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.xml" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1657/1657_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1658/1658_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1712/1712_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1714/1714_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1716/1716_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1718/1718_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1751/1751_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1757/1757_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1760/1760_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1765/1765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1773/1773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1772/1772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1778/1778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1777/1777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1719/1719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1397/1397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1419/1419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1418/1418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1456/1456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1368/1368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1369/1369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1370/1370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1377/1377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1449/1449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1459/1459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1460/1460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1482/1482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1495/1495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1507/1507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1508/1508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1538/1538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1548/1548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1549/1549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1668/1668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1669/1669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1670/1670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1671/1671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1652/1652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1653/1653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1654/1654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1667/1667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1655/1655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1535/1535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1504/1504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1511/1511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1685/1685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1455/1455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1678/1678_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1683/1683_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1682/1682_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1684/1684_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1687/1687_texto_integral.xml" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1694/1694_texto_integral.xml" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1698/1698_texto_integral.xml" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1702/1702_texto_integral.xml" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1703/1703_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1713/1713_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1722/1722_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1725/1725_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1724/1724_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1726/1726_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1734/1734_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1746/1746_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1764/1764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1758/1758_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1763/1763_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1766/1766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1771/1771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1779/1779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1780/1780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1781/1781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1347/1347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1379/1379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1398/1398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1400/1400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1401/1401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1484/1484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1480/1480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1481/1481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1485/1485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1502/1502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1503/1503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1518/1518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1519/1519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1541/1541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1542/1542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1543/1543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1544/1544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1534/1534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1551/1551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1686/1686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2009/1691/1691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>