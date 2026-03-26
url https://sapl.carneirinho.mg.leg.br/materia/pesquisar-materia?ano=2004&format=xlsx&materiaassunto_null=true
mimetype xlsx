--- v0 (2025-10-05)
+++ v1 (2026-03-26)
@@ -54,861 +54,861 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/711/711_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/711/711_texto_integral.doc</t>
   </si>
   <si>
     <t>ANTÔNIO ROSA DOS SANTOS NETO</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/712/712_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/712/712_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SAMUEL VON ANCKEN </t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Iron Vilela de Socorro</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/713/713_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/713/713_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NASSER EID ALI  </t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>João Batista Pereira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/714/714_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/714/714_texto_integral.doc</t>
   </si>
   <si>
     <t>OLEGÁRIO ALVES DE LIMA</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Batista de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/715/715_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/715/715_texto_integral.doc</t>
   </si>
   <si>
     <t>JOÃO GONÇALVES,</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/716/716_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/716/716_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PROFESSOR ANELIBES XAVIER PIRES, </t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/717/717_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/717/717_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DENILSON DA SILVA BORGES, </t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/769/769_texto_integral.pdf</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>JOSELITA LUIZA DOS SANTOS</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/770/770_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/770/770_texto_integral.doc</t>
   </si>
   <si>
     <t>NEUZA ANTÔNIA OLIVEIRA</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/719/719_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/719/719_texto_integral.doc</t>
   </si>
   <si>
     <t>JOSÉ XAVIER DOS SANTOS,</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/720/720_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/720/720_texto_integral.doc</t>
   </si>
   <si>
     <t>ALCIDES JOSÉ GERINO,</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/721/721_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/721/721_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">JUVENÇO ROCHA, </t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/722/722_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/722/722_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">GRUPO DE MÚSICO DA CONGREGAÇÃO CRISTÃ NO BRASIL, </t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/723/723_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/723/723_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOEMIA AMBRÓSIO GONÇALVES PEREIRA, </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/724/724_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/724/724_texto_integral.doc</t>
   </si>
   <si>
     <t>APARECIDA DO CARMO TORO,</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/725/725_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/725/725_texto_integral.doc</t>
   </si>
   <si>
     <t>ANTÔNIO RODRIGUES DE MENEZES,</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/726/726_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/726/726_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SEGISMUNDO BERTULINO SIQUEIRA, </t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Maria Aparecida de Oliveira Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/727/727_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/727/727_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MARLENE CANDEIA, </t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/728/728_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/728/728_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">FRANCISCO FERNANDES DE OLIVEIRA, </t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/729/729_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/729/729_texto_integral.doc</t>
   </si>
   <si>
     <t>VITALINA ANTUNES DE SOUZA,</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/730/730_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/730/730_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IVAN DINIZ,  </t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Júlio Cesar Felício</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/731/731_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/731/731_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SARGENTO JOSÉ MARCOS NOGUEIRA, </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/732/732_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/732/732_texto_integral.doc</t>
   </si>
   <si>
     <t>MAJOR OLIVEIROS CALIXTO DE SOUZA FILHO</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/739/739_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/739/739_texto_integral.doc</t>
   </si>
   <si>
     <t>SÔNIA APARECIDA DA SILVA BIAZI</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/740/740_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/740/740_texto_integral.doc</t>
   </si>
   <si>
     <t>MEMBROS DO CORAL DA IGREJA CATÓLICA DE CARNEIRINHO</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/741/741_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/741/741_texto_integral.doc</t>
   </si>
   <si>
     <t>EDMUR QUEIROZ DE LIMA</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/742/742_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/742/742_texto_integral.doc</t>
   </si>
   <si>
     <t>HÉLCIO APARECIDO DE QUEIROZ</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>JOÃO BATISTA DE OLIVEIRA</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/744/744_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/744/744_texto_integral.doc</t>
   </si>
   <si>
     <t>APARECIDO BARBOSA DOS SANTOS, PRESIDENTE DO CLUBE DE RODEIO 28 DE  ABRIL, EXTENSIVA AOS DEMAIS MEMBROS DO CLUBE</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/745/745_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/745/745_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OSVALDO RODRIGUES DA SILVA;   _x0004_EZABEL FERNANDES BALANGUER_x0005__x0005_                                                        </t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/746/746_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/746/746_texto_integral.doc</t>
   </si>
   <si>
     <t>VOMILDO BERTOLINO DE SIQUEIRA</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/747/747_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/747/747_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> _x0004__x0004_AUTO POSTO E GÁS 5 ESTRELA LTDA_x0005__x0005_. </t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/748/748_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/748/748_texto_integral.doc</t>
   </si>
   <si>
     <t>AMADOR MACHADO DE ASSUNÇÃO</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/749/749_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/749/749_texto_integral.doc</t>
   </si>
   <si>
     <t>GERALDO PEREIRA DE MELO</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/750/750_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/750/750_texto_integral.doc</t>
   </si>
   <si>
     <t>IVETA DE SOCORRO GONÇALVES</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/751/751_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/751/751_texto_integral.doc</t>
   </si>
   <si>
     <t>VALDIVINO PEREIRA DE MELO</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/752/752_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/752/752_texto_integral.doc</t>
   </si>
   <si>
     <t>_x0004_ANTÔNIO PATRÍCIO DOS SANTOS_x0005__x0005_</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/753/753_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/753/753_texto_integral.doc</t>
   </si>
   <si>
     <t>SEBASTIÃO ALVES MACHADO</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Maria Aparecida de Oliveira Queiroz, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/754/754_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/754/754_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> MARCOS ANTÔNIO DALEVEDOVE</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/755/755_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/755/755_texto_integral.doc</t>
   </si>
   <si>
     <t>GRUPO DE JOVENS ARRAUTOS DO REI DA IGREJA ASSEMBLÉIA DE DEUS DE CARNEIRINHO, SOB A COORDENAÇÃO DO PASTOR NILTON SANTOS CARDOSO</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/756/756_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/756/756_texto_integral.doc</t>
   </si>
   <si>
     <t>ACIR QUIRINO DE ALMEIDA</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/757/757_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/757/757_texto_integral.doc</t>
   </si>
   <si>
     <t>MARIA TORO ORTEGA</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>DILURDES PEREIRA DE OLIVEIRA MENDES</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/759/759_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/759/759_texto_integral.doc</t>
   </si>
   <si>
     <t>MARCIONÍLIA MARIA ROCHA</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/760/760_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/760/760_texto_integral.doc</t>
   </si>
   <si>
     <t>HÉLIO AROLDO DE LIMA</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/761/761_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/761/761_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDRO LUIZ FERREIRA- DIRETOR DO DEPARTAMENTO DE EDUCAÇÃO E ESPORTES</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/762/762_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/762/762_texto_integral.doc</t>
   </si>
   <si>
     <t>GERALDO BENÍCIO.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/763/763_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/763/763_texto_integral.doc</t>
   </si>
   <si>
     <t>ARLINDA QUEIROZ DOS SANTOS</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/764/764_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/764/764_texto_integral.doc</t>
   </si>
   <si>
     <t>ZILDA CÂNDIDA DE ALMEIDA</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/765/765_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/765/765_texto_integral.doc</t>
   </si>
   <si>
     <t>TEREZA CORREIA GERINO</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Ana Beatriz de Paula</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/766/766_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/766/766_texto_integral.doc</t>
   </si>
   <si>
     <t>GEANE S. GARCIA MUSTAFÉ</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo, Júlio Cesar Felício</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/767/767_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/767/767_texto_integral.doc</t>
   </si>
   <si>
     <t>CRISTIANE DOS SANTOS RODRIGUES DE CASTRO CASTELLANI</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/768/768_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/768/768_texto_integral.doc</t>
   </si>
   <si>
     <t>SUELY BENTO DE QUEIROZ GUIMARÃES.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/771/771_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/771/771_texto_integral.doc</t>
   </si>
   <si>
     <t>IVANDA RIBEIRO ROSA ASSUNÇÃO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/772/772_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/772/772_texto_integral.doc</t>
   </si>
   <si>
     <t>DALVA MARIA DE QUEIROZ TIAGO</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/773/773_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/773/773_texto_integral.doc</t>
   </si>
   <si>
     <t>MARIA APARECIDA DE PAULA VILELA.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/774/774_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/774/774_texto_integral.doc</t>
   </si>
   <si>
     <t>MIGUEL ALVES DE SOUZA</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/775/775_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/775/775_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EUSTAQUES DE SOUZA </t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/776/776_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/776/776_texto_integral.doc</t>
   </si>
   <si>
     <t>CLÓVIS ATÍLIO</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/777/777_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/777/777_texto_integral.doc</t>
   </si>
   <si>
     <t>IVANDA RIBEIRO ROSA ASSUNÇÃO</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/778/778_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/778/778_texto_integral.doc</t>
   </si>
   <si>
     <t>TÉRCIO COELHO LEMOS &amp;#8211; COORDENADOR REGIONAL DA CTBC</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/779/779_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/779/779_texto_integral.doc</t>
   </si>
   <si>
     <t>DENISE CRISTINA DA SILVA LIMA</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Júlio Cesar Felício, Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/780/780_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/780/780_texto_integral.doc</t>
   </si>
   <si>
     <t>MOZARTH SOARES VILELA &amp;#8211; PRESIDENTE DO SINDICATO DOS PRODUTORES RURAIS DE CARNEIRINHO</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Ana Beatriz de Paula, Aparecido Inácio Gonçalves, Cacildo Adolfo de Queiroz, Iron Vilela de Socorro, João Batista de Oliveira, João Batista Pereira, Júlio Cesar Felício, Maria Aparecida de Oliveira Queiroz, Ricardo Vilela Perroni, Sirvaldo Socorro de Toledo, Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/781/781_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/781/781_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CLUBE DE RODEIO 28 DE ABRIL </t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Willian Martins Maia, Ana Beatriz de Paula, Aparecido Inácio Gonçalves, Cacildo Adolfo de Queiroz, Iron Vilela de Socorro, João Batista de Oliveira, João Batista Pereira, Júlio Cesar Felício, Maria Aparecida de Oliveira Queiroz, Ricardo Vilela Perroni, Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/782/782_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/782/782_texto_integral.doc</t>
   </si>
   <si>
     <t>MARIA APARECIDA DE OLIVEIRA QUEIROZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1215,68 +1215,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/740/740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/782/782_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/740/740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2004/782/782_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="132.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>