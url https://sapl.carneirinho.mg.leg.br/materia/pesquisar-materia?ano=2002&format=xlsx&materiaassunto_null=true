--- v0 (2025-10-05)
+++ v1 (2026-03-28)
@@ -54,137 +54,137 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Ricardo Vilela Perroni</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1118/1118_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1118/1118_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR JOSÉ RIBEIRO BARBOSA E SUA ESPOSA, DONA FILOMENA CÂNDIDA BARBOSA.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Iron Vilela de Socorro</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1119/1119_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1119/1119_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO À SENHORA GUILHERMINA OLIVEIRA DE QUEIROZ, PELOS RELEVANTES SERVIÇOS PRESTADOS À NOSSA COMUNIDADE, PRINCIPALMENTE NA ÀREAS SOCIAL E RELIGIOSA,</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Júlio Cesar Felício</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1120/1120_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1120/1120_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR DURVAL JORDÃO DE ALMEIDA,</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1121/1121_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1121/1121_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO” À SENHORA MARIA MARTINHA DE SÃO JOSÉ._x000D_
 A HOMENAGEADA É UMA PRODUTORA RURAL QUE MUITO CONTRIBUIU COM  O DESENVOLVIMENTO DA ATIVIDADE EM NOSSO MUNICÍPIO, ALÉM DE EXCELENTE MÃE, POIS CRIOU E EDUCOU SEUS FILHOS DE MANEIRA EXEMPLAR._x000D_
 </t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Maria Aparecida de Oliveira Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1122/1122_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1122/1122_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS COORDENADORES DO 1º DIA DE CAMPO DA CULTURA DO MILHO OS SENHORES OZÓRIO TALES CARNEIRO,EDMUR QUEIROZ DE LIMA,INÊS APARECIDA DE QUEIROZ,BENEDITO SAMARTINO E ODETE ALBINA BERTACINI SAMARTINO E FÁBIO SAMARTINO PROPRIETÁRIOS DA FAZENDA RECREIO,</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR MIGUEL ANTONIO MACHADO.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sirvaldo Socorro de Toledo</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1124/1124_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1124/1124_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SENHOR JONAS GONÇALVES DE LIMA ESPOSA OLIVIA DA SILVA LIMA, PELOS RELEVANTES SERVIÇOS QUE O CASAL VEM PRESTANDO PARA O DESENVOLVIMENTO DA COMUNIDADE DE SÃO SEBASTIÃO DO PONTAL, PRINCIPALMENTE NAS ÁREAS SOCIAL E RELIGIOSA.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO A SENHORA IRACELI LHOBREGAT ROGÉRIO DE ALMEIDA,</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR ABRÃO CABRAL DE MELO,</t>
   </si>
   <si>
     <t>1127</t>
   </si>
@@ -200,508 +200,508 @@
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR AO SENHOR OSMAIR SOCORRO DOS SANTOS,</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO A SENHORA VILMA DE QUEIROZ PÁDUA ROSA,</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1130/1130_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1130/1130_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” O SENHOR PAULO NOBRE DOS SANTOS,  PRESIDENTE DA ASSOCIAÇÃO PRÓ-MELHORAMENTO DE FÁTIMA DO PONTAL, PELOS RELEVANTES SERVIÇOS SOCIAIS PRESTADOS A COMUNIDADE DO DISTRITO DE FÁTIMA DO PONTAL, PRINCIPALMENTE, PELOS TRABALHOS QUE VEM DESEMPENHANDO À FRENTE DOS POSTOS DOS CORREIOS DOS DISTRITOS DE FÁTIMA DO PONTAL E ESTRELA DA BARRA E PELO TRABALHO DE DISTRIBUIÇÃO DE  CESTAS BÁSICAS  ÀS FAMÍLIAS CARENTES DO  DISTRITO.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1131/1131_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1131/1131_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” O SENHOR MIZAEL GARCIA DE OLIVEIRA,  PELOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE DO DISTRITO DE FÁTIMA DO PONTAL O QUE MUITO TEM CONTRIBUÍDO PARA O CRESCIMENTO POLÍTICO, RELIGIOSO E SOCIAL DESTA REGIÃO.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1132/1132_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1132/1132_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO” ÀS  SENHORAS CÉLIA APARECIDA SILVA TEIXEIRA, SANDRA TRESSO E MIRIAN PEREIRA DE SOUZA MAIA,  PELO EVENTO BENEFICENTE PROMOVIDO NO DIA 11 DE MAIO DE 2002, ONDE PROPORCIONARAM UM “DIA DE PRINCESA” À ADOLESCENTE JOSIELE LIMA, DEMONSTRANDO QUE O  OBJETIVO PRINCIPAL DO EVENTO É A CONFRATERNIZAÇÃO COM O PRÓXIMO, A PARTIR DESTA, REALIZAR O SONHO DE ALGUÉM, DEIXANDO FLUIR NO INTERIOR  A INICIATIVA E A UNIÃO DE FORÇAS.  </t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1133/1133_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1133/1133_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SENHOR CLAÚDIO LUIZ BRUNCA, POR HAVER CONCEDIDO REMISSÃO DA DÍVIDA DA FAMÍLIA DA ADOLESCENTE JOSIELE LIMA, REFERENTE HÁ NOVE MESES PARA COM O SUPERMERCADO BRUNCA, DEMONSTRANDO O SENSO DE CARIDADE E HUMILDADE PARA COM O PRÓXIMO E, TAMBÉM, PELA COLABORAÇÃO COM O EVENTO BENEFICENTE PROMOVIDO NO DIA 11 DE MAIO DE 2002, ONDE PROPORCIONOU UM “DIA DE PRINCESA” À REFERIDA JOVEM</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves, Júlio Cesar Felício</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1134/1134_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1134/1134_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SENHOR CLÓVIS ATILIO, MOTORISTA DE AMBULÂNCIA, PELA COMPETÊNCIA E RESPONSABILIDADE COM QUE DESEMPENHA SUA FUNÇÃO E TAMBÉM PELO CARISMA E ATENÇÃO QUE SEMPRE DISPENSOU A TODOS OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1135/1135_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1135/1135_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SENHOR JOÃO BATISTA DE OLIVEIRA, PRESIDENTE DA ASSOCIAÇÃO DOS PRODUTORES RURAIS DA MUTUCA, PELOS RELEVANTES SERVIÇOS QUE VEM DESENVOLVENDO FRENTE À ASSOCIAÇÃO, E TAMBÉM POR LEVAR O NOME DOS ASSOCIADOS AOS MAIS DIVERSOS EVENTOS OCORRIDOS DENTRO E FORA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1136/1136_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1136/1136_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO” A SENHORA SEBASTIANA HONÓRIO DE MAGALHÃES, PELOS RELEVANTES SERVIÇOS PRESTADOS COMO SERVIÇAL DA ESCOLA ESTADUAL BOM SUCESSO, DESEMPENHANDO SUAS FUNÇÕES COM DEDICAÇÃO E RESPONSABILIDADE, TRATANDO A TODOS COM CARINHO E CORDIALIDADE._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1137/1137_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1137/1137_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SENHOR VIRGILINO QUIRINO DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE COMO MEMBRO ATIVO QUE SEMPRE COLABOROU E COLABORA COM A ASSOCIAÇÃO ANTI ALCOÓLICA DE CARNEIRINHO, E TAMBÉM POR MANTER O GRUPO DE DANÇA MOÇAMBIQUE, CONTRIBUINDO DESTA FORMA, COM O FOLCLORE LOCAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1138/1138_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1138/1138_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  JOÃO BARBOSA NAVES, PELOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE DA VILA APARECIDA DO PARANAÍBA, COMO SEU FUNDADOR E TAMBÉM POR SUAS QUALIDADES DE HOMEM SIMPLES E HUMILDE, RESPEITÁVEL CHEFE DE FAMÍLIA, PIONEIRO E DESBRAVADOR DAS REGIÕES DO ANIL, BARRO PRETO E CABEÇEIRA DA GRAMA, ALÉM DE EXEMPLAR PRODUTOR RURAL. </t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1139/1139_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1139/1139_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  MARCOS ANTONIO VIDAL, PELOS RELEVANTES SERVIÇOS PRESTADOS COMO PRESIDENTE DA ASSOCIAÇÃO ANTI-ALCOÓLICA DE CARNEIRINHO E AINDA POR SER UM JOVEM EXEMPAR QUE SEMPRE PRESTIGIA COM ASSIDUIDADE OS EVENTOS SOCIAIS E COMUNITÁRIOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1140/1140_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1140/1140_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  WALDEMAR ALEXANDRE DE ALMEIDA, PELOS RELEVANTES SERVIÇOS PRESTADOS COMO MEMBRO DA ASSOCIAÇÃO ANTI-ALCOÓLICA DE CARNEIRINHO, DESTACANDO-SE AINDA COMO FUNCIONÁRIO PÚBLICO MUNICIPAL, ONDE DESEMPENHA SUAS ATIVIDADES COM RESPONSABILIDADE E IDONEIDADE, SENDO PESSOA DE EXEMPLAR CONDUTA MORAL E FAMILIAR.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Cacildo Adolfo de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1141/1141_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1141/1141_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  ATAÍDES INÁCIO DE SOUZA  PIONEIRO NAS ATIVIDADES AGRÍCOLA E PECUÁRIA DO NOSSO MUNICÍPIO, QUE MUITO CONTRIBUIU COM O DESENVOLVIMENTO DA REGIÃO.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1142/1142_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1142/1142_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  OTENEVÍDIO BERALDO CELESTRINO,  EXEMPLAR PRODUTOR RURAL DA REGIÃO DO BRIOSO QUE SE DESTACA EM SUA ATIVIDADE, SEMPRE CONTRIBUI COM OS EVENTOS ASSISTENCIAIS E RELIGIOSOS REALIZADOS EM NOSSA REGIÃO. </t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  OTACÍLIO INÁCIO DE SOUZA  PIONEIRO NAS ATIVIDADES AGRÍCOLA E PECUÁRIA DO NOSSO MUNICÍPIO, QUE MUITO CONTRIBUIU COM O DESENVOLVIMENTO DA REGIÃO.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  NÉZIO LONGO,  PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE, CONTRIBUINDO COM OS EVENTOS SOCIAIS, RELIGIOSOS E ASSISTENCIAIS REALIZADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  MARCELINO VIEIRA DE OLIVEIRA PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE, CONTRIBUINDO COM OS EVENTOS SOCIAIS E RELIGIOSOS REALIZADOS EM NOSSO MUNICÍPIO. EXEMPLO DE PRODUTOR RURAL E CHEFE DE FAMÍLIA.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1146/1146_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1146/1146_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  PEDRO MACHADO DA SILVA,  PRODUTOR RURAL QUE MUITO COLABOROU COM O DESENVOLVIMENTO DO NOSSO MUNICÍPIO. SEMPRE DESTACOU-SE PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE CONTRIBUINDO COM OS EVENTOS SOCIAIS E RELIGIOSOS AQUI REALIZADOS.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>João Batista de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO ” A SENHORA  MARIA CRISTINA RUZA DE QUEIROZ,  PELOS RELEVANTES SERVIÇOS PRESTADOS NA DIREÇÃO DAS ESCOLAS ESTADUAL MARECHAL HERMES E MUNICIPAL ESTRELA DA BARRA. EXEMPLO DE PROFISSIONAL DO ENSINO, QUE SEMPRE SE DETACOU POR SUA COMPETÊNCIA E DEDICAÇÃO AO TRABALHO._x000D_
 </t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  HILDO JOSÉ DO NASCIMENTO, PELOS RELEVANTES SERVIÇOS PRESTADOS NA VICE-DIREÇÃO DA ESCOLA ESTADUAL MARECHAL HERMES, NO DISTRITO DE ESTRELA DA BARRA, SENDO EXEMPLO DE PROFISSIONAL DO ENSINO, QUE DESTACA-SE POR SUA COMPETÊNCIA E DEDICAÇÃO AO TRABALHO.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO ” AO SENHOR  FLORENTINO FERREIRA DA MAIA PELOS RELEVANTES SERVIÇOS PRESTADOS NAS ÁREAS SOCIAL E RELIGIOSA DO MUNICÍPIO, SEMPRE COLABORANDO COM OS EVENTOS AQUI REALIZADOS. FAMÍLIA PIONEIRA E TRADICIONAL QUE MUITO CONTRIBUIU COM O DESENVOLVIMENTO DE CARNEIRINHO E REGIÃO. </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO ” A SENHORA  MARIA MARTINS LIMA PELOS RELEVANTES SERVIÇOS PRESTADOS NAS ÁREAS SOCIAL E RELIGIOSA DO MUNICÍPIO, COLABORANDO SEMPRE COM OS EVENTOS REALIZADOS NA REGIÃO DA VOLTA GRANDE. EXEMPLO DE MÃE, QUE COM MUITA DEDICAÇÃO E RESPONSABILIDADE SOUBE EDUCAR E ENCAMINHAR TODOS OS SEUS FILHOS.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“MOÇÃO DE APLAUSO E RECONHECIMENTO ” A SENHORA  SEBASTIANA HONÓRIO DE MAGALHÃES PELOS RELEVANTES SERVIÇOS PRESTADOS COMO SERVIÇAL DA ESCOLA ESTADUAL BOM SUCESSO, DESEMPENHANDO SUAS FUNÇÕES COM DEDICAÇÃO E RESPONSABILIDADE, TRATANDO A TODOS COM CARINHO E CORDIALIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” O SENHOR DONIZETE SEVERINO DE GODOI,  PELOS RELEVANTES SERVIÇOS PRESTADOS COMO DIRETOR DA ESCOLA ESTADUAL PROFESSOR ANTÔNIO DA SILVA NÃO MEDINDO ESFORÇOS E DEDICAÇÃO À FRENTE DA DIREÇÃO DESTA ESCOLA, CONDUZINDO OS SERVIÇOS BUROCRÁTICOS E SOCIAL COM MUITA RESPONSABILIDADE  E TAMBÉM  PELO  TRABALHO VOLUNTÁRIO  PRESTADO NA ESCOLA  MUNICIPAL SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” O SENHOR JOÃO DONIZETE DE QUEIROZ,  PELOS RELEVANTES SERVIÇOS QUE VEM PRESTANDO COMO PRESIDENTE  DA COMISSÃO DE FUTEBOL DE SÃO SEBASTIÃO DO PONTAL -COFUSSEP QUE COM SEU TRABALHO E ESFORÇO, BEM COMO DOS DEMAIS MEMBROS DA DIRETORIA E A DEDICAÇÃO DOS ATLETAS CONSEGUIRAM A VITÓRIA DO TIME, CONQUISTANDO O CAMPEONATO VILELÃO, DO DISTRITO DE ESTRELA DA BARRA E PELA REALIZAÇÃO DAS MELHORIAS NO ESTÁDIO DE FUTEBOL SÃO SEBASTIÃO, NO DISTRITO DE SÃO SEBASTIÃO DO PONTAL.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1154/1154_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1154/1154_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SARGENTO JOSÉ MARCOS NOGUEIRA, COMANDANTE DO DESTACAMENTO DA POLICIA MILITAR DE CARNEIRINHO, EXTENSIVO AOS MEMBROS DO DESTACAMENTO, PELO CORAJOSO, ARROJADO E INCANSÁVEL TRABALHO DA POLICIA MILITAR NA CAPTURA DOS ASSALTANTES DO BANCO HSBC, DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1155/1155_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1155/1155_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO CAPITÃO IVAN JOSÉ TAVARES, COMANDANTE DA 43ª CIA DA POLICIA MILITAR DE ITURAMA, EXTENSIVO AOS POLICIAS QUE PARTICIPARAM DA OPERAÇÃO, PELO CORAJOSO, ARROJADO E INCANSÁVEL TRABALHO DA POLICIA MILITAR NA CAPTURA DOS ASSALTANTES DO BANCO HSBC, DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS   DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SARGENTO LAURO DOS REIS PEREIRA, COMANDANTE DA POLICIA RODOVIÁRIA DE ITURAMA, EXTENSIVO AOS MEMBROS DESTA CORPORAÇÃO, PELO CORAJOSO, ARROJADO E INCANSÁVEL TRABALHO DAS POLÍCIAS NA CAPTURA DOS ASSALTANTES DO BANCO HSBC, DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS   DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1157/1157_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1157/1157_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO SARGENTO VANDEVALDO JOSÉ OLIVEIRA, COMANDANTE DA POLICIA DO MEIO AMBIENTE DE ITURAMA, EXTENSIVO AOS MEMBROS DESTA CORPORAÇÃO, PELO CORAJOSO, ARROJADO E INCANSÁVEL TRABALHO DAS POLÍCIAS NA CAPTURA DOS ASSALTANTES DO BANCO HSBC, DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS   DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1158/1158_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1158/1158_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” O SENHOR ARISTEU FELICIANO DE MENEZES,  PELOS RELEVANTES SERVIÇOS PRESTADOS A POPULAÇÃO DO DISTRITO DE SÃO SEBASTIÃO DO PONTAL NAS ÁREAS SOCIAL, RELIGIOSA E ASSISTENCIAL, ALÉM DE COLABORADOR DO HOSPITAL DO CÂNCER E DE TODOS EVENTOS REALIZADOS NA ESCOLA ESTADUAL PROF. ANTÔNIO DA SILVA.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1159/1159_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1159/1159_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” A  SENHORA DIVINA LÁZARA DE SOCORRO LIMA, PELOS RELEVANTES SERVIÇOS PRESTADOS NA DIREÇÃO DA ESCOLA ESTADUAL BOM SUCESSO,  EXEMPLO DE PROFISSIONAL DO ENSINO, QUE SEMPRE SE DESTACOU POR SUA COMPETÊNCIA E DEDICAÇÃO AO TRABALHO, RESGATANDO A INTEGRIDADE DA ESCOLA PERANTE A SOCIEDADE E FAZENDO REINAR A CONFRATERNIZAÇÃO ENTRE OS PROFISSIONAIS E ALUNOS.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>João Batista Pereira</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1160/1160_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1160/1160_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO  SENHOR EDNOEL BERGAMO RIBEIRO, PEÃO DE RODEIO, PELA DIVULGAÇÃO DO NOME DO MUNICÍPIO DE CARNEIRINHO NAS MAIS DIVERSAS CIDADES DO BRASIL, ONDE PARTICIPA DAS COMPETIÇÕES ESPORTIVAS NA MODALIDADE DE FESTAS DE PEÃO.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1161/1161_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1161/1161_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO  SENHOR TIAGO HONÓRIO DE MAGALHÃES, LOCUTOR DE RODEIO, PELA DIVULGAÇÃO DO NOME DO MUNICÍPIO DE CARNEIRINHO NAS MAIS DIVERSAS CIDADES DA REGIÃO, ONDE PARTICIPA DAS NARRAÇÕES DE RODEIO, ANIMANDO OS APRECIADORES DESTE ESPORTE.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1162/1162_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1162/1162_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO  SENHOR LUIZ GASPAR DE SOUZA, PELOS RELEVANTES SERVIÇOS ASSISTENCIAIS QUE DESENVOLVE JUNTO À  COMUNIDADE DO MUNICÍPIO DE CARNEIRINHO COMO LÍDER DOS DOADORES DE SANGUE, COOPERANDO COM OS BANCOS DE SANGUES DAS CIDADES DE SÃO JOSÉ DO RIO PRETO, BARRETOS E FERNANDÓPOLIS NA SELEÇÃO DESTES DOADORES, SERVIÇO ESTE QUE TEM SALVADO MUITAS VIDAS, POIS DOAR SANGUE É UM ATO DE AMOR, LOUVÁVEL E QUE SOMENTE PESSOAS QUE NASCERAM  PARA COMPARTILHAR COM OS IRMÃOS SÃO CAPAZES DE PRATICAREM ESTA ATITUDE.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1163/1163_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1163/1163_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO” A  SENHORA SUELY FERREIRA DA MAIA SIQUEIRA, PROFESSORA DA ESCOLA ESTADUAL BOM SUCESSO, PELOS RELEVANTES SERVIÇOS PRESTADOS NA RECUPERAÇÃO DOS ALUNOS COM DIFICULDADES DE APRENDIZAGEM E TAMBÉM PELA CONTRIBUIÇÃO PRESTADA NO SERVIÇO VOLUNTÁRIO DE SUPERVISORA PEDAGÓGICA PREPARANDO E EDUCANDO OS ADOLESCESTES E JOVENS DO NOSSO MUNICÍPIO PARA SEREM FUTUROS CIDADÃOS CUMPRIDORES DE SEUS DIREITOS E DEVERES. </t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Aparecido Inácio Gonçalves, Iron Vilela de Socorro, João Batista de Oliveira, Júlio Cesar Felício</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1164/1164_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1164/1164_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO” AO CABO JOSÉ CLEITON DIAS DE OLIVEIRA, COMANDANTE DO SUB DESTACAMENTO DA POLICIA MILITAR DO DISTRITO DE ESTELA DA BARRA, PELOS RELEVANTES SERVIÇOS DE SEGURANÇA E PREVENÇÃO  PRESTADOS AOS DISTRITOS DE FÁTIMA DO PONTAL E ESTRELA DA BARRA, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1165/1165_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1165/1165_texto_integral.doc</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO” AO  SOLDADO GILMAR NELSON GONÇALVES, PELOS RELEVANTES SERVIÇOS DE SEGURANÇA E PREVENÇÃO  PRESTADOS AOS DISTRITOS DE FÁTIMA DO PONTAL E ESTRELA DA BARRA, PRESERVANDO A ORDEM PÚBLICA E A INCOLUMIDADE DAS PESSOAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Willian Martins Maia</t>
   </si>
   <si>
-    <t>https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1166/1166_texto_integral.doc</t>
+    <t>http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1166/1166_texto_integral.doc</t>
   </si>
   <si>
     <t>ANA PAULA DE JESUS  PELOS RELEVANTES SERVIÇOS PRESTADOS AO LEGISLATIVO MUNICIPAL E PELA ATENÇÃO E CORDIALIDADE QUE SEMPRE DISPENSOU, NÃO MEDINDO ESFORÇOS PARA ATENDER TODAS AS NECESSIDADES DOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL, DURANTE O PERÍODO DE 1993 À 2002.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1008,67 +1008,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1118/1118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1119/1119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1120/1120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1121/1121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1122/1122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1124/1124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1130/1130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1131/1131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1132/1132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1133/1133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1134/1134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1135/1135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1136/1136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1137/1137_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1138/1138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1139/1139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1140/1140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1141/1141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1142/1142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1146/1146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1154/1154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1155/1155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1157/1157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1158/1158_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1159/1159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1160/1160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1161/1161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1162/1162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1163/1163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1164/1164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1165/1165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1166/1166_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1118/1118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1119/1119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1120/1120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1121/1121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1122/1122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1124/1124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1130/1130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1131/1131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1132/1132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1133/1133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1134/1134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1135/1135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1136/1136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1137/1137_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1138/1138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1139/1139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1140/1140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1141/1141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1142/1142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1146/1146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1154/1154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1155/1155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1157/1157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1158/1158_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1159/1159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1160/1160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1161/1161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1162/1162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1163/1163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1164/1164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1165/1165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carneirinho.mg.leg.br/media/./sapl/public/materialegislativa/2002/1166/1166_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>